--- v0 (2025-10-19)
+++ v1 (2025-12-18)
@@ -1,36278 +1,16773 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="514D700A" w14:textId="77777777" w:rsidR="007925DA" w:rsidRPr="007925DA" w:rsidRDefault="007925DA" w:rsidP="000240A5">
+    <w:p w:rsidR="007925DA" w:rsidRPr="007925DA" w:rsidRDefault="007925DA" w:rsidP="000240A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A350E02" w14:textId="3BBC5D15" w:rsidR="003B0D76" w:rsidRPr="003B0D76" w:rsidRDefault="00172FFF" w:rsidP="002D10DB">
+    <w:p w:rsidR="003B0D76" w:rsidRPr="003B0D76" w:rsidRDefault="00172FFF" w:rsidP="002D10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="975"/>
           <w:tab w:val="right" w:pos="14569"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10773" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B0D76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00A80955" w:rsidRPr="00C645D2">
-[...9 lines deleted...]
-      </w:r>
       <w:r w:rsidR="003B0D76" w:rsidRPr="003B0D76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>»</w:t>
+        <w:t>УТВЕРЖДАЮ»</w:t>
       </w:r>
       <w:r w:rsidR="003B0D76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4EF55E" w14:textId="13E1163C" w:rsidR="00680189" w:rsidRPr="00680189" w:rsidRDefault="006A1176" w:rsidP="002D10DB">
+    <w:p w:rsidR="00680189" w:rsidRPr="00680189" w:rsidRDefault="00680189" w:rsidP="002D10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10515"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10773" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A1176">
+      <w:r w:rsidRPr="00680189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қарағанды облысының</w:t>
+        <w:t>Аким Карагандинской области</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E65B5FB" w14:textId="77777777" w:rsidR="006A1176" w:rsidRDefault="006A1176" w:rsidP="002D10DB">
+    <w:p w:rsidR="00680189" w:rsidRPr="00D60397" w:rsidRDefault="00680189" w:rsidP="002D10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10515"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10773" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A1176">
+      <w:r w:rsidRPr="00D60397">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">әкімі </w:t>
+        <w:t>Булекпаев Е.К.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A934F56" w14:textId="58962408" w:rsidR="00680189" w:rsidRPr="00680189" w:rsidRDefault="00680189" w:rsidP="002D10DB">
+    <w:p w:rsidR="00680189" w:rsidRPr="00680189" w:rsidRDefault="00680189" w:rsidP="002D10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10515"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10773" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00680189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________ </w:t>
       </w:r>
-      <w:r w:rsidR="006A1176">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3083C5D6" w14:textId="7A5D6531" w:rsidR="000240A5" w:rsidRDefault="00680189" w:rsidP="002D10DB">
+    <w:p w:rsidR="000240A5" w:rsidRDefault="00680189" w:rsidP="002D10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10515"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10773" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00680189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">«____» </w:t>
       </w:r>
-      <w:r w:rsidR="006730C1" w:rsidRPr="006A1176">
+      <w:r w:rsidR="006730C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00680189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00172FFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00680189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>жыл</w:t>
+        <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0D47ED" w14:textId="77777777" w:rsidR="00172FFF" w:rsidRDefault="00172FFF" w:rsidP="00172FFF">
+    <w:p w:rsidR="00172FFF" w:rsidRDefault="00172FFF" w:rsidP="00172FFF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10515"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46C8B5F1" w14:textId="4D38A795" w:rsidR="00680189" w:rsidRPr="006A1176" w:rsidRDefault="00680189" w:rsidP="00680189">
+    <w:p w:rsidR="00680189" w:rsidRPr="00A72710" w:rsidRDefault="00680189" w:rsidP="00680189">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10515"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="10348"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7223923E" w14:textId="77777777" w:rsidR="007B536D" w:rsidRPr="006A1176" w:rsidRDefault="007B536D" w:rsidP="004C1D03">
+    <w:p w:rsidR="007B536D" w:rsidRDefault="007B536D" w:rsidP="004C1D03">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="13750"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D9602C" w:rsidRPr="00796CDB" w:rsidRDefault="00D9602C" w:rsidP="00D9602C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЛАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D9602C" w:rsidRPr="00F10066" w:rsidRDefault="00D70A36" w:rsidP="00D9602C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk184726379"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мероприятий </w:t>
+      </w:r>
+      <w:r w:rsidR="00796CDB" w:rsidRPr="00F10066">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">противодействию и </w:t>
+      </w:r>
+      <w:r w:rsidR="0041349F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профилактик</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE40F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="0041349F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наркомании </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="49FBB7B6" w14:textId="77777777" w:rsidR="006A1176" w:rsidRDefault="006A1176" w:rsidP="006A1176">
+    <w:p w:rsidR="00545BDB" w:rsidRPr="00F10066" w:rsidRDefault="00D9602C" w:rsidP="00D9602C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A1176">
+      <w:r w:rsidRPr="00F10066">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в Карагандинской области</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F10066">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00796CDB" w:rsidRPr="00F10066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қарағанды облысында нашақорлыққа қарсы іс-қимыл және оның </w:t>
+        <w:t>-202</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="00D70A36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006A1176">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00796CDB" w:rsidRPr="00F10066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">алдын алу жөніндегі 2025-2026 жылдарға арналған іс-шаралар </w:t>
+        <w:t xml:space="preserve"> годы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8E2E5A" w14:textId="20E29AFF" w:rsidR="008B2DDF" w:rsidRDefault="006A1176" w:rsidP="006A1176">
-[...22 lines deleted...]
-    <w:p w14:paraId="61D1029E" w14:textId="77777777" w:rsidR="006A1176" w:rsidRPr="006A1176" w:rsidRDefault="006A1176" w:rsidP="00064929">
+    <w:p w:rsidR="008B2DDF" w:rsidRPr="00CA254F" w:rsidRDefault="008B2DDF" w:rsidP="00064929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="14846" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="738"/>
         <w:gridCol w:w="5920"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="3368"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00796CDB" w:rsidRPr="00796CDB" w14:paraId="25FF90F0" w14:textId="77777777" w:rsidTr="0039046B">
+      <w:tr w:rsidR="00796CDB" w:rsidRPr="00796CDB" w:rsidTr="0039046B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="738" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB0AE2A" w14:textId="6E4E98FB" w:rsidR="00796CDB" w:rsidRPr="00796CDB" w:rsidRDefault="00796CDB" w:rsidP="00B76CFC">
+          <w:p w:rsidR="00796CDB" w:rsidRPr="00796CDB" w:rsidRDefault="00796CDB" w:rsidP="00B76CFC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00796CDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6B166090" w14:textId="3F05E056" w:rsidR="00796CDB" w:rsidRPr="00796CDB" w:rsidRDefault="006A1176" w:rsidP="00B76CFC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="006A1176">
+          <w:p w:rsidR="00796CDB" w:rsidRPr="00796CDB" w:rsidRDefault="00796CDB" w:rsidP="00B76CFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796CDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Іс</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006A1176">
+              <w:t>Мероприятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00796CDB" w:rsidRPr="00796CDB" w:rsidRDefault="00796CDB" w:rsidP="00B76CFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796CDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>-шара</w:t>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="006A1176">
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00796CDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Аяқтау</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006A1176">
+              <w:br/>
+              <w:t>завершения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00796CDB" w:rsidRPr="00796CDB" w:rsidRDefault="00796CDB" w:rsidP="00B76CFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796CDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006A1176">
+              <w:t>Ответственные за исполнение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00796CDB" w:rsidRPr="00796CDB" w:rsidRDefault="00796CDB" w:rsidP="00B76CFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796CDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>нысаны</w:t>
-[...21 lines deleted...]
-            <w:r w:rsidRPr="006A1176">
+              <w:t>Срок исполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF6281" w:rsidRPr="00796CDB" w:rsidTr="0039046B">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CF6281" w:rsidRPr="00796CDB" w:rsidRDefault="00CF6281" w:rsidP="00B76CFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CF6281" w:rsidRPr="00796CDB" w:rsidRDefault="00CF6281" w:rsidP="00B76CFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Орындауға</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006A1176">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006A1176">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CF6281" w:rsidRPr="00796CDB" w:rsidRDefault="00CF6281" w:rsidP="00B76CFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жауаптылар</w:t>
-[...21 lines deleted...]
-            <w:r w:rsidRPr="006A1176">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Орындау</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006A1176">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CF6281" w:rsidRPr="00796CDB" w:rsidRDefault="00CF6281" w:rsidP="00B76CFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006A1176">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мерзімі</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CF6281" w:rsidRPr="00796CDB" w:rsidRDefault="00CF6281" w:rsidP="00B76CFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF6281" w:rsidRPr="00796CDB" w14:paraId="29314C80" w14:textId="77777777" w:rsidTr="0039046B">
+      <w:tr w:rsidR="001C19CE" w:rsidRPr="00796CDB" w:rsidTr="00F10066">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="738" w:type="dxa"/>
-[...154 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="14846" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="35CBA0F6" w14:textId="575E2185" w:rsidR="001C19CE" w:rsidRPr="00DB55FB" w:rsidRDefault="001C19CE" w:rsidP="001C19CE">
+          <w:p w:rsidR="001C19CE" w:rsidRPr="00DB55FB" w:rsidRDefault="001C19CE" w:rsidP="001C19CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00823CE8">
-[...3 lines deleted...]
-            <w:r w:rsidR="00823CE8" w:rsidRPr="00823CE8">
+            <w:r w:rsidR="00920EB1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Нашақорлыққа</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00823CE8" w:rsidRPr="00823CE8">
+              <w:t>Противодействие наркомании</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C19CE" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="001C19CE" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="00382615" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Эпидемиологическая ситуация по наркоситуации </w:t>
+            </w:r>
+            <w:r w:rsidR="00C07568" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Карагандинской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="00EC6C30" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00C07568" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>правочная информация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="00F30F42" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">УЗ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="00C07568" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidR="00E07991" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нварь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, июль</w:t>
+            </w:r>
+            <w:r w:rsidR="00C41AF1" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00E07991" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- 2026</w:t>
+            </w:r>
+            <w:r w:rsidR="001C19CE" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E07991" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidR="00385A41" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>од</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C19CE" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="001C19CE" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C07568" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="004F2B5C" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Взаимодействие с организациями квалифицирующихся на лечении и реабилитации от наркозависимости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="00C41AF1" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2B5C" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еморандум</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="004F2B5C" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УЗ</w:t>
+            </w:r>
+            <w:r w:rsidR="00C07568" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00823CE8" w:rsidRPr="00823CE8">
+            <w:r w:rsidR="00C07568" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УКЗиСП</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C07568" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,  ДКМФК</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB2227" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="00317BD0" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+            <w:r w:rsidR="00E07991" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025 </w:t>
+            </w:r>
+            <w:r w:rsidR="00385A41" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F2B5C" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2B5C" w:rsidRDefault="004F2B5C" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C07568">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2B5C" w:rsidRDefault="004F2B5C" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Повышение квалификации кадрового состава, задействованного в противодействии с наркоманией</w:t>
+            </w:r>
+            <w:r w:rsidR="005279D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, в том числе </w:t>
+            </w:r>
+            <w:r w:rsidR="005279D7" w:rsidRPr="005279D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>выделение</w:t>
+            </w:r>
+            <w:r w:rsidR="005279D7" w:rsidRPr="005279D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> грантов на обучение</w:t>
+            </w:r>
+            <w:r w:rsidR="005279D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005279D7" w:rsidRPr="005279D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в ведущих зарубежных наркологических центрах, для организаций, оказывающих наркологическую помощь населению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2B5C" w:rsidRDefault="00EC6C30" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2B5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>урсы повышения квалификации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2B5C" w:rsidRDefault="004F2B5C" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2B5C" w:rsidRDefault="00E07991" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="006730C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>остоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F2B5C" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2B5C" w:rsidRPr="00EB4FA2" w:rsidRDefault="004F2B5C" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C07568" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2B5C" w:rsidRPr="00EB4FA2" w:rsidRDefault="006730C1" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рассмотреть возможность с</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2B5C" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оздани</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2B5C" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областного центра здорового образа жизни </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2B5C" w:rsidRPr="00EB4FA2" w:rsidRDefault="00EC6C30" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>информация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2B5C" w:rsidRPr="00EB4FA2" w:rsidRDefault="004F2B5C" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УЗ, УЭ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2B5C" w:rsidRPr="00EB4FA2" w:rsidRDefault="00F84081" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+            <w:r w:rsidR="00385A41" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025  года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D834AA" w:rsidRPr="00D834AA" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D834AA" w:rsidRPr="00EB4FA2" w:rsidRDefault="00D834AA" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C07568" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D834AA" w:rsidRPr="00EB4FA2" w:rsidRDefault="00D834AA" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассмотреть возможность проведения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологического скрининга среди военнослужащих и сотрудников правоохранительных органов, предусматривающего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в том числе:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">формирование </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>реестра подразделений, сотрудники которых наиболее подвержены риску наркопотребления, с поэтапным его расширением</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>внеплановое и внезапное проведение скрининга с возложением его организации на службы собственной безопасности или инспекции по личному составу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>проведение экспресс-тестирования в ведомственных и иных обслуживающих медицинских организациях</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обеспечение полноценной процедуры медицинского освидетельствования лиц с положительными результатами экспресс-тестов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D834AA" w:rsidRPr="00EB4FA2" w:rsidRDefault="00EC6C30" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00D834AA" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нформация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D834AA" w:rsidRPr="00EB4FA2" w:rsidRDefault="00D834AA" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДП, ОП, ДКНБ, ДЭР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D834AA" w:rsidRPr="00EB4FA2" w:rsidRDefault="008139E5" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+            <w:r w:rsidR="00E07991" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025 г</w:t>
+            </w:r>
+            <w:r w:rsidR="00385A41" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A6F2A" w:rsidRPr="00D834AA" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="007A6F2A" w:rsidRPr="00EB4FA2" w:rsidRDefault="0029733C" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C63A94" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="007A6F2A" w:rsidRPr="00EB4FA2" w:rsidRDefault="0029733C" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В рамках законодательства, в целях национальной безопасности, совместно с Департаментом по делам обороны области (по согласованию) проработать вопрос наркоскрининга призывников на уровне медицинских комиссий военкоматов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="007A6F2A" w:rsidRPr="00EB4FA2" w:rsidRDefault="00EC6C30" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="0029733C" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">крининг </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="007A6F2A" w:rsidRPr="00EB4FA2" w:rsidRDefault="00C63A94" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акиматы городов и районов </w:t>
+            </w:r>
+            <w:r w:rsidR="0029733C" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00793122" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:r w:rsidR="0029733C" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ДО </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5A92" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="007A6F2A" w:rsidRPr="00EB4FA2" w:rsidRDefault="00E07991" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 раз в полугодие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA426B" w:rsidRPr="00D834AA" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA426B" w:rsidRDefault="00BA426B" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C63A94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA426B" w:rsidRDefault="00BA426B" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Введение учета фактов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA426B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>интоксикации вследствии передозировки наркотическими средствами или психотропными веществами</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA426B" w:rsidRDefault="00EC6C30" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA426B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нформация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA426B" w:rsidRDefault="00BA426B" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>УЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA426B" w:rsidRDefault="008139E5" w:rsidP="001C19CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5A92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жеквартально </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="00D834AA" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C63A94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ведение учета</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA426B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> факт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA426B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> летального исхода от передозировки наркотическими средствами, психотропными веществами на территории </w:t>
+            </w:r>
+            <w:r w:rsidR="00C63A94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Карагандинской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00EC6C30" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нформация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>УЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="008139E5" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5A92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеквартально</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="00D834AA" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C63A94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение мероприятий по формированию навыков профилактической работы и повышения квалификации психологов, педагогических кадров и сотрудников </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам профилактики наркомании в учебных заведениях </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00EC6C30" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>роведение семинаров, лекций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>УО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> УВМП,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="008139E5" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>остоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="00D834AA" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C63A94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение: первичной профилактики, а также мотивация с лицами, входящими в «группу риска», склонных к употреблению наркотических веществ и ПАВ, проживающих на обслуживающей территории; разъяснительной работы по склонению к отказу от употребления наркотиков, получение консультаций и прохождения лечения в учреждениях здравоохранения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00EC6C30" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0" w:rsidRPr="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>стречи, беседы, оказание социальной помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>З, заинтересованные государственные органы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="008139E5" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>остоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="00D834AA" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00B1210C" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C63A94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00B1210C" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B1210C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация работы психологов с наркозависимыми, находящихся в адаптационном периоде, для </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B1210C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>определения психологического состояния и подбора метода работы в целях оказания дальнейшей психологической помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00EC6C30" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5A92" w:rsidRPr="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">стречи, беседы, оказание социальной </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5A92" w:rsidRPr="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1210C" w:rsidRPr="00B1210C" w:rsidRDefault="00B1210C" w:rsidP="00B1210C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B1210C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>УЗ, УО, У</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC6C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B1210C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5A92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>СП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B1210C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00B1210C" w:rsidP="00B1210C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(по </w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="008139E5" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00B1210C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>остоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="00D834AA" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00B1210C" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.1</w:t>
+            </w:r>
+            <w:r w:rsidR="008B1C8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00B1210C" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B1210C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Предоставление на базе ЦПЗ наркозависимым/созависимым лицам консультативной помощи и занятости по фактам обращения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00EC6C30" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidR="00B1210C" w:rsidRPr="00B1210C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>окументирование трудоустройство, консультации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1210C" w:rsidRPr="00B1210C" w:rsidRDefault="00B1210C" w:rsidP="00B1210C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B1210C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">УЗ, </w:t>
+            </w:r>
+            <w:r w:rsidR="005279D7" w:rsidRPr="005279D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>УК</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC6C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidR="005279D7" w:rsidRPr="005279D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иСП</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="008139E5" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00B1210C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>остоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="00D834AA" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00B1210C" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+            <w:r w:rsidR="008B1C8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00B1210C" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B1210C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Совершенствование тарифов и методов оплаты по службе охраны психического здоровья с учетом расширения медико-социальной реабилитации наркозависимых, в том числе в части финансирования Центров временной адаптации и детоксикации из местного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00EC6C30" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00B1210C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">редложения </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00B1210C" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>УЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00B1210C" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль 2025 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2465" w:rsidRPr="00D834AA" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2465" w:rsidRPr="00EB4FA2" w:rsidRDefault="00F90E55" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2465" w:rsidRPr="00EB4FA2" w:rsidRDefault="00F90E55" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Выработать практику привлечения к ответственности за уклонение от медицинского обследования и лечения лиц с психическими и поведенческими расстройствами, связанными с употреблением психоактивных веществ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2465" w:rsidRPr="00EB4FA2" w:rsidRDefault="00F90E55" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Предложения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2465" w:rsidRPr="00EB4FA2" w:rsidRDefault="00F90E55" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДП, УЗ</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> совместно с</w:t>
+            </w:r>
+            <w:r w:rsidR="00526487" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСЭК</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC6C30" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2465" w:rsidRPr="00EB4FA2" w:rsidRDefault="00F90E55" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль 2025 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="00F10066">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14846" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00FB65E0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>қарсы</w:t>
+              <w:t>Противодействие наркопреступности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00E358D6" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C54B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение углубленного анализа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркоправонарушений по области</w:t>
+            </w:r>
+            <w:r w:rsidR="008354E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008354E8" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:r w:rsidR="009B15CF" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учетом </w:t>
+            </w:r>
+            <w:r w:rsidR="009B15CF" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>причин</w:t>
+            </w:r>
+            <w:r w:rsidR="008354E8" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и условий совершения гражданами наркопреступлений (финансовая необходимость, зависимость и т.п.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00A71A8F" w:rsidRDefault="009B15CF" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>налитическая справка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00972DBC" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДП (свод</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по согласованию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:r w:rsidR="005279D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОП</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ДЭР</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ДКНБ</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ЛОП</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="009B15CF" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь 2025-2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B15CF" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009B15CF" w:rsidRPr="00EB4FA2" w:rsidRDefault="009B15CF" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009B15CF" w:rsidRPr="00EB4FA2" w:rsidRDefault="009B15CF" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По результатам анализа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>выработать</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алгоритм, направленный на выявление лиц, подверженных наркопреступлениям, для дальнейшей профилактической работы (трудоустройство, вовлечение в социально-культурные мероприятия и т.п.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009B15CF" w:rsidRPr="00EB4FA2" w:rsidRDefault="009B15CF" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алгоритм </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009B15CF" w:rsidRPr="00EB4FA2" w:rsidRDefault="009B15CF" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>УКЗиСП, УО,УВМП, УЗ, УКАД, ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009B15CF" w:rsidRPr="00EB4FA2" w:rsidRDefault="009B15CF" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь 2025-2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00E358D6" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9292E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>становк</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9292E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стандартизированных систем видеонаблюдения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по области</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9292E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, в том числе с функцией </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9292E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>фиксации правонарушений, по возможным маршрутам следования наркокурьеров к местам потенциальных закладок наркотиков, обеспечением точки доступа к ним подразделений по противодействию наркопреступности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с выводом в ЦОУ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00F9292E" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>становка систем видеонаблюдения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ДП, УИОГУ и А, акиматы городов и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>районов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1 полугодие 2025 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00E358D6" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00F9292E" w:rsidRDefault="00CE60C4" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Создание механизма выявления нарколабораторий лабораторного оборудования для изготовления наркотических средств, психотропных веществ в т.ч. синтетических видов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE60C4" w:rsidRPr="00CE60C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лгоритм действий (схема)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДП (свод</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по согласованию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>), ОП</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ДЭР</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ДКНБ</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ЛОП</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, УО, УВМП, УП, УПИИР, УВ, УСХ, УЖКХ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008508F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДКМФК</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00385A41" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль 2025 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00E358D6" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00CE60C4" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Взаимодействие с собственниками увеселительных заведений, мест массового пребывания молодежи (ночные клубы, рестораны, караоке-клубы т.д.) по организации проведения антинаркотических профилактических мероприятий, рейдовых мероприятий по предупреждению и пресечению незаконного оборота наркотиков, с целью выявления их незаконного распространения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE60C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>правочная информация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДП (свод</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по согласованию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>), ОП</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ДКНБ</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ДЭР</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ЛОП</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, УП, Атамекен (по согласованию), акиматы городов и районов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00714BD8" w:rsidRDefault="00714BD8" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00714BD8" w:rsidRDefault="00714BD8" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00714BD8" w:rsidRPr="00714BD8" w:rsidRDefault="00714BD8" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00CE60C4" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не менее 1 раза в квартал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE60C4" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRDefault="00CE60C4" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRPr="00CE60C4" w:rsidRDefault="00CE60C4" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Взаимодействие с транспортно-логистическими компаниями оказывающие международные почтовые и курьерские услуги с целью пресечению незаконного оборота и транспортировки наркотических средств</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE60C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRDefault="00CE60C4" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE60C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еморандум-соглашение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRDefault="00CE60C4" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДП (свод</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по согласованию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>), ОП</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ДКНБ</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ДЭР</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ЛОП</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, УП, Атамекен (по согласованию), УПИИР, </w:t>
+            </w:r>
+            <w:r w:rsidR="001E3A8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>УПТиАД</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, акиматы городов и районов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001E3A8D" w:rsidRDefault="001E3A8D" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRPr="00CE60C4" w:rsidRDefault="00CE60C4" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 квартал 2025  года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE60C4" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRPr="00EB4FA2" w:rsidRDefault="00CE60C4" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRPr="00EB4FA2" w:rsidRDefault="00CE60C4" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Взаимодействие с юридическими лицами (промышленные и медицинские), участвующими в сфере оборота наркотических средств, психотропных веществ и прекурсоров, в целях упорядочения механизма их учета, перевозки и распределения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRPr="00CE60C4" w:rsidRDefault="00CE60C4" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE60C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>исьмо -согласование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRDefault="00CE60C4" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДП (свод</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по согласованию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>), ОП</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ДКНБ</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ДЭР</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ЛОП</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, УП, Атамекен (по согласованию), УПИИР, УВ, УСХ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008508F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДКМФК</w:t>
+            </w:r>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> , акиматы городов и районов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRPr="00CE60C4" w:rsidRDefault="00CE60C4" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 квартал 2025  года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE60C4" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRPr="00EB4FA2" w:rsidRDefault="005110AD" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRPr="00EB4FA2" w:rsidRDefault="005110AD" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заключение меморандумов с подразделениями егерской службы, субъектами охотничьих, лесных, крестьянско-фермерских и сельских хозяйств по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>оказанию содействия в выявлении на их территории подпольных нарколабораторий, схронов и закладок наркотиков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRPr="00CE60C4" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="005110AD" w:rsidRPr="005110AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еморандум-соглашение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRDefault="005110AD" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>УСХ, УПР</w:t>
+            </w:r>
+            <w:r w:rsidR="00F90E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РП</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE60C4" w:rsidRPr="00CE60C4" w:rsidRDefault="005110AD" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 квартал 2025  года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Создание механизма по взаимодействию с собственниками квартир многоэтажных жилых домов (ОСИ, ПТ, Управляющие компании, КСК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еморандум, алгоритм взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>УЖКХ, ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="002D10DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,  акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+            <w:r w:rsidR="00385A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025  года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Взаимодействие работы в сфере «кибернадзора»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еморандум</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD638E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD638E" w:rsidRPr="007036A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00BD638E" w:rsidRPr="007036A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УИОГУиА</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00823CE8" w:rsidRPr="00823CE8">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00BD638E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+            <w:r w:rsidR="00385A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025  года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C19CE" w:rsidRPr="001742C4" w14:paraId="7E8755AF" w14:textId="77777777" w:rsidTr="0039046B">
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="0039046B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="738" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6868F7" w14:textId="30CF72DD" w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="001C19CE" w:rsidP="001C19CE">
-[...15 lines deleted...]
-              <w:t>1.1.</w:t>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00FC1AE2" w:rsidRDefault="00FC1AE2" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="005110AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8FBC0B" w14:textId="6F1475B1" w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="00631105" w:rsidP="001C19CE">
+          <w:p w:rsidR="00FC1AE2" w:rsidRPr="00FC1AE2" w:rsidRDefault="00FC1AE2" w:rsidP="00FC1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC1AE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение рейдов (в вечернее время суток): </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00FC1AE2" w:rsidP="00FC1AE2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC1AE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в местах компактного проживания и досуга молодежи по выявлению фактов немедицинского употребления наркотиков, а также употребления алкоголя в общественных местах; по выявлению несовершеннолетних в ночное время без сопровождения законных представителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC1AE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ейдовые мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="007036A8" w:rsidRDefault="00FC1AE2" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA7886">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, УО, акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00FC1AE2" w:rsidRDefault="00FC1AE2" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не реже 1 раза в месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC1AE2" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1AE2" w:rsidRDefault="00FC1AE2" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="005110AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1AE2" w:rsidRPr="00FC1AE2" w:rsidRDefault="00FC1AE2" w:rsidP="00FC1AE2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC1AE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Выявление фактов транспортировки наркотиков:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC1AE2" w:rsidRPr="00FC1AE2" w:rsidRDefault="00FC1AE2" w:rsidP="00FC1AE2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC1AE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">проведение проверок автотранспорта, а также авиа и железнодорожным транспортом с применением </w:t>
+            </w:r>
+            <w:r w:rsidR="005110AD">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00631105">
+            <w:r w:rsidR="005110AD" w:rsidRPr="005110AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с применением служебно-розыскных собак</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1AE2" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC1AE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>роведение ОРМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1AE2" w:rsidRDefault="00FC1AE2" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, ЛОП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1AE2" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00C075D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">остоянно </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C075D9" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C075D9" w:rsidRDefault="00DA1F6E" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="005110AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C075D9" w:rsidRPr="00FC1AE2" w:rsidRDefault="00DA1F6E" w:rsidP="00FC1AE2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA1F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение </w:t>
+            </w:r>
+            <w:r w:rsidR="005110AD" w:rsidRPr="005110AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОПМ «Қарасора», «Дәрмек», «Канал», «Рефлекс»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA1F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, а также комплексных совместных обследований аптек, складов и лечебных учреждений по учету, хранению и реализации лекарственных препаратов, содержащих наркотические и психотропные вещества, и их аналогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C075D9" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA1F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>роведение ОРМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C075D9" w:rsidRDefault="00DA1F6E" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, заинтересованные государственные органы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C075D9" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA1F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>огласно графику</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C87E8C" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87E8C" w:rsidRDefault="00C87E8C" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87E8C" w:rsidRPr="00DA1F6E" w:rsidRDefault="00C87E8C" w:rsidP="00FC1AE2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C87E8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проведение сверки с ЦПЗ по лицам, доставляемым на медицинское освидетельствование по фактам потребления наркотиков и ПАВ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87E8C" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1764">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нформация</w:t>
+            </w:r>
+            <w:r w:rsidR="00C87E8C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00631105">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87E8C" w:rsidRDefault="00C87E8C" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1764">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, УЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87E8C" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidR="00C87E8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жеквартально </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E1764" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E1764" w:rsidRDefault="005E1764" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E1764" w:rsidRPr="00C87E8C" w:rsidRDefault="005E1764" w:rsidP="00FC1AE2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1764">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анализа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E1764">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E1764">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>о зарегистрированны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E1764">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> факта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E1764">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> летального исхода от передозировки наркотическими средствами, психотропными веществами на территории столицы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="312DFCFD" w14:textId="2FB21601" w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="00631105" w:rsidP="001C19CE">
-[...17 lines deleted...]
-              <w:t>анықтамалық ақпарат</w:t>
+          <w:p w:rsidR="005E1764" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1764">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нализ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4F4DA7" w14:textId="1ABB47E6" w:rsidR="001C19CE" w:rsidRPr="00631105" w:rsidRDefault="00631105" w:rsidP="001C19CE">
-[...35 lines deleted...]
-              <w:t>Б</w:t>
+          <w:p w:rsidR="005E1764" w:rsidRDefault="005E1764" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, УЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3368" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1962CE0C" w14:textId="4DF9EE74" w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="00631105" w:rsidP="001C19CE">
-[...17 lines deleted...]
-              <w:t>қаңтар, шілде 2025 - 2026 жыл</w:t>
+          <w:p w:rsidR="005E1764" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1764">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеквартально</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C19CE" w:rsidRPr="001742C4" w14:paraId="47DA632F" w14:textId="77777777" w:rsidTr="0039046B">
+      <w:tr w:rsidR="00E07991" w:rsidRPr="001742C4" w:rsidTr="0039046B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="738" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0760E13C" w14:textId="358A7248" w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="001C19CE" w:rsidP="001C19CE">
-[...25 lines deleted...]
-            <w:r w:rsidRPr="00EB4FA2">
+          <w:p w:rsidR="00E07991" w:rsidRDefault="00E07991" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2AAD6A14" w14:textId="20BDB94F" w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="00631105" w:rsidP="001C19CE">
+          <w:p w:rsidR="00E07991" w:rsidRPr="005E1764" w:rsidRDefault="00E07991" w:rsidP="00FC1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...170 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07991">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07991">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подворовы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07991">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обход</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07991">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00385A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с целью выявления и ликвидации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07991">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекламы, содержащей </w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518" w:rsidRPr="00E07991">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркотический контент,</w:t>
+            </w:r>
+            <w:r w:rsidR="00385A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и их ликвидация</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59CB4C58" w14:textId="698B9BF5" w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="00C41AF1" w:rsidP="001C19CE">
-[...26 lines deleted...]
-              <w:t>еморандум</w:t>
+          <w:p w:rsidR="00E07991" w:rsidRDefault="00E07991" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>график</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="673CA5F5" w14:textId="2E23827F" w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="00B62138" w:rsidP="001C19CE">
-[...68 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00E07991" w:rsidRDefault="00E07991" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, УВМП, акиматы городов и районов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3368" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB7879D" w14:textId="2D7A5054" w:rsidR="001C19CE" w:rsidRPr="00EB4FA2" w:rsidRDefault="00631105" w:rsidP="001C19CE">
-[...16 lines deleted...]
-              <w:t>2025 жылғы ақпан</w:t>
+          <w:p w:rsidR="00E07991" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidR="00E07991">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жемесячно </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F2B5C" w:rsidRPr="001742C4" w14:paraId="5B7DAD16" w14:textId="77777777" w:rsidTr="0039046B">
-[...3008 lines deleted...]
-      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w14:paraId="53C000EC" w14:textId="77777777" w:rsidTr="00F10066">
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="00F10066">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14846" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="60951E80" w14:textId="159EBBF1" w:rsidR="00A71DC0" w:rsidRPr="00D863E3" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00F058E7" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. </w:t>
-[...1135 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>әлеуметтік-мәдени</w:t>
-[...5872 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidR="009B6202" w:rsidRPr="009B6202">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Профилактические мероприятия</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA1F6E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Халық арасындағы профилактикалық іс-шаралар</w:t>
+              <w:t xml:space="preserve"> среди населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w14:paraId="56E1B116" w14:textId="77777777" w:rsidTr="0039046B">
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="0039046B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="738" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF35623" w14:textId="172B3ED9" w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="183C55CF" w14:textId="3928CA80" w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="009B6202" w:rsidP="00A71DC0">
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009B6202">
+            <w:r w:rsidRPr="003D25F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Изыскание денежных средств </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D25F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">на финансирование </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профилактических </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D25F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мероприятий</w:t>
+            </w:r>
+            <w:r w:rsidR="00183927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009B6202">
+            <w:r w:rsidR="00385A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>государственно-социальных заказов (ГЗ)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D25F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009B6202">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">направленных на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D25F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">формирование антинаркотического иммунитета у населения и особенно у уязвимых категорий граждан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D25F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(школьники, студенты колледжей и ВУЗов, подростки из неблагополучных семей, работающая молодежь)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>юджетная заявка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, УЗ, УО, УВП, УВМП, УКАД, </w:t>
+            </w:r>
+            <w:r w:rsidR="00381B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">УФ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidR="00385A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жегодно </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="003D25F3" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка и утверждение профильных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00981DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(по своему направлению)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> планов профилактических мероприятий </w:t>
+            </w:r>
+            <w:r w:rsidR="00406E0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по противодействию наркомании и наркобизнесу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ланы профилактических мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, УЗ, УО, УВП, УВМП, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>УКАД</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, УФКС, УКЗСП, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00EB4FA2" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+            <w:r w:rsidR="00385A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA1F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="003D25F3" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262D74">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организовать работу с НПО по проведению тематических «круглых столов», семинаров, презентаций и иных профилактических мероприятий, при необходимости с выездом в регионы области.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еморандум, круглые столы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB2227">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB2227">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">УЗ, УВП, УВМП, </w:t>
+            </w:r>
+            <w:r w:rsidR="00385A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>УКАД</w:t>
+            </w:r>
+            <w:r w:rsidR="00385A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> УКЗСП, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 1 раза в квартал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00D834AA" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00D834AA" w:rsidRDefault="00BD638E" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Закуп (аренда) информационных систем, направленных на выявление, пресечение и профилактику борьбы с наркоманией и наркоправонарушениям с использованием IT-технологий и искусственного интеллекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="00D834AA" w:rsidRDefault="00321312" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>приобретение информационных услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00BD638E" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, УФ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="007B6ED2" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 квартал 2025 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0049262D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организовать работу профилактического характера среди осужденных лиц, как в местах лишения свободы, так и состоящих на учетах в службах пробации ДУИС Карагандинской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рафик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДУИС (по согласованию), УЗ</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1764">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB2227">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, ОП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="007B6ED2" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">постоянно </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="0049262D" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D5CB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проведение информационно-разъяснительной работы с фармацевтическими работниками касательно правил отпуска наркотических, психотропных и сильнодействующих лекарственных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRPr="003D5CB9" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71DC0" w:rsidRPr="003D5CB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ротокол</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D5CB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>совещания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008508F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДКМФК</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...743 lines deleted...]
-              <w:t xml:space="preserve"> қалалар мен аудандардың әкімдіктері</w:t>
+            <w:r w:rsidR="00686171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3368" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5108BA58" w14:textId="79D2D3A6" w:rsidR="00A71DC0" w:rsidRPr="00541460" w:rsidRDefault="00541460" w:rsidP="00A71DC0">
-[...17 lines deleted...]
-              <w:t>жыл сайын</w:t>
+          <w:p w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 1 раза в квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w14:paraId="30EDBF82" w14:textId="77777777" w:rsidTr="0039046B">
+      <w:tr w:rsidR="00406E0C" w:rsidRPr="001742C4" w:rsidTr="0039046B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="738" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="39ECE629" w14:textId="7F4C93D1" w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
-[...610 lines deleted...]
-          <w:p w14:paraId="52AAE0CE" w14:textId="550A57EA" w:rsidR="00A71DC0" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
+          <w:p w:rsidR="00406E0C" w:rsidRDefault="00406E0C" w:rsidP="00A71DC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidR="00DA1F6E">
+            <w:r w:rsidR="00955279">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00406E0C" w:rsidRPr="003D5CB9" w:rsidRDefault="00406E0C" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00406E0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информационное сопровождение антинаркотической деятельности государственных органов и НПО по актуальным проблемам наркомании, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>среди населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00406E0C" w:rsidRPr="003D5CB9" w:rsidRDefault="00620AE1" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00406E0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нформация в СМИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00406E0C" w:rsidRPr="008508F7" w:rsidRDefault="00C87E8C" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">УВП, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C87E8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>заинтересованные государственные органы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C87E8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00406E0C" w:rsidRDefault="00C87E8C" w:rsidP="00A71DC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170AFC" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00620AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRPr="00E20B42" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E20B42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация и проведение в социальных сетях и СМИ цикла информационно-разъяснительных компаний в формате «вопрос-ответ» на темы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00170AFC" w:rsidRPr="00406E0C" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E20B42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Ближе друг к другу – дальше от наркотиков», «Профилактика употребления психоактивных веществ в семье», «Не оставайся в стороне – будь полезным обществу»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, «Осторожно мошенники!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00620AE1" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00170AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нформационно разъяснительные мероприятия среди населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">УВП, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C87E8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>заинтересованные государственные органы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C87E8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170AFC" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00620AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRPr="00406E0C" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C87E8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение социологического опроса и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>исследовани</w:t>
+            </w:r>
+            <w:r w:rsidR="007B6ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C87E8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по изучению наркоситуации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>среди населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00D9055D" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00170AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нформация по итогам исследований</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 1 раза в полугодие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170AFC" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00620AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRPr="00C87E8C" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1764">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проведение проповедей на тему профилактики наркомании среди прихожан религиозных объектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00620AE1" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00170AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>роведение проповедей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УДР, акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не реже 1 раза в </w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квартал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170AFC" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRPr="005E1764" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E7F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация и проведение спортивных и досуговых мероприятий по формированию ЗОЖ среди населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация и проведение соответствующих мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УФКиС</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 1 раза в квартал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170AFC" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRPr="009E7F10" w:rsidRDefault="0033296F" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В рамках </w:t>
+            </w:r>
+            <w:r w:rsidR="00F02787" w:rsidRPr="00F02787">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ежегодно</w:t>
+            </w:r>
+            <w:r w:rsidR="006F2D93">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02787" w:rsidRPr="00F02787">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> премии акима Карагандинской области «Алтын сұңқар»</w:t>
+            </w:r>
+            <w:r w:rsidR="006F2D93">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> провести </w:t>
+            </w:r>
+            <w:r w:rsidR="006F2D93" w:rsidRPr="009E7F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>среди журналистов СМИ</w:t>
+            </w:r>
+            <w:r w:rsidR="006F2D93">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурс</w:t>
+            </w:r>
+            <w:r w:rsidR="006F2D93" w:rsidRPr="009E7F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по номинациям: лучшая статья, сюжет, программа и т.д.), с учетом креативного подхода и мнения общественности, целевых групп в целях эффективной пропаганды противодействия наркомании среди населения, более полного освещения проблемы данного вопроса и оседания в сознании граждан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>проведение конкурса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УВП, акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 1 раза в полугодие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170AFC" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="007F215F" w14:textId="2C10E0DD" w:rsidR="00A71DC0" w:rsidRPr="003D25F3" w:rsidRDefault="00541460" w:rsidP="00A71DC0">
+          <w:p w:rsidR="00170AFC" w:rsidRPr="009E7F10" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00541460">
-[...6 lines deleted...]
-              <w:t>Үкіметтік емес ұйымдармен тақырыптық "дөңгелек үстелдер", семинарлар, презентациялар және өзге де профилактикалық іс-шаралар өткізу бойынша, қажет болған жағдайда облыс өңірлеріне барып, жұмысты ұйымдастыру.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E7F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>роведени</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E7F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E7F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хакатона</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E7F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для IT-специалистов по разработке прототипов решений для выявления путей распространения наркотиков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="282FE785" w14:textId="78631D51" w:rsidR="00A71DC0" w:rsidRDefault="00381B10" w:rsidP="00A71DC0">
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> дөңгелек үстелдер</w:t>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проведение соответствующих мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="50D1A106" w14:textId="75BDDFDF" w:rsidR="00A71DC0" w:rsidRPr="008D0C8B" w:rsidRDefault="00A71DC0" w:rsidP="00A71DC0">
-[...60 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007036A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УИОГУиА</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ежегодно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170AFC" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRPr="00EB4FA2" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRPr="00EB4FA2" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Изучение проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>НаркоСТОП</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02787" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проводимого в городе Алматы. По итогам изучения выработать предложения для реализации аналогичного проекта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в Карагандинской области </w:t>
+            </w:r>
+            <w:r w:rsidR="00F02787" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в рамках государственного социального заказа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRPr="00EB4FA2" w:rsidRDefault="00F02787" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>предложения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRPr="00EB4FA2" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УВП, УВМП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRPr="00EB4FA2" w:rsidRDefault="006F2D93" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ф</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02787" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>евраль 2025 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C87566" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRDefault="00C87566" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRDefault="00C87566" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C87566">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проведение встреч с представителями КСК (ОСИ, коммунальные службы, полиграфии) для разъяснения о первых признаках наркозависимости у населения, пресечению фактов распространения рекламы сайтов, причастных к сбыту наркотиков и ПАВ, с освещением проводимых мероприятий в СМИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRDefault="00D9055D" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00C87566">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ротокола встреч, справочная информация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRDefault="00C87566" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Акиматы городов и районов, ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRDefault="00C87566" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C87566" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRDefault="00C87566" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRPr="00C87566" w:rsidRDefault="00C87566" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C87566">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Запуск таргетированной рекламы в социальных сетях (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C87566">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>facebook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C87566">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00EB2227" w:rsidRPr="008D0C8B">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C87566">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>instagram</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C87566">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C87566">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C87566">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и т.п.) и интернет-пространстве не менее 10%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C87566">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRDefault="00C87566" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C87566">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>размещение социальной рекламы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRDefault="00C87566" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УВП, заинтересованные государственные органы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRDefault="00C87566" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C87566" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRDefault="00C87566" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRPr="00C87566" w:rsidRDefault="00C87566" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C87566">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Показ социальных видеороликов по профилактике наркомании в кинотеатрах перед началом киносеанса, во время проведения международных, республиканских и городских соревнованиях в крупных спортивных объектах </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRPr="00C87566" w:rsidRDefault="00D9055D" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00C87566">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оказ видеороликов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRDefault="00C87566" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УФКиС</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>УКАД, акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C87566" w:rsidRDefault="00C87566" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B07197" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07197" w:rsidRPr="00EB4FA2" w:rsidRDefault="00B07197" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45518" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07197" w:rsidRPr="00EB4FA2" w:rsidRDefault="00B07197" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проведение</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02787" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и освещение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ежегодной широкомасштабной, антинаркотической, информационно просветительной акции, приуроченной к 26 июня Международному дню борьбы с наркоманией</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07197" w:rsidRPr="00EB4FA2" w:rsidRDefault="00B07197" w:rsidP="00B07197">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>план мероприятий,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B07197" w:rsidRPr="00EB4FA2" w:rsidRDefault="00B07197" w:rsidP="00B07197">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организация соответствующих мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07197" w:rsidRPr="00EB4FA2" w:rsidRDefault="00B07197" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УВМП,</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02787" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> УВП,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB2227" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ОП</w:t>
             </w:r>
-            <w:r w:rsidR="00235277" w:rsidRPr="008D0C8B">
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidR="00235277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB2227" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="008D0C8B">
-[...105 lines deleted...]
-              <w:t xml:space="preserve"> қалалар мен аудандардың әкімдіктері</w:t>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">УО, </w:t>
+            </w:r>
+            <w:r w:rsidR="007B6ED2" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">УЗ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007B6ED2" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УФКиС</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, УКАД, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов и районов, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3368" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="151B4201" w14:textId="67674102" w:rsidR="00A71DC0" w:rsidRPr="001742C4" w:rsidRDefault="008D0C8B" w:rsidP="00A71DC0">
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00B07197" w:rsidRDefault="00D9055D" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidR="007B6ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жегодно </w:t>
+            </w:r>
+            <w:r w:rsidR="007B6ED2">
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="007B6ED2" w:rsidRPr="007B6ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 по 30 июня</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A71DC0" w:rsidRPr="001742C4" w14:paraId="5FA0D52B" w14:textId="77777777" w:rsidTr="0039046B">
-[...8451 lines deleted...]
-      <w:tr w:rsidR="00170AFC" w:rsidRPr="001742C4" w14:paraId="39926EC1" w14:textId="77777777" w:rsidTr="00DA1F6E">
+      <w:tr w:rsidR="00170AFC" w:rsidRPr="001742C4" w:rsidTr="00DA1F6E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14846" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="92CDDC" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="2F03A309" w14:textId="6AA993DF" w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
-            <w:r w:rsidR="0092509F">
-[...2 lines deleted...]
-            <w:r w:rsidR="0092509F" w:rsidRPr="0092509F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жастар арасындағы профилактикалық іс-шаралар</w:t>
+              <w:t>Профилактические мероприятия среди молодежи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170AFC" w:rsidRPr="001742C4" w14:paraId="4DDC16CD" w14:textId="77777777" w:rsidTr="0039046B">
+      <w:tr w:rsidR="00170AFC" w:rsidRPr="001742C4" w:rsidTr="0039046B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="738" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="390457ED" w14:textId="3B8FC9FA" w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="76ADF423" w14:textId="1C1FF5AE" w:rsidR="00170AFC" w:rsidRPr="003D5CB9" w:rsidRDefault="0092509F" w:rsidP="00170AFC">
+          <w:p w:rsidR="00170AFC" w:rsidRPr="003D5CB9" w:rsidRDefault="005A6151" w:rsidP="00170AFC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C87E8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение социологического опроса и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>исследовани</w:t>
+            </w:r>
+            <w:r w:rsidR="007B6ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C87E8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по изучению наркоситуации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>среди молодежи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRPr="003D5CB9" w:rsidRDefault="00F2367D" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Социологическое исследование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRPr="008508F7" w:rsidRDefault="00170AFC" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УВМП, УО,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00170AFC" w:rsidRDefault="00F2367D" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не реже 1 раза в полугодие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2367D" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2367D" w:rsidRDefault="00F2367D" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00071E7A" w:rsidRPr="0036111F" w:rsidRDefault="00071E7A" w:rsidP="00071E7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Активизация профилактики наркомании среди несовершеннолетних в средних и средне-специальных учебных заведениях, в том числе путем:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00071E7A" w:rsidRPr="0036111F" w:rsidRDefault="00071E7A" w:rsidP="00071E7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">проведения плановых профилактических декад, направленных: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00071E7A" w:rsidRPr="0036111F" w:rsidRDefault="00071E7A" w:rsidP="00071E7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>на предупреждение возникновения алкогольной, наркотической зависимости и пропаганду здорового образа жизни;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00071E7A" w:rsidRPr="0036111F" w:rsidRDefault="00071E7A" w:rsidP="00071E7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>формирования у учащихся самостоятельных навыков социально-значимого выбора с персональной ответственностью;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F2367D" w:rsidRPr="0036111F" w:rsidRDefault="00071E7A" w:rsidP="00071E7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) повышения уровня осведомленности </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>несовершеннолетних и их родителей об ответственности за участие в незаконном обороте наркотиков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2367D" w:rsidRPr="0036111F" w:rsidRDefault="00F2367D" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>проведение мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2367D" w:rsidRPr="0036111F" w:rsidRDefault="00F2367D" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УО, УЗ, УВМП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2367D" w:rsidRPr="0036111F" w:rsidRDefault="00071E7A" w:rsidP="00170AFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>ежемесячно в течении учебного года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00110CDD" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00110CDD" w:rsidRDefault="00110CDD" w:rsidP="00110CDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F2367D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00110CDD" w:rsidRPr="0036111F" w:rsidRDefault="00110CDD" w:rsidP="00110CDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Организация волонтерских молодежных движений в учебных заведениях (школы, колледжи и ВУЗ</w:t>
+            </w:r>
+            <w:r w:rsidR="007B6ED2" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00110CDD" w:rsidRPr="0036111F" w:rsidRDefault="00D9055D" w:rsidP="00110CDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="00110CDD" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>еморандум</w:t>
+            </w:r>
+            <w:r w:rsidR="00F2367D" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>, проведение соответствующих мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00110CDD" w:rsidRPr="0036111F" w:rsidRDefault="00110CDD" w:rsidP="00110CDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УВМП, УО,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F2367D" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ВУЗы (по согласованию) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00110CDD" w:rsidRPr="0036111F" w:rsidRDefault="00D9055D" w:rsidP="00110CDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+            <w:r w:rsidR="00F2367D" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00110CDD" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00110CDD" w:rsidRDefault="00F2367D" w:rsidP="00110CDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00110CDD" w:rsidRPr="0036111F" w:rsidRDefault="00F2367D" w:rsidP="00110CDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Активизация и усиление работы по проведению профилактической работы среди активистов учебных заведений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00110CDD" w:rsidRPr="0036111F" w:rsidRDefault="00F2367D" w:rsidP="00110CDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>проведение соответствующих мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00110CDD" w:rsidRPr="0036111F" w:rsidRDefault="00F2367D" w:rsidP="00110CDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УВМП, УО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00110CDD" w:rsidRPr="0036111F" w:rsidRDefault="00D9055D" w:rsidP="00110CDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00F2367D" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>остоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Проведение мероприятий, направленных на повышение культурного воспитания, развитие творческого потенциала детей и подростков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00D9055D" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00980D9E" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>роведение мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УО, УВМП, УКАД, акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Формирование банка данных о семьях и детях, находящихся в социально опасном положении и нуждающихся в дополнительной социальной поддержке, с проведением последующей профилактической работы с ними</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00D9055D" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00980D9E" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>правочная информация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">УО, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t>Жастар</w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УК</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>иСП</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t>арасындағы</w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Оказание социальной поддержки детям из малообеспеченных семей, входящих в «группу риска» (приобретение предметов первой необходимости, канцелярских товаров, одежды, продуктов питания и т.д.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00D9055D" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00980D9E" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>оциальная поддержка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">УО, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t>есірткі</w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УК</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>иСП</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t>жағдайын</w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Организация походов в кино, музеи, театры и другие объекты культуры детям из малообеспеченных семей, входящих в «группу риска», для социализации и привития ценностей семьи и ЗОЖ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00D9055D" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00980D9E" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>оциальная поддержка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">УО, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t>зерттеу</w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УК</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>иСП</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, УКАД, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t>бойынша</w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УФКиС</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t>әлеуметтік</w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00E46358" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidR="00980D9E" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>е реже 1 раза в квартал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Развитие детско-юношеского спорта, создание школьных спортивных лиг и организация физкультурных мероприятий среди школьных спортивных клубов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00D9055D" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00980D9E" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>портивные мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">УО, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t>сауалнама</w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УФКиС</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0092509F">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0092509F">
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Создание при органах ученического самоуправления (школьные парламенты, советы старшеклассников и комитеты лидеров) социально-активной группы для осуществления профилактических мероприятий по профилактике наркомании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7BE924" w14:textId="0BB4DEA7" w:rsidR="00170AFC" w:rsidRPr="003D5CB9" w:rsidRDefault="0092509F" w:rsidP="00170AFC">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>проведение соответствующих мероприятий и проектов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4EABB875" w14:textId="0D8B96E9" w:rsidR="00170AFC" w:rsidRPr="008508F7" w:rsidRDefault="0092509F" w:rsidP="00170AFC">
-[...70 lines deleted...]
-              <w:t>қалалар мен аудандардың әкімдіктері</w:t>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УО, У</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>МП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3368" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD04B0E" w14:textId="48BFE75F" w:rsidR="00170AFC" w:rsidRDefault="0092509F" w:rsidP="00170AFC">
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00D9055D" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+            <w:r w:rsidR="00980D9E" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025 года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F2367D" w:rsidRPr="001742C4" w14:paraId="2092F948" w14:textId="77777777" w:rsidTr="0039046B">
+      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w:rsidTr="0039046B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="738" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="23DDB8F0" w14:textId="1BC6E8D0" w:rsidR="00F2367D" w:rsidRDefault="00F2367D" w:rsidP="00170AFC">
-[...8017 lines deleted...]
-          <w:p w14:paraId="2D071C98" w14:textId="48917A2C" w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00980D9E" w:rsidP="00980D9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4.1</w:t>
             </w:r>
             <w:r w:rsidR="00D9055D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00B07197" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Проведение лекции с приглашением спикеров по профилактике наркомании в организациях среднего, средне-специального, высшего образования, в том числе просмотр социальных видеороликов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00B07197" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>лекции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00B07197" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УО, УЗ, ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="000E32E8" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>, УВМП</w:t>
+            </w:r>
+            <w:r w:rsidR="00E46358" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>, ВУЗы (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00E46358" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:r w:rsidR="00B07197" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>течении учебного года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00B07197" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00071E7A" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Проведение в каникулярный период месячника, приуроченного к Международному дню борьбы с наркоманией, спортивных и культурных мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00B07197" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>организация соответствующих мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00B07197" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УО, ДП,</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB2227" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ОП,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> УВМП, акиматы городов и районов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07197" w:rsidRPr="0036111F" w:rsidRDefault="00B07197" w:rsidP="00B07197">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>ежегодно,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00B07197" w:rsidP="00B07197">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>с 1 по 30 июня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00B07197" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00B07197" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение конкурсов среди учащихся </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>ССУЗов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и ВУЗов области (рисунки, сочинения, перекличка агитационных бригад, КВН, театрализованная постановка, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>дебатные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> турниры и т.д.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00B07197" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>организация и проведение соответствующих мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00B07197" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УО, ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="000E32E8" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>, УВМП, УКАД, акиматы городов и районов, ВУЗы (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00E46358" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07197" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>е менее 1 раза в полугодие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="04E0BDB4" w14:textId="321E787D" w:rsidR="00980D9E" w:rsidRPr="00980D9E" w:rsidRDefault="00DD4034" w:rsidP="00980D9E">
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="000E32E8" w:rsidP="00980D9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...226 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4D48" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рганизация работы волонтеров из числа студенческой молодежи </w:t>
+            </w:r>
+            <w:r w:rsidR="00E46358" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4D48" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для вовлечения в деятельность молодежного волонтерского движения против наркомании </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3CDA44A2" w14:textId="5F0EC515" w:rsidR="00980D9E" w:rsidRDefault="00DD4034" w:rsidP="00980D9E">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>волонтерское движение</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1C87D511" w14:textId="58FE50CD" w:rsidR="00980D9E" w:rsidRDefault="00DD4034" w:rsidP="00980D9E">
-[...100 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>УВМП, УО, УВП, ВУЗы (по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3368" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2205BB54" w14:textId="2CF47584" w:rsidR="00980D9E" w:rsidRDefault="00DD4034" w:rsidP="00980D9E">
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="0036111F" w:rsidRDefault="00E46358" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>февраль 2025 года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w14:paraId="42C49D92" w14:textId="77777777" w:rsidTr="0039046B">
+      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w:rsidTr="0039046B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="738" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F4B71A2" w14:textId="3D8C2D76" w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
             <w:r w:rsidR="00D9055D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7C5319AE" w14:textId="14784A3E" w:rsidR="00980D9E" w:rsidRPr="00980D9E" w:rsidRDefault="00DD4034" w:rsidP="00980D9E">
+          <w:p w:rsidR="00980D9E" w:rsidRPr="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...285 lines deleted...]
-              <w:t xml:space="preserve"> тарту</w:t>
+            <w:r w:rsidRPr="00BA4D48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задействование членов молодежного волонтерского движения и блогеров в сфере противодействия наркомании и наркопреступности в создании видеороликов, направленных на поддержание ЗОЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="414ADFE7" w14:textId="77777777" w:rsidR="00BA4D48" w:rsidRPr="00BA4D48" w:rsidRDefault="00BA4D48" w:rsidP="00BA4D48">
+          <w:p w:rsidR="00BA4D48" w:rsidRPr="00BA4D48" w:rsidRDefault="00BA4D48" w:rsidP="00BA4D48">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BA4D48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>вайны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00BA4D48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B0D3381" w14:textId="70E48E6F" w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00BA4D48">
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00BA4D48">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA4D48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>скетч-</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>скетч-шоу, видеоролики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BA4D48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">шоу, </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4D48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>МП, НПО</w:t>
+            </w:r>
+            <w:r w:rsidR="00E46358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию), ВУЗы (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ежеквартально</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4D48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение информационной </w:t>
+            </w:r>
+            <w:r w:rsidR="00E46358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пропаганды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4D48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (акции) для молодежи и родителе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4D48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по самостоятельному проведение тестов на наркотики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00E46358" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>акции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r w:rsidR="00071E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, У</w:t>
+            </w:r>
+            <w:r w:rsidR="00071E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, УВМП, ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="000E32E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB2227">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, ОП</w:t>
+            </w:r>
+            <w:r w:rsidR="000E32E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ежеквартально</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRPr="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4D48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание театральных антинаркотических постановок (на казахском и русском языках) для показа учащимся школ, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00DD4034" w:rsidRPr="00DD4034">
-[...5 lines deleted...]
-              <w:t>бейнелер</w:t>
+            <w:r w:rsidR="00E46358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ССУЗов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BA4D48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и ВУЗов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="647DA91D" w14:textId="31DB3442" w:rsidR="00980D9E" w:rsidRDefault="00DD4034" w:rsidP="00980D9E">
-[...94 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4D48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>театральные постановки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УКАД, УО, УВМП, ВУЗы (по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3368" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="43CDA1CA" w14:textId="3CB46E24" w:rsidR="00980D9E" w:rsidRDefault="00C912BB" w:rsidP="00980D9E">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ежеквартально</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA4D48" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4D48" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4D48" w:rsidRPr="00BA4D48" w:rsidRDefault="000B04E1" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Создание Координационного совета при Совете ректоров ВУЗов по вопросам профилактики наркомании, алкоголизма и курения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4D48" w:rsidRPr="00BA4D48" w:rsidRDefault="00D9055D" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="000B04E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оординационный совет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4D48" w:rsidRDefault="000B04E1" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УВМП, ВУЗы (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4D48" w:rsidRDefault="00D9055D" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+            <w:r w:rsidR="000B04E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B04E1" w:rsidRPr="001742C4" w:rsidTr="0039046B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B04E1" w:rsidRPr="00EB4FA2" w:rsidRDefault="000B04E1" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9055D" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B04E1" w:rsidRPr="00EB4FA2" w:rsidRDefault="000B04E1" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация встреч с наркозависимыми, проходящими лечение</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE60C4" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по их письменному согласованию)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, в формате «Человек в маске» (старшеклассниками, студентами </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C912BB">
-[...5 lines deleted...]
-              <w:t>тоқсан</w:t>
+            <w:r w:rsidR="00E46358" w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ССУЗов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C912BB">
-[...16 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB4FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и ВУЗов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B04E1" w:rsidRDefault="000B04E1" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>встречи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B04E1" w:rsidRDefault="000B04E1" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r w:rsidR="008B1C8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, У</w:t>
+            </w:r>
+            <w:r w:rsidR="008B1C8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, ДП</w:t>
+            </w:r>
+            <w:r w:rsidR="000E32E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, УВМП, ВУЗы (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B04E1" w:rsidRDefault="00E46358" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidR="000B04E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>е менее 1 раза в полугодие</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980D9E" w:rsidRPr="001742C4" w14:paraId="07D79EEC" w14:textId="77777777" w:rsidTr="0039046B">
+      <w:tr w:rsidR="000B04E1" w:rsidRPr="001742C4" w:rsidTr="0039046B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="738" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA2824A" w14:textId="5DDD8F46" w:rsidR="00980D9E" w:rsidRDefault="00BA4D48" w:rsidP="00980D9E">
-[...15 lines deleted...]
-              <w:t>4.1</w:t>
+          <w:p w:rsidR="000B04E1" w:rsidRDefault="00E07991" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.2</w:t>
             </w:r>
             <w:r w:rsidR="00D9055D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5B6D0482" w14:textId="3188C5F0" w:rsidR="00980D9E" w:rsidRPr="00980D9E" w:rsidRDefault="00C912BB" w:rsidP="00980D9E">
+          <w:p w:rsidR="000B04E1" w:rsidRPr="0036111F" w:rsidRDefault="00E07991" w:rsidP="00980D9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...208 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение мониторинга учебных заведений на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">предмет размещения рекламы наркотических средств. В случае выявления </w:t>
+            </w:r>
+            <w:r w:rsidR="00E46358" w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>принятие мер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по их ликвидации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0052CED7" w14:textId="77219498" w:rsidR="00980D9E" w:rsidRPr="00C912BB" w:rsidRDefault="00E46358" w:rsidP="00980D9E">
-[...27 lines deleted...]
-              <w:t>ялар</w:t>
+          <w:p w:rsidR="000B04E1" w:rsidRPr="0036111F" w:rsidRDefault="00E07991" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Справочная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>информация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="03D5B8E5" w14:textId="7C3681B5" w:rsidR="00980D9E" w:rsidRPr="00C912BB" w:rsidRDefault="00C912BB" w:rsidP="00980D9E">
-[...152 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="000B04E1" w:rsidRPr="0036111F" w:rsidRDefault="00E07991" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">УО, УВМП, ВУЗы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036111F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3368" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3922D1CE" w14:textId="350A0D47" w:rsidR="00980D9E" w:rsidRDefault="00C912BB" w:rsidP="00980D9E">
-[...1872 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="000B04E1" w:rsidRPr="0036111F" w:rsidRDefault="00E07991" w:rsidP="00980D9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0057697B">
+            <w:r w:rsidRPr="0036111F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>Есірткі</w:t>
-[...451 lines deleted...]
-              <w:t>тұрақты</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7796C056" w14:textId="61279961" w:rsidR="00060B44" w:rsidRDefault="00060B44">
+    <w:p w:rsidR="00060B44" w:rsidRDefault="00060B44">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4734069D" w14:textId="77777777" w:rsidR="009E7F10" w:rsidRPr="00060B44" w:rsidRDefault="009E7F10">
+    <w:p w:rsidR="009E7F10" w:rsidRPr="00060B44" w:rsidRDefault="009E7F10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="238A5FA8" w14:textId="77777777" w:rsidR="008139E5" w:rsidRDefault="008139E5">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C65304D" w14:textId="77777777" w:rsidR="008139E5" w:rsidRDefault="008139E5">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C97BE0B" w14:textId="77777777" w:rsidR="008139E5" w:rsidRDefault="008139E5">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02BDD408" w14:textId="77777777" w:rsidR="008139E5" w:rsidRDefault="008139E5">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75F2D942" w14:textId="0D7902A0" w:rsidR="008139E5" w:rsidRDefault="008139E5">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="766677B5" w14:textId="540B54D0" w:rsidR="00686171" w:rsidRDefault="00686171">
+    <w:p w:rsidR="00686171" w:rsidRDefault="00686171">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51C1855B" w14:textId="0825CD14" w:rsidR="00686171" w:rsidRDefault="00686171">
+    <w:p w:rsidR="00686171" w:rsidRDefault="00686171">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D3923A7" w14:textId="041977AB" w:rsidR="00686171" w:rsidRDefault="00686171">
+    <w:p w:rsidR="00686171" w:rsidRDefault="00686171">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60107EDC" w14:textId="509C7B92" w:rsidR="00686171" w:rsidRDefault="00686171">
+    <w:p w:rsidR="00686171" w:rsidRDefault="00686171">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E3D7951" w14:textId="3763D3C5" w:rsidR="00132260" w:rsidRDefault="00132260">
+    <w:p w:rsidR="00686171" w:rsidRDefault="00686171">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BC00104" w14:textId="5FF39EC3" w:rsidR="00132260" w:rsidRDefault="00132260">
+    <w:p w:rsidR="00686171" w:rsidRDefault="00686171">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="201E9468" w14:textId="50300D08" w:rsidR="00132260" w:rsidRDefault="00132260">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E70CF09" w14:textId="28C37206" w:rsidR="00132260" w:rsidRDefault="00132260">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CFA1D47" w14:textId="52422979" w:rsidR="00132260" w:rsidRDefault="00132260">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F3DEA63" w14:textId="1555B33B" w:rsidR="00132260" w:rsidRDefault="00132260">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13C99B0E" w14:textId="384E198A" w:rsidR="00132260" w:rsidRDefault="00132260">
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2736987A" w14:textId="748455E3" w:rsidR="00132260" w:rsidRDefault="00132260">
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13DFCFF1" w14:textId="77777777" w:rsidR="00132260" w:rsidRDefault="00132260">
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="677F9AF6" w14:textId="2568C216" w:rsidR="00686171" w:rsidRDefault="00686171">
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EEA7CFD" w14:textId="77777777" w:rsidR="00686171" w:rsidRDefault="00686171">
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2440957E" w14:textId="77777777" w:rsidR="008139E5" w:rsidRDefault="008139E5">
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78F8892A" w14:textId="77777777" w:rsidR="008139E5" w:rsidRDefault="008139E5">
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F47D757" w14:textId="77777777" w:rsidR="00C912BB" w:rsidRDefault="00C912BB">
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C912BB">
+    </w:p>
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Қолданылатын</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C912BB">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C912BB">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>аббревиатуралар</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C912BB">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>:</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E32E8" w:rsidRDefault="000E32E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00064929" w:rsidRPr="001742C4" w:rsidRDefault="00064929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001742C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Используемые аббревиатуры:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5B0D53" w14:textId="1D281D9F" w:rsidR="00064929" w:rsidRDefault="00064929">
+    <w:p w:rsidR="00064929" w:rsidRDefault="00064929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001742C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ОП </w:t>
       </w:r>
-      <w:r w:rsidR="00061BF6">
+      <w:r w:rsidR="006D7F60">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>–</w:t>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="001742C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Областная </w:t>
       </w:r>
-      <w:r w:rsidR="00061BF6">
-[...10 lines deleted...]
-      <w:r w:rsidR="00C912BB" w:rsidRPr="00C912BB">
+      <w:r w:rsidR="00255AE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>блыстық</w:t>
+        <w:t>п</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C912BB" w:rsidRPr="00C912BB">
+      <w:r w:rsidRPr="001742C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> прокуратура</w:t>
+        <w:t>рокуратура</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20005E0F" w14:textId="27B386F0" w:rsidR="00990D21" w:rsidRPr="001742C4" w:rsidRDefault="00C912BB">
+    <w:p w:rsidR="00990D21" w:rsidRPr="001742C4" w:rsidRDefault="00990D21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
+        <w:t>ДКНБ – Департамент комитета национальной безопасности</w:t>
       </w:r>
-      <w:r w:rsidR="00061BF6">
-[...79 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1894986E" w14:textId="1838B27D" w:rsidR="00064929" w:rsidRDefault="00064929" w:rsidP="00064929">
+    <w:p w:rsidR="00064929" w:rsidRDefault="00064929" w:rsidP="00064929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001742C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>П</w:t>
+        <w:t xml:space="preserve">ДП- Департамент полиции </w:t>
       </w:r>
-      <w:r w:rsidR="00C912BB">
+      <w:r w:rsidR="00FA5BA2" w:rsidRPr="00FA5BA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Д</w:t>
+        <w:t>Карагандинской области</w:t>
       </w:r>
-      <w:r w:rsidRPr="001742C4">
-[...25 lines deleted...]
-      <w:r w:rsidR="00061BF6">
+      <w:r w:rsidR="00FA5BA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>п</w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE94BA2" w14:textId="7942018B" w:rsidR="00255AE7" w:rsidRDefault="00C912BB" w:rsidP="00064929">
+    <w:p w:rsidR="00255AE7" w:rsidRDefault="00255AE7" w:rsidP="00064929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ЭТД</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ДЭР-Департамент экономических расследований </w:t>
       </w:r>
-      <w:r w:rsidR="00255AE7">
+      <w:r w:rsidR="00FA5BA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-</w:t>
+        <w:t xml:space="preserve">по </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C912BB">
-[...20 lines deleted...]
-      <w:r w:rsidR="00061BF6">
+      <w:r w:rsidR="00FA5BA2" w:rsidRPr="00FA5BA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>э</w:t>
+        <w:t>Карагандинской области</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="74BB178A" w14:textId="28ECC39F" w:rsidR="00493F19" w:rsidRDefault="00C912BB" w:rsidP="00064929">
+    <w:p w:rsidR="00493F19" w:rsidRDefault="00493F19" w:rsidP="00064929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C912BB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ССЖПБ</w:t>
+        <w:t xml:space="preserve">ЛОП - </w:t>
       </w:r>
-      <w:r w:rsidR="00493F19">
+      <w:r w:rsidR="00990D21" w:rsidRPr="00990D21">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - </w:t>
-[...27 lines deleted...]
-        <w:t>Сұрыптау станциясындағы полицияның желілік бөлімі</w:t>
+        <w:t>Линейный отдел полиции на станции Караганда-Сортировочная</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A3A939C" w14:textId="31B1D4B1" w:rsidR="00990D21" w:rsidRDefault="00061BF6" w:rsidP="00064929">
+    <w:p w:rsidR="00990D21" w:rsidRDefault="008508F7" w:rsidP="00064929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00061BF6">
+      <w:r w:rsidRPr="008508F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>МФБКД</w:t>
+        <w:t>ДКМФК</w:t>
       </w:r>
       <w:r w:rsidR="00990D21">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="00061BF6">
+      <w:r w:rsidRPr="008508F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ҚР ДСМ Медициналық және фармацевтикалық бақылау комитетінің Қарағанды облысы бойынша департаменті</w:t>
+        <w:t>Департамент Комитета медицинского и фармацевтического контроля МЗ РК по Карагандинской области</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B31D0C" w14:textId="53FB19E0" w:rsidR="008139E5" w:rsidRDefault="00061BF6" w:rsidP="00064929">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5" w:rsidP="00064929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00061BF6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>СЭБД</w:t>
+        <w:t xml:space="preserve">ДСЭК - </w:t>
       </w:r>
-      <w:r w:rsidR="008139E5">
+      <w:r w:rsidRPr="008139E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - </w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> Санитарлық-эпидемиологиялық бақылау департаменті</w:t>
+        <w:t>Департамент санитарно-эпидемиологического контроля Карагандинской области</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032AEA6F" w14:textId="2EF11582" w:rsidR="00061BF6" w:rsidRPr="00436C56" w:rsidRDefault="00061BF6">
+    <w:p w:rsidR="00413490" w:rsidRDefault="00413490" w:rsidP="00064929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>АМҚКж</w:t>
+        <w:t>ДДО – Департамент по делам обороны Карагандинской области</w:t>
       </w:r>
-      <w:r w:rsidR="00436C56">
+    </w:p>
+    <w:p w:rsidR="007036A8" w:rsidRPr="001742C4" w:rsidRDefault="007036A8" w:rsidP="00064929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007036A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>УИОГУиА</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007036A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Управление информатизации, оказания государственных услуг и архивов </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5BA2" w:rsidRPr="00FA5BA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>М</w:t>
+        <w:t>Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7339D" w:rsidRPr="001742C4" w:rsidRDefault="00B7339D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>МП-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC00C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Управление по вопросам молодежной политики</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5BA2" w:rsidRPr="00FA5BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F2CF1" w:rsidRPr="001742C4" w:rsidRDefault="001F2CF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001742C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>УО</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001742C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F32D0" w:rsidRPr="001742C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Управление образование</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5BA2" w:rsidRPr="00FA5BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Карагандинской области</w:t>
+      </w:r>
+      <w:r w:rsidR="007F32D0" w:rsidRPr="001742C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F2CF1" w:rsidRPr="001742C4" w:rsidRDefault="001F2CF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001742C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>УВП</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001742C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F32D0" w:rsidRPr="001742C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Управление внутренней политики </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5BA2" w:rsidRPr="00FA5BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F2CF1" w:rsidRDefault="001F2CF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001742C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>УЗ</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001742C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F32D0" w:rsidRPr="001742C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Управление здравоохранение </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5BA2" w:rsidRPr="00FA5BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50166" w:rsidRDefault="00E50166">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>УП-Управление предпринимательства</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5BA2" w:rsidRPr="00FA5BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009612AC" w:rsidRDefault="009612AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>УПИИР-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009612AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Управление промышленности и индустриально-инновационного развития Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA622A" w:rsidRDefault="00DA622A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>УСХ-Управление сельского хозяйства Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50166" w:rsidRDefault="00E50166">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E50166">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>УКЗСП</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Б</w:t>
+        <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007036A8" w:rsidRPr="00436C56">
+      <w:r w:rsidRPr="00E50166">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
+        <w:t>Управление координации занятости и социальных программ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00436C56">
+      <w:r w:rsidR="00FA5BA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қарағанды облысының ақпараттандыру, мемлекеттік қызметтер көрсету және мұрағаттар басқармасы </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5BA2" w:rsidRPr="00FA5BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Карагандинской области</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7822E8EB" w14:textId="7FE404AC" w:rsidR="00B62138" w:rsidRDefault="00B62138">
+    <w:p w:rsidR="00E50166" w:rsidRDefault="00E50166">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E50166">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>УЖКХ</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚІЖД - </w:t>
+        <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B62138">
+      <w:r w:rsidRPr="00E50166">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қарағанды облысының қорғаныс істері департаменті</w:t>
+        <w:t>Управление энергетики и жилищно- коммунального хозяйства</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5BA2" w:rsidRPr="00FA5BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Карагандинской области</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6198F16D" w14:textId="0B87E9D9" w:rsidR="00B7339D" w:rsidRPr="00B62138" w:rsidRDefault="00061BF6">
+    <w:p w:rsidR="00FA5BA2" w:rsidRDefault="00FA5BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ЖСМЖБ</w:t>
+        <w:t>УФКС-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B62138">
+      <w:r w:rsidRPr="00FA5BA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-        <w:t>Қарағанды облысының жастар саясаты мәселелері басқармасы</w:t>
+        <w:t>Управление физической культуры и спорта Карагандинской области</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D54F9D8" w14:textId="4C21E98B" w:rsidR="001F2CF1" w:rsidRPr="0057697B" w:rsidRDefault="00061BF6">
+    <w:p w:rsidR="006730C1" w:rsidRDefault="006730C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ББ</w:t>
+        <w:t xml:space="preserve">УКАД – Управление культуры, архивов и документации </w:t>
       </w:r>
-      <w:r w:rsidR="006D7F60" w:rsidRPr="0057697B">
+      <w:r w:rsidRPr="00FA5BA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-        <w:t>Қарағанды облысының білім басқармасы</w:t>
+        <w:t>Карагандинской области</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="432A039F" w14:textId="3673D443" w:rsidR="001F2CF1" w:rsidRPr="0057697B" w:rsidRDefault="00061BF6">
+    <w:p w:rsidR="00495C1E" w:rsidRDefault="00495C1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ІСБ</w:t>
+        <w:t xml:space="preserve">УФ – Управление финансов </w:t>
       </w:r>
-      <w:r w:rsidR="006D7F60" w:rsidRPr="0057697B">
+      <w:r w:rsidRPr="00FA5BA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-        <w:t>Қарағанды облысының ішкі саясат басқармасы</w:t>
+        <w:t>Карагандинской области</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599D2878" w14:textId="29416C97" w:rsidR="001F2CF1" w:rsidRPr="0057697B" w:rsidRDefault="00061BF6">
+    <w:p w:rsidR="00397242" w:rsidRDefault="00397242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ДБ</w:t>
+        <w:t xml:space="preserve">УПТиАД - </w:t>
       </w:r>
-      <w:r w:rsidR="006D7F60" w:rsidRPr="0057697B">
+      <w:r w:rsidRPr="00397242">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-        <w:t>Қарағанды облысының Денсаулық сақтау басқармасы</w:t>
+        <w:t>Управление пассажирского транспорта и автомобильных дорог Карагандинской области</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="097EB334" w14:textId="5DE70BCF" w:rsidR="00E50166" w:rsidRDefault="00061BF6">
+    <w:p w:rsidR="00397242" w:rsidRDefault="00397242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>КБ</w:t>
+        <w:t xml:space="preserve">УПРиРП - </w:t>
       </w:r>
-      <w:r w:rsidR="00E50166">
+      <w:r w:rsidRPr="00397242">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...14 lines deleted...]
-        <w:t>Қарағанды облысының кәсіпкерлік басқармасы</w:t>
+        <w:t>Управление природных ресурсов и регулирования природопользования Карагандинской области</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E31EB3E" w14:textId="78EBFBE0" w:rsidR="009612AC" w:rsidRDefault="00436C56">
+    <w:p w:rsidR="00397242" w:rsidRDefault="00397242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...24 lines deleted...]
-        <w:t>Қарағанды облысының өнеркәсіп және индустриялық-инновациялық даму басқармасы</w:t>
+        <w:t>УВ – Управление ветеринарии Карагандинской области</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB6246D" w14:textId="268C5540" w:rsidR="00DA622A" w:rsidRDefault="00061BF6">
+    <w:p w:rsidR="00397242" w:rsidRDefault="00397242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>АШБ</w:t>
-[...23 lines deleted...]
-        <w:t>Қарағанды облысының Ауыл шаруашылығы басқармасы</w:t>
+        <w:t>УДР – Управление по делам религий Карагандинской области</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF951C3" w14:textId="3967130C" w:rsidR="00E50166" w:rsidRDefault="00061BF6">
+    <w:p w:rsidR="00F114D3" w:rsidRDefault="00F114D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ЖҚҮжӘББ </w:t>
-[...23 lines deleted...]
-        <w:t>Қарағанды облысының жұмыспен қамтуды үйлестіру және әлеуметтік бағдарламалар басқармасы</w:t>
+        <w:t>ВУЗ – Высшее учебное заведение</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21AC2179" w14:textId="424D4312" w:rsidR="00E50166" w:rsidRDefault="00436C56">
+    <w:p w:rsidR="00EB4FA2" w:rsidRPr="00E50166" w:rsidRDefault="00EB4FA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ЭжТҮКШБ </w:t>
-[...23 lines deleted...]
-        <w:t>Қарағанды облысының энергетика және тұрғын үй - коммуналдық шаруашылық басқармасы</w:t>
+        <w:t>НПО – неправительственные организации</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B773FA8" w14:textId="5E9F06C5" w:rsidR="00FA5BA2" w:rsidRDefault="00061BF6">
-[...362 lines deleted...]
-    <w:p w14:paraId="352B6E62" w14:textId="5E367387" w:rsidR="008139E5" w:rsidRPr="00132260" w:rsidRDefault="008139E5" w:rsidP="00A93565">
+    <w:p w:rsidR="00D60397" w:rsidRPr="00397242" w:rsidRDefault="00D60397" w:rsidP="00A93565">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="7284"/>
           <w:tab w:val="left" w:pos="11340"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73B15E7E" w14:textId="7682F1B8" w:rsidR="008139E5" w:rsidRPr="00132260" w:rsidRDefault="008139E5" w:rsidP="00A93565">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5" w:rsidP="00A93565">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="7284"/>
           <w:tab w:val="left" w:pos="11340"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="068BCFBF" w14:textId="3CAD88B6" w:rsidR="008139E5" w:rsidRPr="00132260" w:rsidRDefault="008139E5" w:rsidP="00A93565">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5" w:rsidP="00A93565">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="7284"/>
           <w:tab w:val="left" w:pos="11340"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68627C0A" w14:textId="253D883E" w:rsidR="008139E5" w:rsidRPr="00132260" w:rsidRDefault="008139E5" w:rsidP="00A93565">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5" w:rsidP="00A93565">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="7284"/>
           <w:tab w:val="left" w:pos="11340"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44A0689F" w14:textId="77777777" w:rsidR="008139E5" w:rsidRPr="00132260" w:rsidRDefault="008139E5" w:rsidP="00A93565">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5" w:rsidP="00A93565">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="7284"/>
           <w:tab w:val="left" w:pos="11340"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1656BC82" w14:textId="2DDF89A3" w:rsidR="00A93565" w:rsidRPr="00132260" w:rsidRDefault="00A93565" w:rsidP="00A93565">
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5" w:rsidP="00A93565">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="7284"/>
+          <w:tab w:val="left" w:pos="11340"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5" w:rsidP="00A93565">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="7284"/>
+          <w:tab w:val="left" w:pos="11340"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008139E5" w:rsidRDefault="008139E5" w:rsidP="00A93565">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="7284"/>
+          <w:tab w:val="left" w:pos="11340"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A93565" w:rsidRPr="00A93565" w:rsidRDefault="00A93565" w:rsidP="00A93565">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk176418687"/>
     </w:p>
-    <w:p w14:paraId="5A7FCC16" w14:textId="02DA0EBF" w:rsidR="00A93565" w:rsidRPr="00132260" w:rsidRDefault="00A93565" w:rsidP="005A004A">
+    <w:p w:rsidR="00A93565" w:rsidRPr="00A93565" w:rsidRDefault="00A93565" w:rsidP="005A004A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00132260">
+      <w:r w:rsidRPr="00A93565">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:sectPr w:rsidR="00A93565" w:rsidRPr="00132260" w:rsidSect="00172FFF">
+    <w:sectPr w:rsidR="00A93565" w:rsidRPr="00A93565" w:rsidSect="00172FFF">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="0" w:right="536" w:bottom="709" w:left="993" w:header="567" w:footer="590" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FA68198" w14:textId="77777777" w:rsidR="004179CF" w:rsidRDefault="004179CF">
+    <w:p w:rsidR="00562A67" w:rsidRDefault="00562A67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B5123E9" w14:textId="77777777" w:rsidR="004179CF" w:rsidRDefault="004179CF">
+    <w:p w:rsidR="00562A67" w:rsidRDefault="00562A67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
@@ -36318,231 +16813,231 @@
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E2B7677" w14:textId="77777777" w:rsidR="004179CF" w:rsidRDefault="004179CF">
+    <w:p w:rsidR="00562A67" w:rsidRDefault="00562A67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12CBC475" w14:textId="77777777" w:rsidR="004179CF" w:rsidRDefault="004179CF">
+    <w:p w:rsidR="00562A67" w:rsidRDefault="00562A67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="32A48FF8" w14:textId="77777777" w:rsidR="0092509F" w:rsidRDefault="00000000">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="002D10DB" w:rsidRDefault="00B12FEA">
     <w:r>
-      <w:pict w14:anchorId="0E024FC4">
+      <w:pict>
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject1025" o:spid="_x0000_s1027" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:532.95pt;height:79.2pt;rotation:315;z-index:-251658752;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="gray" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:70pt" string="БСЕ 650470901"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5875B8F0" w14:textId="5CCA69DE" w:rsidR="0092509F" w:rsidRDefault="0092509F">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="002D10DB" w:rsidRDefault="00B12FEA">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B76CFC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00B76CFC">
+    <w:r w:rsidR="002D10DB" w:rsidRPr="00B76CFC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00B76CFC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00B76CFC">
+    <w:r w:rsidR="00D31D10">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>22</w:t>
+      <w:t>13</w:t>
     </w:r>
     <w:r w:rsidRPr="00B76CFC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5C4C5FBC" w14:textId="77777777" w:rsidR="0092509F" w:rsidRPr="00B76CFC" w:rsidRDefault="0092509F">
+  <w:p w:rsidR="002D10DB" w:rsidRPr="00B76CFC" w:rsidRDefault="002D10DB">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61C46FD0" w14:textId="77777777" w:rsidR="0092509F" w:rsidRDefault="0092509F">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="002D10DB" w:rsidRDefault="002D10DB">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="06F6412F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E05601FE"/>
     <w:lvl w:ilvl="0" w:tplc="AB3A56E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6BE24E60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -36638,51 +17133,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="75D04678">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="07F91B5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9AF050BC"/>
     <w:lvl w:ilvl="0" w:tplc="CF6287B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D6589154">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -36728,51 +17223,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="03B81754">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="46602AA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="09C570AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFBA4422"/>
     <w:lvl w:ilvl="0" w:tplc="3C888FF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="31B66432">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="7182F882">
@@ -36817,51 +17312,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="72AA4AC0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1F485F0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="19FA3745"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F48A846"/>
     <w:lvl w:ilvl="0" w:tplc="317020A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:strike w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1E8C645E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
@@ -36908,51 +17403,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="8940C47C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3A647004">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="209079F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16528AFE"/>
     <w:lvl w:ilvl="0" w:tplc="95A418BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7CF8B178">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -37048,51 +17543,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="87E4C2F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="20F34B36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="566E4BD2"/>
     <w:lvl w:ilvl="0" w:tplc="485AF7AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="99E08BF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D9A2ABCC">
@@ -37137,51 +17632,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10BE8710">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0EA88F98">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="295C7BE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55A88856"/>
     <w:lvl w:ilvl="0" w:tplc="AFF27686">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7982DE54">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FA461580">
@@ -37226,51 +17721,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="987662F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B44A1236">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="2C771FD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73AAD47C"/>
     <w:lvl w:ilvl="0" w:tplc="54BE655A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8750B262">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D2BAB20A">
@@ -37315,51 +17810,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="8AE61C5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="63CE475E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="2C8C2109"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37BA4BBC"/>
     <w:lvl w:ilvl="0" w:tplc="D890C688">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Malgun Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EFF8A914">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -37427,51 +17922,51 @@
     <w:lvl w:ilvl="7" w:tplc="1FF69F42">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0DAC05DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="35135F35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C047FD6"/>
     <w:lvl w:ilvl="0" w:tplc="C16CCC72">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E188BA42">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="27229E6C">
@@ -37516,51 +18011,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="70EA4264">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5CAED8B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="3FE50389"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B52854BC"/>
     <w:lvl w:ilvl="0" w:tplc="2B94173E">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1C24DB90">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="A6E4FB80">
@@ -37605,51 +18100,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="CF546C4E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6EEA6136">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="49F91367"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27043542"/>
     <w:lvl w:ilvl="0" w:tplc="88A6DB24">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8404EC04">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="06EABAC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -37691,51 +18186,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="EB304ED0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F698DAC0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="4ADC0F87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AA04F242"/>
     <w:lvl w:ilvl="0" w:tplc="6604407C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="660EC014">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -37831,335 +18326,263 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9E14EC74">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="4DC97038"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7343D92"/>
     <w:lvl w:ilvl="0" w:tplc="9092B0D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9E1E712C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="21A4D3E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="95FED18A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="427289D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="B3E859A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="C6F40BB0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B7163FD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="758C089A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="4F146DB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9872BC6E"/>
     <w:lvl w:ilvl="0" w:tplc="5A2819AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="15F4819C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -38255,51 +18678,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="91944344">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="5A5B2A40"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="05FA8692"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -38368,335 +18791,263 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="6360141D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B921B78"/>
     <w:lvl w:ilvl="0" w:tplc="3D3467CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EA7421C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="32F2CCEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="5E82FD74">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="DD70BF34">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="D3B0C436">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="CFBCFA08">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9F7CE8D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FA0A04B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:shadow/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
-[...6 lines deleted...]
-        </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="6553604C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2C82F382"/>
     <w:lvl w:ilvl="0" w:tplc="5B949A50">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="762CE4DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -38765,51 +19116,51 @@
     <w:lvl w:ilvl="7" w:tplc="02668494">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A99AF358">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="6778318F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F83A65EE"/>
     <w:lvl w:ilvl="0" w:tplc="D5D4C0B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BDDC1D30">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -38905,51 +19256,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="87A8DAFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="6BBA00AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C066968C"/>
     <w:lvl w:ilvl="0" w:tplc="FD6C9DA8">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A828AE5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="342E34D6">
@@ -38994,51 +19345,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="6554D80A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B44A30CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="731420CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9AEE11CA"/>
     <w:lvl w:ilvl="0" w:tplc="FA040EC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F1CCB24E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D2A0037E">
@@ -39083,51 +19434,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FBC2FF12">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F69C72F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="7555151A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71C629D0"/>
     <w:lvl w:ilvl="0" w:tplc="828A7E4A">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="59DCD21E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="40848DA4">
@@ -39172,51 +19523,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E8F0CD32">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A678DE9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="75B45EA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AD61D8C"/>
     <w:lvl w:ilvl="0" w:tplc="DB2237CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="49CC776E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -39312,51 +19663,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="47BA237E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23">
     <w:nsid w:val="7A600DF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9D6D22E"/>
     <w:lvl w:ilvl="0" w:tplc="C5224008">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="00C6E2C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="63BCA1D4">
@@ -39401,51 +19752,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0CD0CA12">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CEF406AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="7C7E3E52"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3C8C39D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -39514,51 +19865,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25">
     <w:nsid w:val="7EDF12CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="154A0472"/>
     <w:lvl w:ilvl="0" w:tplc="C35C430E">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04ACB790">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -39627,1012 +19978,750 @@
     <w:lvl w:ilvl="7" w:tplc="4C421192">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4998A772">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1613434679">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2047170807">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="570429572">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1184638252">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1561288519">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="527836595">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1019891232">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1899244183">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1873300897">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1042823168">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="150371183">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1163400981">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1153637814">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1763064483">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="476724208">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1613591971">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1568413477">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="512114042">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="368457033">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="384529322">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1719088075">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1424301877">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="85082976">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="520164827">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="73668473">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="696393792">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="709"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat>
-[...6 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00545BDB"/>
     <w:rsid w:val="00015AAE"/>
     <w:rsid w:val="00016147"/>
     <w:rsid w:val="00016C64"/>
     <w:rsid w:val="00023F48"/>
     <w:rsid w:val="000240A5"/>
     <w:rsid w:val="0002446C"/>
     <w:rsid w:val="00026D43"/>
     <w:rsid w:val="00031F9E"/>
+    <w:rsid w:val="000344F0"/>
+    <w:rsid w:val="000429D7"/>
     <w:rsid w:val="00060B44"/>
     <w:rsid w:val="0006177C"/>
-    <w:rsid w:val="00061BF6"/>
     <w:rsid w:val="00063188"/>
     <w:rsid w:val="00064929"/>
     <w:rsid w:val="00066593"/>
     <w:rsid w:val="00071E7A"/>
-    <w:rsid w:val="00093D25"/>
     <w:rsid w:val="00097FF7"/>
-    <w:rsid w:val="000A515E"/>
     <w:rsid w:val="000B04E1"/>
     <w:rsid w:val="000D2C5F"/>
     <w:rsid w:val="000E0DE2"/>
     <w:rsid w:val="000E32E8"/>
     <w:rsid w:val="00110CDD"/>
     <w:rsid w:val="001169ED"/>
-    <w:rsid w:val="00132260"/>
     <w:rsid w:val="00134AAD"/>
     <w:rsid w:val="00137654"/>
     <w:rsid w:val="00140990"/>
     <w:rsid w:val="0014483D"/>
-    <w:rsid w:val="00146C76"/>
-    <w:rsid w:val="00154922"/>
     <w:rsid w:val="00157547"/>
     <w:rsid w:val="00170AFC"/>
     <w:rsid w:val="00172FFF"/>
     <w:rsid w:val="001742C4"/>
     <w:rsid w:val="00183927"/>
     <w:rsid w:val="001A5E18"/>
     <w:rsid w:val="001B5CF5"/>
     <w:rsid w:val="001C09B3"/>
     <w:rsid w:val="001C19CE"/>
     <w:rsid w:val="001D475C"/>
     <w:rsid w:val="001D781B"/>
+    <w:rsid w:val="001E3A8D"/>
     <w:rsid w:val="001F2CF1"/>
     <w:rsid w:val="001F393B"/>
     <w:rsid w:val="001F7D7D"/>
     <w:rsid w:val="00205FD5"/>
     <w:rsid w:val="00222FF0"/>
     <w:rsid w:val="00235277"/>
     <w:rsid w:val="00244A3B"/>
     <w:rsid w:val="00251ED0"/>
     <w:rsid w:val="00255AE7"/>
     <w:rsid w:val="00262D74"/>
     <w:rsid w:val="00282163"/>
     <w:rsid w:val="002847A6"/>
     <w:rsid w:val="00290E88"/>
     <w:rsid w:val="002916F2"/>
     <w:rsid w:val="00292FF2"/>
     <w:rsid w:val="002946C0"/>
     <w:rsid w:val="00294D65"/>
     <w:rsid w:val="002958C2"/>
     <w:rsid w:val="0029733C"/>
     <w:rsid w:val="002A2511"/>
     <w:rsid w:val="002B67F8"/>
     <w:rsid w:val="002B7783"/>
     <w:rsid w:val="002C529D"/>
     <w:rsid w:val="002C6108"/>
     <w:rsid w:val="002D10DB"/>
     <w:rsid w:val="002D734D"/>
     <w:rsid w:val="002E26C1"/>
     <w:rsid w:val="002E4B7A"/>
+    <w:rsid w:val="002E54F8"/>
     <w:rsid w:val="002F0172"/>
     <w:rsid w:val="002F36CA"/>
     <w:rsid w:val="002F71DB"/>
     <w:rsid w:val="00306F6A"/>
     <w:rsid w:val="00313A3A"/>
     <w:rsid w:val="00317BD0"/>
     <w:rsid w:val="00321312"/>
     <w:rsid w:val="003218BF"/>
     <w:rsid w:val="00327A90"/>
     <w:rsid w:val="0033296F"/>
     <w:rsid w:val="0035298C"/>
+    <w:rsid w:val="0036111F"/>
     <w:rsid w:val="00361EA3"/>
-    <w:rsid w:val="00371E38"/>
     <w:rsid w:val="00381B10"/>
     <w:rsid w:val="00382615"/>
     <w:rsid w:val="003846E1"/>
     <w:rsid w:val="00385A41"/>
     <w:rsid w:val="00385EBF"/>
     <w:rsid w:val="0039046B"/>
     <w:rsid w:val="00392BFE"/>
     <w:rsid w:val="00393C7A"/>
     <w:rsid w:val="00393F3F"/>
     <w:rsid w:val="00394529"/>
+    <w:rsid w:val="00397242"/>
     <w:rsid w:val="003A0ABE"/>
     <w:rsid w:val="003A2759"/>
     <w:rsid w:val="003A772A"/>
     <w:rsid w:val="003B0D76"/>
     <w:rsid w:val="003D25F3"/>
     <w:rsid w:val="003D5CB9"/>
     <w:rsid w:val="003F2626"/>
     <w:rsid w:val="003F5BE0"/>
     <w:rsid w:val="00401484"/>
     <w:rsid w:val="00406E0C"/>
     <w:rsid w:val="00412B6A"/>
     <w:rsid w:val="00412C15"/>
     <w:rsid w:val="00412F65"/>
+    <w:rsid w:val="00413490"/>
     <w:rsid w:val="0041349F"/>
     <w:rsid w:val="004166F7"/>
-    <w:rsid w:val="004179CF"/>
     <w:rsid w:val="00427A86"/>
-    <w:rsid w:val="00436C56"/>
     <w:rsid w:val="0044415C"/>
     <w:rsid w:val="00455FC2"/>
     <w:rsid w:val="00457626"/>
     <w:rsid w:val="00465B9B"/>
     <w:rsid w:val="00475091"/>
     <w:rsid w:val="00486C49"/>
     <w:rsid w:val="0049262D"/>
     <w:rsid w:val="00493F19"/>
     <w:rsid w:val="00494A0C"/>
     <w:rsid w:val="00494A75"/>
     <w:rsid w:val="00495C1E"/>
     <w:rsid w:val="004A1553"/>
     <w:rsid w:val="004A1676"/>
     <w:rsid w:val="004B2465"/>
     <w:rsid w:val="004C1D03"/>
     <w:rsid w:val="004E105E"/>
     <w:rsid w:val="004F2B5C"/>
     <w:rsid w:val="004F7F5F"/>
     <w:rsid w:val="00501B18"/>
     <w:rsid w:val="005110AD"/>
     <w:rsid w:val="00515696"/>
     <w:rsid w:val="00526487"/>
     <w:rsid w:val="005279D7"/>
     <w:rsid w:val="00534185"/>
     <w:rsid w:val="005409EF"/>
-    <w:rsid w:val="00541460"/>
     <w:rsid w:val="00545BDB"/>
-    <w:rsid w:val="0054721A"/>
     <w:rsid w:val="00553DC7"/>
     <w:rsid w:val="00554213"/>
     <w:rsid w:val="00554FA7"/>
     <w:rsid w:val="005625ED"/>
+    <w:rsid w:val="00562A67"/>
     <w:rsid w:val="00566BDD"/>
-    <w:rsid w:val="0057697B"/>
     <w:rsid w:val="005A004A"/>
-    <w:rsid w:val="005A1694"/>
     <w:rsid w:val="005A6151"/>
     <w:rsid w:val="005B1FD7"/>
     <w:rsid w:val="005D3A04"/>
     <w:rsid w:val="005D58A1"/>
     <w:rsid w:val="005D66C5"/>
     <w:rsid w:val="005E1764"/>
     <w:rsid w:val="005E1940"/>
     <w:rsid w:val="005E1FB3"/>
     <w:rsid w:val="005E3C10"/>
     <w:rsid w:val="005F3A08"/>
     <w:rsid w:val="005F6B04"/>
     <w:rsid w:val="00612D2A"/>
     <w:rsid w:val="0061565A"/>
     <w:rsid w:val="00620AE1"/>
     <w:rsid w:val="00620C49"/>
-    <w:rsid w:val="00631105"/>
     <w:rsid w:val="00637641"/>
     <w:rsid w:val="006526C0"/>
     <w:rsid w:val="006622D7"/>
     <w:rsid w:val="00665E4D"/>
     <w:rsid w:val="00666E67"/>
     <w:rsid w:val="006730C1"/>
     <w:rsid w:val="00675163"/>
     <w:rsid w:val="00680189"/>
     <w:rsid w:val="00686171"/>
     <w:rsid w:val="00687D95"/>
-    <w:rsid w:val="006A1176"/>
     <w:rsid w:val="006A3AFB"/>
     <w:rsid w:val="006B2D94"/>
     <w:rsid w:val="006D7F60"/>
     <w:rsid w:val="006F2D93"/>
     <w:rsid w:val="006F647E"/>
     <w:rsid w:val="00700501"/>
     <w:rsid w:val="007036A8"/>
+    <w:rsid w:val="00714BD8"/>
     <w:rsid w:val="00740534"/>
     <w:rsid w:val="00743788"/>
     <w:rsid w:val="00746869"/>
     <w:rsid w:val="007506E2"/>
     <w:rsid w:val="00760FB0"/>
     <w:rsid w:val="00763520"/>
     <w:rsid w:val="007653CF"/>
     <w:rsid w:val="00765931"/>
     <w:rsid w:val="00780105"/>
     <w:rsid w:val="00784156"/>
     <w:rsid w:val="007925DA"/>
     <w:rsid w:val="00793122"/>
     <w:rsid w:val="00796CDB"/>
     <w:rsid w:val="007A6DED"/>
     <w:rsid w:val="007A6F2A"/>
     <w:rsid w:val="007B536D"/>
     <w:rsid w:val="007B6ED2"/>
     <w:rsid w:val="007C0D2B"/>
     <w:rsid w:val="007C5264"/>
     <w:rsid w:val="007E01F9"/>
     <w:rsid w:val="007E1C44"/>
     <w:rsid w:val="007E5C76"/>
     <w:rsid w:val="007F32D0"/>
     <w:rsid w:val="0080402D"/>
     <w:rsid w:val="00811F24"/>
     <w:rsid w:val="008139E5"/>
-    <w:rsid w:val="00823CE8"/>
+    <w:rsid w:val="00833A28"/>
     <w:rsid w:val="008348AF"/>
     <w:rsid w:val="008354E8"/>
     <w:rsid w:val="008508F7"/>
     <w:rsid w:val="0085497B"/>
     <w:rsid w:val="00861E56"/>
     <w:rsid w:val="0088106C"/>
     <w:rsid w:val="008811D4"/>
     <w:rsid w:val="00884BF8"/>
     <w:rsid w:val="008908CA"/>
     <w:rsid w:val="00891CB1"/>
     <w:rsid w:val="00892B49"/>
     <w:rsid w:val="00893E83"/>
     <w:rsid w:val="008974A4"/>
     <w:rsid w:val="008A1BA3"/>
     <w:rsid w:val="008A3E85"/>
     <w:rsid w:val="008A5E8C"/>
     <w:rsid w:val="008B1C8F"/>
     <w:rsid w:val="008B2DDF"/>
     <w:rsid w:val="008B6D46"/>
     <w:rsid w:val="008C7CEF"/>
-    <w:rsid w:val="008D0C8B"/>
     <w:rsid w:val="008D38A0"/>
     <w:rsid w:val="008D6AB9"/>
     <w:rsid w:val="008E0946"/>
     <w:rsid w:val="008E345C"/>
     <w:rsid w:val="008E4EB1"/>
     <w:rsid w:val="008F701A"/>
+    <w:rsid w:val="008F7ADE"/>
     <w:rsid w:val="009004A0"/>
     <w:rsid w:val="00904CC5"/>
     <w:rsid w:val="00920EB1"/>
-    <w:rsid w:val="0092509F"/>
     <w:rsid w:val="00937FCE"/>
     <w:rsid w:val="00950260"/>
     <w:rsid w:val="00955279"/>
     <w:rsid w:val="009612AC"/>
     <w:rsid w:val="00967614"/>
     <w:rsid w:val="00972DBC"/>
     <w:rsid w:val="00980D9E"/>
     <w:rsid w:val="00981DA8"/>
     <w:rsid w:val="00982224"/>
     <w:rsid w:val="009850B1"/>
     <w:rsid w:val="00990C09"/>
     <w:rsid w:val="00990D21"/>
     <w:rsid w:val="009A58D8"/>
     <w:rsid w:val="009B15CF"/>
     <w:rsid w:val="009B21A2"/>
-    <w:rsid w:val="009B6202"/>
     <w:rsid w:val="009C35ED"/>
     <w:rsid w:val="009C5395"/>
     <w:rsid w:val="009C54B3"/>
     <w:rsid w:val="009D61E1"/>
     <w:rsid w:val="009E7F10"/>
     <w:rsid w:val="009F2F8B"/>
     <w:rsid w:val="009F3C99"/>
     <w:rsid w:val="00A058C9"/>
     <w:rsid w:val="00A163A5"/>
     <w:rsid w:val="00A21AE9"/>
     <w:rsid w:val="00A2474D"/>
     <w:rsid w:val="00A26F35"/>
     <w:rsid w:val="00A35F58"/>
     <w:rsid w:val="00A50119"/>
     <w:rsid w:val="00A54A21"/>
     <w:rsid w:val="00A56472"/>
     <w:rsid w:val="00A71A8F"/>
     <w:rsid w:val="00A71DC0"/>
     <w:rsid w:val="00A7223A"/>
     <w:rsid w:val="00A72710"/>
     <w:rsid w:val="00A73E5B"/>
     <w:rsid w:val="00A767E1"/>
     <w:rsid w:val="00A77263"/>
-    <w:rsid w:val="00A80955"/>
     <w:rsid w:val="00A86D81"/>
     <w:rsid w:val="00A93565"/>
     <w:rsid w:val="00AB3FC7"/>
+    <w:rsid w:val="00AC596E"/>
     <w:rsid w:val="00AC7E72"/>
     <w:rsid w:val="00AD0D95"/>
     <w:rsid w:val="00AE03C5"/>
     <w:rsid w:val="00AF0CE4"/>
     <w:rsid w:val="00B05112"/>
     <w:rsid w:val="00B052A6"/>
     <w:rsid w:val="00B07197"/>
     <w:rsid w:val="00B1210C"/>
+    <w:rsid w:val="00B12FEA"/>
     <w:rsid w:val="00B16F61"/>
     <w:rsid w:val="00B2272E"/>
-    <w:rsid w:val="00B23D74"/>
     <w:rsid w:val="00B3445F"/>
     <w:rsid w:val="00B42848"/>
-    <w:rsid w:val="00B44509"/>
     <w:rsid w:val="00B5153D"/>
     <w:rsid w:val="00B51964"/>
     <w:rsid w:val="00B5562D"/>
     <w:rsid w:val="00B57F26"/>
     <w:rsid w:val="00B60ADF"/>
-    <w:rsid w:val="00B62138"/>
     <w:rsid w:val="00B6322E"/>
     <w:rsid w:val="00B71CF9"/>
     <w:rsid w:val="00B7339D"/>
     <w:rsid w:val="00B75D42"/>
     <w:rsid w:val="00B76CFC"/>
     <w:rsid w:val="00B82202"/>
     <w:rsid w:val="00BA426B"/>
     <w:rsid w:val="00BA4D48"/>
     <w:rsid w:val="00BB0AC1"/>
     <w:rsid w:val="00BD4CCE"/>
     <w:rsid w:val="00BD638E"/>
     <w:rsid w:val="00BE1D1A"/>
     <w:rsid w:val="00BE40F9"/>
     <w:rsid w:val="00BF3923"/>
     <w:rsid w:val="00C00B11"/>
     <w:rsid w:val="00C07568"/>
     <w:rsid w:val="00C075D9"/>
     <w:rsid w:val="00C14A02"/>
     <w:rsid w:val="00C41AF1"/>
     <w:rsid w:val="00C45518"/>
     <w:rsid w:val="00C50FA3"/>
-    <w:rsid w:val="00C5190A"/>
     <w:rsid w:val="00C5425F"/>
     <w:rsid w:val="00C54630"/>
-    <w:rsid w:val="00C617B0"/>
     <w:rsid w:val="00C61D01"/>
     <w:rsid w:val="00C63A94"/>
-    <w:rsid w:val="00C63AD6"/>
     <w:rsid w:val="00C66455"/>
-    <w:rsid w:val="00C71A0A"/>
     <w:rsid w:val="00C764CD"/>
     <w:rsid w:val="00C84350"/>
     <w:rsid w:val="00C87566"/>
     <w:rsid w:val="00C877C9"/>
     <w:rsid w:val="00C87E8C"/>
-    <w:rsid w:val="00C912BB"/>
     <w:rsid w:val="00C94248"/>
     <w:rsid w:val="00C95E0E"/>
     <w:rsid w:val="00CA254F"/>
+    <w:rsid w:val="00CA7886"/>
     <w:rsid w:val="00CC098F"/>
     <w:rsid w:val="00CD684A"/>
     <w:rsid w:val="00CD7B2F"/>
     <w:rsid w:val="00CE33D0"/>
     <w:rsid w:val="00CE60C4"/>
     <w:rsid w:val="00CE702C"/>
     <w:rsid w:val="00CF2C96"/>
     <w:rsid w:val="00CF6281"/>
     <w:rsid w:val="00D11756"/>
     <w:rsid w:val="00D23EB9"/>
+    <w:rsid w:val="00D31D10"/>
     <w:rsid w:val="00D32CCE"/>
     <w:rsid w:val="00D43F30"/>
     <w:rsid w:val="00D44A60"/>
     <w:rsid w:val="00D458BC"/>
     <w:rsid w:val="00D5041A"/>
     <w:rsid w:val="00D60397"/>
-    <w:rsid w:val="00D6634D"/>
     <w:rsid w:val="00D670D7"/>
     <w:rsid w:val="00D70A36"/>
     <w:rsid w:val="00D801B0"/>
     <w:rsid w:val="00D834AA"/>
-    <w:rsid w:val="00D863E3"/>
     <w:rsid w:val="00D9055D"/>
     <w:rsid w:val="00D9500E"/>
     <w:rsid w:val="00D953B5"/>
     <w:rsid w:val="00D9602C"/>
     <w:rsid w:val="00D97578"/>
     <w:rsid w:val="00DA1F6E"/>
     <w:rsid w:val="00DA622A"/>
     <w:rsid w:val="00DB3759"/>
     <w:rsid w:val="00DB4EBA"/>
     <w:rsid w:val="00DB55FB"/>
     <w:rsid w:val="00DB5972"/>
     <w:rsid w:val="00DC643E"/>
-    <w:rsid w:val="00DD4034"/>
     <w:rsid w:val="00DD5BB6"/>
     <w:rsid w:val="00DF19A4"/>
     <w:rsid w:val="00DF1EB0"/>
     <w:rsid w:val="00DF350A"/>
-    <w:rsid w:val="00DF458B"/>
     <w:rsid w:val="00E00B9B"/>
     <w:rsid w:val="00E02A3B"/>
     <w:rsid w:val="00E04DDC"/>
     <w:rsid w:val="00E07991"/>
     <w:rsid w:val="00E16DD4"/>
     <w:rsid w:val="00E20B42"/>
     <w:rsid w:val="00E358D6"/>
     <w:rsid w:val="00E3737D"/>
     <w:rsid w:val="00E43F25"/>
-    <w:rsid w:val="00E44775"/>
     <w:rsid w:val="00E46358"/>
     <w:rsid w:val="00E50166"/>
     <w:rsid w:val="00E67D69"/>
     <w:rsid w:val="00E70090"/>
+    <w:rsid w:val="00E85734"/>
     <w:rsid w:val="00E9540C"/>
     <w:rsid w:val="00EB2227"/>
     <w:rsid w:val="00EB4FA2"/>
     <w:rsid w:val="00EC21E1"/>
     <w:rsid w:val="00EC620F"/>
     <w:rsid w:val="00EC6C30"/>
     <w:rsid w:val="00ED11D2"/>
     <w:rsid w:val="00EE44DB"/>
     <w:rsid w:val="00EE5896"/>
     <w:rsid w:val="00F02787"/>
     <w:rsid w:val="00F058E7"/>
     <w:rsid w:val="00F10066"/>
     <w:rsid w:val="00F114D3"/>
     <w:rsid w:val="00F15027"/>
     <w:rsid w:val="00F2367D"/>
     <w:rsid w:val="00F302B5"/>
     <w:rsid w:val="00F30F42"/>
     <w:rsid w:val="00F3772D"/>
     <w:rsid w:val="00F602F9"/>
     <w:rsid w:val="00F621E0"/>
-    <w:rsid w:val="00F66305"/>
     <w:rsid w:val="00F738BE"/>
     <w:rsid w:val="00F84081"/>
     <w:rsid w:val="00F90E55"/>
     <w:rsid w:val="00F9292E"/>
     <w:rsid w:val="00F97F38"/>
     <w:rsid w:val="00FA5BA2"/>
     <w:rsid w:val="00FA67F6"/>
     <w:rsid w:val="00FA6DB9"/>
     <w:rsid w:val="00FA7D70"/>
-    <w:rsid w:val="00FB23BA"/>
     <w:rsid w:val="00FB65E0"/>
     <w:rsid w:val="00FC00C4"/>
     <w:rsid w:val="00FC1AE2"/>
     <w:rsid w:val="00FD172E"/>
     <w:rsid w:val="00FD473C"/>
     <w:rsid w:val="00FD5A92"/>
     <w:rsid w:val="00FF1617"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5DA8D119"/>
-  <w15:docId w15:val="{A51B9DD3-CCFE-45CC-B444-61A55F032616}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...373 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FA67F6"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="002C7EB3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -40658,103 +20747,111 @@
     <w:rsid w:val="00FB65E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00473FB2"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Знак Знак Знак Знак Знак,Знак Знак1 Знак,Знак Знак1 Знак Знак,Знак Знак3,Знак4,Знак4 Зна,Обычный (Web),Обычный (Web)1,Обычный (веб) Знак Знак Знак,Обычный (веб) Знак Знак Знак Знак,Обычный (веб) Знак Знак1,Обычный (веб) Знак1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00473FB2"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Malgun Gothic" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-    <w:name w:val="Обычный (Интернет) Знак"/>
-    <w:aliases w:val="Знак Знак Знак Знак Знак Знак,Знак Знак1 Знак Знак1,Знак Знак1 Знак Знак Знак,Знак Знак3 Знак,Знак4 Знак,Знак4 Зна Знак,Обычный (Web) Знак,Обычный (Web)1 Знак,Обычный (веб) Знак Знак Знак Знак1,Обычный (веб) Знак Знак1 Знак"/>
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Знак Знак Знак Знак Знак Знак,Знак Знак1 Знак Знак1,Знак Знак1 Знак Знак Знак,Знак Знак3 Знак,Знак4 Знак,Знак4 Зна Знак,Обычный (Web) Знак,Обычный (Web)1 Знак,Обычный (веб) Знак Знак Знак Знак1,Обычный (веб) Знак Знак Знак Знак Знак"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00473FB2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Malgun Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="Абзац списка1,маркированный"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00473FB2"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
@@ -41037,51 +21134,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="12">
     <w:name w:val="Импортированный стиль 1"/>
     <w:rsid w:val="00B87FAC"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FB65E0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="128715539">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="350228609">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -41614,100 +21711,96 @@
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB2E1343-E528-4DFF-83B4-9ED0AC252403}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBF3A3E9-340B-48A5-85C8-6C809C78C8CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E949867F-C5E1-4D20-88AF-41F7D2F6DECF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08001BF4-6F2F-4F46-AFE9-AEF97554383A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>19068</Characters>
+  <Pages>13</Pages>
+  <Words>3248</Words>
+  <Characters>18518</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>158</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>154</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22369</CharactersWithSpaces>
+  <CharactersWithSpaces>21723</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Сара Мойнакова</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_2059aa38-f392-4105-be92-628035578272_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_2059aa38-f392-4105-be92-628035578272_SetDate">
     <vt:lpwstr>2023-08-02T06:02:04Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_2059aa38-f392-4105-be92-628035578272_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_2059aa38-f392-4105-be92-628035578272_Name">
     <vt:lpwstr>IOMLb0020IN123173</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_2059aa38-f392-4105-be92-628035578272_SiteId">
     <vt:lpwstr>1588262d-23fb-43b4-bd6e-bce49c8e6186</vt:lpwstr>
   </property>