--- v0 (2025-10-19)
+++ v1 (2025-12-17)
@@ -1,337 +1,389 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
-[...273 lines deleted...]
-    </w:p>
     <w:p w:rsidR="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="009E0644">
+    <w:p w:rsidR="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0644">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>УВАЖАЕМЫЕ ПЕДАГОГИ!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0644">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В соответствии с Законом Республики Казахстан «О статусе педагога» в Республике Казахстан признается особый статус педагога, обеспечивающий условия для осуществления им своей профессиональной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0644">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Данным законом предусмотрены условия, ограничения, права и обязанности педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0644">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Так, в соответствии данным Законом, при осуществлении педагогом профессиональной деятельности не допускаются привлечение его к видам работ, не связанным с профессиональными обязанностями, за исключением случаев, предусмотренных законами Республики Казахстан, а также возложение на него обязанности по приобретению товаров и услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0644">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>При этом за привлечение к несвойственным функциональным обязанностям педагогов предусмотрено административное взыскание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0644">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Также согласно Правил педагогической этики одним из основных норм педагогической этики является то, что педагоги принимают меры по предупреждению коррупции, своим личным поведением подают пример честности, беспристрастности и справедливости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0644">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Уважаемые педагоги! Согласно Закона РК «Об образовании» организации образования раз в 5 лет проходят государственную аттестацию, которую проводят Департаменты по обеспечению качества в сфере образования Министерства просвещения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0644">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вместе с тем имеются случаи сбора денежных средств с педагогов, якобы для получения положительного заключения по государственной аттестации организации образования, что является коррупционным фактором. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0644">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На основании вышеизложенного, в целях своевременного реагирования на факты коррупционных проявлений доводим до  сведения, что в случае фактов сбора денежных средств при проведении государственной аттестации можете сообщить о данном факте в региональный Департамент по обеспечению качества либо в Комитет по обеспечению качества в сфере образования Министерства просвещения Республики Казахстан по телефону: 8 7172-74-23-92.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0644">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комитет по обеспечению качества в сфере образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0644">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Министерства просвещения Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0644">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E0644" w:rsidRPr="009E0644" w:rsidRDefault="009E0644" w:rsidP="009E0644">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009E0644" w:rsidRPr="009E0644">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -358,55 +410,55 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A12D92"/>
     <w:rsid w:val="00003213"/>
     <w:rsid w:val="00160040"/>
     <w:rsid w:val="002232EF"/>
     <w:rsid w:val="0025094A"/>
     <w:rsid w:val="00447668"/>
     <w:rsid w:val="00521488"/>
     <w:rsid w:val="00581B78"/>
     <w:rsid w:val="00585A3D"/>
     <w:rsid w:val="005F1E99"/>
     <w:rsid w:val="006A7B6C"/>
     <w:rsid w:val="007458E3"/>
     <w:rsid w:val="00797266"/>
     <w:rsid w:val="007C2116"/>
     <w:rsid w:val="00814496"/>
-    <w:rsid w:val="00844B98"/>
     <w:rsid w:val="00853CCB"/>
     <w:rsid w:val="008660B7"/>
     <w:rsid w:val="009E0644"/>
     <w:rsid w:val="00A12D92"/>
+    <w:rsid w:val="00A704CF"/>
     <w:rsid w:val="00B53768"/>
     <w:rsid w:val="00C757F5"/>
     <w:rsid w:val="00D20B78"/>
     <w:rsid w:val="00E570E2"/>
     <w:rsid w:val="00EF3048"/>
     <w:rsid w:val="00F76B55"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -1286,70 +1338,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>280</Words>
-  <Characters>1602</Characters>
+  <Words>297</Words>
+  <Characters>1696</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
+  <Lines>14</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1879</CharactersWithSpaces>
+  <CharactersWithSpaces>1990</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>