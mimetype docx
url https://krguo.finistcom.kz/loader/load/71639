--- v0 (2025-10-19)
+++ v1 (2025-12-17)
@@ -14,297 +14,221 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="00197380" w:rsidRPr="005345E2" w:rsidRDefault="00197380" w:rsidP="003B78E5">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003B78E5" w:rsidRPr="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="003B78E5">
+    <w:p w:rsidR="0026796D" w:rsidRPr="00220E19" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:jc w:val="right"/>
+        <w:ind w:left="10620"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00220E19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-        <w:t>УТВЕРЖДАЮ</w:t>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бекітемін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B78E5" w:rsidRDefault="008D5B4C" w:rsidP="003B78E5">
+    <w:p w:rsidR="0026796D" w:rsidRPr="00220E19" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:jc w:val="right"/>
-[...60 lines deleted...]
-        <w:t>»</w:t>
+        <w:ind w:left="10620"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00220E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Директор </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D06D73" w:rsidRPr="005345E2" w:rsidRDefault="00D06D73" w:rsidP="003B78E5">
+    <w:p w:rsidR="0026796D" w:rsidRPr="00220E19" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:jc w:val="right"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">ОО г.Шахтинска УО КО </w:t>
+        <w:ind w:left="10620"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00220E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚО ББ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шахтинск</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ. ББ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B78E5" w:rsidRPr="005345E2" w:rsidRDefault="00DC19E6" w:rsidP="003B78E5">
+    <w:p w:rsidR="0026796D" w:rsidRPr="00220E19" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:jc w:val="right"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">______ </w:t>
+        <w:ind w:left="10620"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00220E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«№ 2 ЖББМ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>директоры м.а.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026796D" w:rsidRPr="00220E19" w:rsidRDefault="0026796D" w:rsidP="0026796D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="10620"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00220E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008D5B4C">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00220E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Закенов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008D5B4C">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00220E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Е.С</w:t>
-      </w:r>
-[...81 lines deleted...]
-        <w:t>г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B78E5" w:rsidRPr="005345E2" w:rsidRDefault="003B78E5" w:rsidP="003B78E5">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="003B78E5">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -323,1202 +247,2629 @@
     </w:p>
     <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="003B78E5">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="003B78E5">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003B78E5" w:rsidRPr="00DC19E6" w:rsidRDefault="002332C6" w:rsidP="003B78E5">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC19E6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>План мероприятий</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B78E5" w:rsidRPr="00DC19E6">
+        <w:t xml:space="preserve">2024-2025 оқу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="003B78E5" w:rsidRPr="00DC19E6">
+        <w:t>жылына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="003B78E5" w:rsidRPr="00DC19E6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арналған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026796D" w:rsidRPr="00894F2B" w:rsidRDefault="0026796D" w:rsidP="0026796D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894F2B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC19E6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқушылармен кәсіптік бағдарлау жұмысы жөніндегі іс-шаралар жоспары </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC19E6" w:rsidRPr="00894F2B" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D06D73" w:rsidRPr="00DC19E6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC19E6" w:rsidRPr="00894F2B" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008D5B4C" w:rsidRPr="00DC19E6">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC19E6" w:rsidRPr="00894F2B" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00DC19E6">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC19E6" w:rsidRPr="00894F2B" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00A77688" w:rsidRPr="00DC19E6">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC19E6" w:rsidRPr="00894F2B" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008D5B4C" w:rsidRPr="00DC19E6">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC19E6" w:rsidRPr="00894F2B" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00DC19E6">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC19E6" w:rsidRPr="00894F2B" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F2F05" w:rsidRPr="00DC19E6" w:rsidRDefault="005F2F05" w:rsidP="003B78E5">
+    <w:p w:rsidR="00DC19E6" w:rsidRPr="00894F2B" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC19E6" w:rsidRPr="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+    <w:p w:rsidR="00DC19E6" w:rsidRPr="00894F2B" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC19E6" w:rsidRPr="00894F2B" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+    <w:p w:rsidR="00894F2B" w:rsidRDefault="00894F2B" w:rsidP="00E53AC0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00894F2B" w:rsidRDefault="00894F2B" w:rsidP="00E53AC0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00894F2B" w:rsidRDefault="00894F2B" w:rsidP="00E53AC0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00894F2B" w:rsidRDefault="00894F2B" w:rsidP="00E53AC0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00894F2B" w:rsidRDefault="00894F2B" w:rsidP="00E53AC0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00894F2B" w:rsidRDefault="00894F2B" w:rsidP="00E53AC0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Мақсаты: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқушылардың еңбекке </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>саналы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзқарасын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өз мүмкіндіктеріне, қабілеттеріне сәйкес және еңбек нарығының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талаптарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>саласын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таңдау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еркіндігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайында кәсіби өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзі анықтау.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тапсырмалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>профильдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таңдау үшін оқушылардың қалауы, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бейімділігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және мүмкіндіктері </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дәйекті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сабақтарда және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыныптан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыстарда қолданылатын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кешенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және дәстүрлі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>формалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен әдістер арқылы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бейіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқытудың кең ауқымын қамтамасыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
+    <w:p w:rsidR="00E53AC0" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмысқа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орналасу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қиындықтарын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болжау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оңай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кейбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушыларына қосымша қолдау көрсету.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DC19E6" w:rsidRDefault="00DC19E6" w:rsidP="00E53AC0">
-[...424 lines deleted...]
-    <w:p w:rsidR="00E53AC0" w:rsidRPr="00A33533" w:rsidRDefault="00E53AC0" w:rsidP="002328C5">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мектептегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіптік бағдар беру жұмысындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағыттар:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E53AC0" w:rsidRPr="00A33533" w:rsidRDefault="00E53AC0" w:rsidP="00E53AC0">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A33533">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіби </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру. Еңбек қызметінің мазмұны, кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жолдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Еңбек нарығының қажеттіліктері </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғылыми ұйымдастырылған ақпараттандыру, кәсіптер мен мамандықтармен, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекемелермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ұйымдармен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>танысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіби диагностика. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психологиялық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ерекшеліктерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әртүрлі тәсілдермен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сауалнамаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сауалнамаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, оқушылардың өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өзі анықтауының дәстүрлі және өзгертілген әдістерін қолдану). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға кәсіби кеңес беру. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оның мүмкіндіктерін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және алынған ақпаратты мамандық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талаптарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>салыстыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушыға нақты мамандықты таңдауда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тікелей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көмек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E53AC0" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіптік бағдар беру жұмыстарын жүргізуге жүйелі көзқарас. Кәсіптік бағдарлаудың барлық аталған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>компоненттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзара </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өзара әрекеттеседі және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ін-бірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толықтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Формы работы:</w:t>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысандары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33533" w:rsidRPr="00A33533" w:rsidRDefault="00A33533" w:rsidP="00A33533">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіптік бағдар беру сабақтары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A33533">
-[...4 lines deleted...]
-        <w:t>профориентационные</w:t>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>экскурсиялар</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A33533">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> уроки; </w:t>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33533" w:rsidRPr="00A33533" w:rsidRDefault="00A33533" w:rsidP="00A33533">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">экскурсии; </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіптік бағдар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сағаты; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33533" w:rsidRPr="00A33533" w:rsidRDefault="00A33533" w:rsidP="00A33533">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">классный час по профориентации; </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мамандармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кездесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33533" w:rsidRPr="00A33533" w:rsidRDefault="00A33533" w:rsidP="00A33533">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">встречи со специалистами; </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">профессиографиялық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зерттеулер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33533" w:rsidRPr="00A33533" w:rsidRDefault="00A33533" w:rsidP="00A33533">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіптік бағдар беру тақырыбы </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A33533">
-[...4 lines deleted...]
-        <w:t>профессиографические</w:t>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A33533">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> исследования; </w:t>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жиналысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33533" w:rsidRPr="00A33533" w:rsidRDefault="00A33533" w:rsidP="00A33533">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">родительские собрания по </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кәсіптік бағдар беру мақсатында оқушылармен өзара і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қимыл </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A33533">
-[...4 lines deleted...]
-        <w:t>профориентационной</w:t>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысандары</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A33533">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> тематике </w:t>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E53AC0" w:rsidRDefault="00E53AC0" w:rsidP="00E53AC0">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әндік олимпиадаларға қатысу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрлі бағыттағы конкурстарға, жобаларға, іс-шараларға, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жарыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға қатысу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушыларына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сауалнама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүргізу және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіптік бағдар беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сауалнамалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіби бағдар беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ойындары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0026796D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Формы взаимодействия с учащимися с целью профориентации:</w:t>
+        <w:t>Оқушыларды кәсіптік бағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дарлау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға бағытталған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33533" w:rsidRPr="00A33533" w:rsidRDefault="00A33533" w:rsidP="00A33533">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">участие в предметных олимпиадах; </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>таныстыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақсатында кәсіпорындар мен ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>йымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға экскурсия жүргізу; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33533" w:rsidRPr="00A33533" w:rsidRDefault="00A33533" w:rsidP="00A33533">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">участие в конкурсах, проектах, мероприятиях, соревнованиях различной направленности; </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастырған оқу орындарының көрме-жәрмеңкелеріне қатысу; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33533" w:rsidRPr="00A33533" w:rsidRDefault="00A33533" w:rsidP="00A33533">
+    <w:p w:rsidR="0026796D" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">анкетирование и тестирование старшеклассников; </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ашық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>есік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үндері кәсіптік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекемелеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бару; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33533" w:rsidRPr="00A33533" w:rsidRDefault="00A33533" w:rsidP="00A33533">
+    <w:p w:rsidR="00E53AC0" w:rsidRPr="0026796D" w:rsidRDefault="0026796D" w:rsidP="0026796D">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A33533">
-[...5 lines deleted...]
-        <w:t>профориентационные</w:t>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A33533">
+      <w:r w:rsidRPr="0026796D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A33533">
-[...5 lines deleted...]
-        <w:t>опросники</w:t>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сайтында</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A33533">
-[...21 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кәсіптік бағдар беру </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A33533">
-[...5 lines deleted...]
-        <w:t>профориентационные</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A33533">
-[...119 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттық материалдардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орналасуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="003B78E5" w:rsidRDefault="003B78E5" w:rsidP="003B78E5">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15451" w:type="dxa"/>
         <w:tblInd w:w="399" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="105" w:type="dxa"/>
           <w:left w:w="105" w:type="dxa"/>
           <w:bottom w:w="105" w:type="dxa"/>
           <w:right w:w="105" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
@@ -1570,208 +2921,196 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5472" w:rsidRDefault="00A33533" w:rsidP="00EB5472">
+          <w:p w:rsidR="00F521F8" w:rsidRPr="005345E2" w:rsidRDefault="00A2286A" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A2286A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Содержание деятельности </w:t>
-[...12 lines deleted...]
-            </w:pPr>
+              <w:t>Қызмет мазмұны</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5472" w:rsidRPr="005345E2" w:rsidRDefault="00A33533" w:rsidP="00EB5472">
+          <w:p w:rsidR="00EB5472" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Форма завершения</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аяқталу нысангы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5472" w:rsidRPr="005345E2" w:rsidRDefault="00A33533" w:rsidP="00EB5472">
+          <w:p w:rsidR="00EB5472" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Ответственные</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жауаптылр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5472" w:rsidRPr="005345E2" w:rsidRDefault="00A33533" w:rsidP="00EB5472">
+          <w:p w:rsidR="00EB5472" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Срок исполнения</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орындалу мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EB5472" w:rsidRPr="005345E2" w:rsidTr="00EB5472">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15451" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -1786,3957 +3125,5010 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EB5472" w:rsidRPr="005345E2" w:rsidRDefault="00EB5472" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005345E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>1. Организационно-информационная деятельность</w:t>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A2286A" w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұйымдастырушылы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00A2286A" w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00A2286A" w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ақпараттық қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5472" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidTr="004D6990">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5472" w:rsidRPr="005345E2" w:rsidRDefault="00EB5472" w:rsidP="00EB5472">
+          <w:p w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidRDefault="00A2286A" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005345E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00FC4B9E" w:rsidRDefault="00A2286A" w:rsidP="00581C4F">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve"> – құқықтық құжаттарды және бағдарламалық – әдістемелік қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>етуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>зерделеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve"> жә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>не жа</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>ңарту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5472" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нормативті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құқықтық база</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5472" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00ED7B03">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidRDefault="00A2286A" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>нормативно – правовая база</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+              <w:t>Киселева Е.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidRDefault="00532B8F" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00532B8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00532B8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00532B8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidTr="004D6990">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00ED7B03">
+          <w:p w:rsidR="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidRDefault="00A2286A" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Педагог – </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00FC4B9E" w:rsidRDefault="00A2286A" w:rsidP="00581C4F">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>Стендтерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve">, көрнекі құралдарды, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>плакаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve">, әдістемелік </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>материалдарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve"> жаңарту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00600FD6">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ақпарат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00600FD6">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог – кәсіби бағдар беруші</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A2286A" w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Киселева Е.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5472" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidRDefault="00532B8F" w:rsidP="00532B8F">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>в течение года</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidTr="004D6990">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidRDefault="00A2286A" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00FC4B9E" w:rsidRDefault="00A2286A" w:rsidP="00581C4F">
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve">Өткен жылғы кәсіптік бағдарлау нәтижелеріне </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve"> жүргізу, 9,11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve"> түлектерінің жұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>мыс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve">қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>орналасуын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve"> және орта кәсіптік және жоғары </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>мекемелеріне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve"> түсуін анықтау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00300399" w:rsidRPr="00AC4520" w:rsidRDefault="00300399" w:rsidP="00300399">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>диреқ. ОТЖ жөн.орынб.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00300399" w:rsidRDefault="00E9389C" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00300399">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог – кәсіби бағдар беруші</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidRDefault="00A2286A" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева Е.М.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005345E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidRDefault="00A2286A" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidRDefault="00A2286A" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidRDefault="00532B8F" w:rsidP="00532B8F">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тамыз</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2286A" w:rsidRPr="005345E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidTr="004D6990">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidRDefault="00A2286A" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00581C4F">
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve">2024 – 2025 оқу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>жылына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve"> арналған </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve">әсіптік бағдар беру жұмысы жөніндегі </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>іс-шаралар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>жоспарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>жасау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4B9E">
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоспар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог – кәсіби бағдар беруші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A2286A" w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Киселева Е.М. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00E9389C" w:rsidRDefault="00A2286A" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="005345E2" w:rsidRDefault="00532B8F" w:rsidP="00532B8F">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00600FD6">
-[...26 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сайтында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "кәсіптік бағдар беру" бөлімінде </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>келес</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақпаратты </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орналастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024 – 2025 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға арналған кәсіптік бағдар беру жұмысының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоспары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кең</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ест</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ің ағымдағы оқу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> арналған жұмыс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоспары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіптік бағдар беру сабақтары; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>экскурсиялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіптік бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағаты; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мамандармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кездесу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессиографиялық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>зерттеулер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіптік бағдар беру тақырыбы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ата-аналар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жиналысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00600FD6">
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00F521F8">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>информация</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00600FD6">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00300399" w:rsidRPr="00AC4520" w:rsidRDefault="00300399" w:rsidP="00300399">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...30 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>диреқ. ТЖ жөн.орынб.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="00300399" w:rsidRDefault="00E9389C" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00300399">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог – кәсіби бағдар беруші</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7B03" w:rsidRPr="00300399">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Киселева Е.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00600FD6">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="00532B8F" w:rsidRDefault="00532B8F" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> 2024г</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ай сайын</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіптік бағдар беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кеңесінің құрамын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2286A" w:rsidRPr="00A2286A" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кең</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ест</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ің ағымдағы оқу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> арналған жұмыс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоспарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жасау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00F521F8">
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00E9389C">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>отчет</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бұйрық</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7B03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоспар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00F521F8">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00300399" w:rsidRPr="00AC4520" w:rsidRDefault="00300399" w:rsidP="00300399">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...39 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>диреқ. ТЖ жөн.орынб.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="00300399" w:rsidRDefault="00E9389C" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00300399">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог – кәсіби бағдар беруші</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7B03" w:rsidRPr="00300399">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Киселева Е.М.</w:t>
             </w:r>
-            <w:r w:rsidRPr="005345E2">
-[...29 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00532B8F" w:rsidP="00532B8F">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> 2024г</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7B03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4</w:t>
-            </w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00A2286A" w:rsidP="00A2286A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіптік бағдар беру жөніндегі Кеңестің </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>отырыстарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2286A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдастыру және өткізу</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Составление и утверждение плана мероприятий по </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> работе на 2024 – 2025 учебный год </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00F521F8">
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00F521F8">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>план</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00ED7B03">
-[...77 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="00300399" w:rsidRDefault="00300399" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00300399">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсіптік бағдар беру жөніндегі кеңестің хатшысы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="00532B8F" w:rsidRDefault="00532B8F" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>сентябрь 2024г</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тоқсанына 1 рет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...18 lines deleted...]
-          </w:p>
           <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...254 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00F521F8">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00ED7B03">
-[...68 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E18C8" w:rsidRPr="005345E2" w:rsidTr="005E51D8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007E18C8" w:rsidRDefault="007E18C8" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007E18C8" w:rsidRPr="00301B21" w:rsidRDefault="007E18C8" w:rsidP="00EA0D5F">
+            <w:r w:rsidRPr="00301B21">
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00301B21">
+              <w:t>Медицина</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00301B21">
+              <w:t xml:space="preserve">ға қадам" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301B21">
+              <w:t>жобасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301B21">
+              <w:t xml:space="preserve"> шеңберінде </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301B21">
+              <w:t>іс-шаралар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301B21">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301B21">
+              <w:t>жоспарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301B21">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301B21">
+              <w:t>жасау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301B21">
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301B21">
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007E18C8" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоспар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007E18C8" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог – кәсіби бағдар беруші</w:t>
+            </w:r>
+            <w:r w:rsidR="007E18C8" w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева Е.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007E18C8" w:rsidRDefault="007E18C8" w:rsidP="00704F33">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>хими</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00704F33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>я,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> биологи</w:t>
+            </w:r>
+            <w:r w:rsidR="00704F33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>я мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00704F33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00704F33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імдері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007E18C8" w:rsidRDefault="00532B8F" w:rsidP="00532B8F">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidR="007E18C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E18C8" w:rsidRPr="005345E2" w:rsidTr="005E51D8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007E18C8" w:rsidRPr="005345E2" w:rsidRDefault="007E18C8" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007E18C8" w:rsidRDefault="007E18C8" w:rsidP="00EA0D5F">
+            <w:r w:rsidRPr="00301B21">
+              <w:t xml:space="preserve">2024 – 2025 оқу жылындағы жұмысты </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301B21">
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007E18C8" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007E18C8" w:rsidRDefault="00E9389C" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E18C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева Е. М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007E18C8" w:rsidRPr="005345E2" w:rsidRDefault="007E18C8" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007E18C8" w:rsidRPr="00532B8F" w:rsidRDefault="00532B8F" w:rsidP="00532B8F">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
+            </w:r>
+            <w:r w:rsidR="007E18C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>маусым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00EB5472">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15451" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
           <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005345E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E915B0" w:rsidRPr="00E915B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог қызметкерлермен ақпаратты</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00E915B0" w:rsidRPr="00E915B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00E915B0" w:rsidRPr="00E915B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>консультациялық қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00532B8F" w:rsidRPr="005345E2" w:rsidTr="009C26BF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00532B8F" w:rsidRPr="005345E2" w:rsidRDefault="00532B8F" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005345E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00532B8F" w:rsidRPr="0042572F" w:rsidRDefault="00532B8F" w:rsidP="00614F64">
+            <w:r w:rsidRPr="0042572F">
+              <w:t xml:space="preserve">Тәрбие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0042572F">
+              <w:t>іс-шараларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0042572F">
+              <w:t xml:space="preserve"> әзірлеуге, ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0042572F">
+              <w:t>йымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0042572F">
+              <w:t>ға және өткізуге көмек көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00532B8F" w:rsidRDefault="00532B8F" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00532B8F" w:rsidRPr="00E9389C" w:rsidRDefault="00532B8F" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">ежемесячно </w:t>
-            </w:r>
+              <w:t>брошюр</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алар әзірлеу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00532B8F" w:rsidRPr="005345E2" w:rsidRDefault="00532B8F" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00532B8F" w:rsidRPr="005345E2" w:rsidRDefault="00532B8F" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева Е.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00532B8F" w:rsidRDefault="00532B8F">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC520F">
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BC520F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC520F">
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00532B8F" w:rsidRPr="005345E2" w:rsidTr="009C26BF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00532B8F" w:rsidRPr="005345E2" w:rsidRDefault="00532B8F" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005345E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00532B8F" w:rsidRDefault="00532B8F" w:rsidP="00614F64">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0042572F">
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0042572F">
+              <w:t xml:space="preserve">әсіптік бағдар беру жұмысын ұйымдастыру мәселелері </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0042572F">
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0042572F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0042572F">
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0042572F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0042572F">
+              <w:t>консультациялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0042572F">
+              <w:t xml:space="preserve"> ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00532B8F" w:rsidRPr="005345E2" w:rsidRDefault="00532B8F" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC4520" w:rsidRPr="00AC4520" w:rsidRDefault="00AC4520" w:rsidP="00AC4520">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>диреқ. ОТЖ  және ТЖ жөн.орынб.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00532B8F" w:rsidRDefault="00300399" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4520">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әлеум.</w:t>
+            </w:r>
+            <w:r w:rsidR="00532B8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00532B8F" w:rsidRPr="005345E2" w:rsidRDefault="00532B8F" w:rsidP="00F521F8">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">психолог </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00532B8F" w:rsidRDefault="00532B8F">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC520F">
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BC520F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC520F">
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00EB5472">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15451" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005345E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00755B1B" w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00755B1B" w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00755B1B" w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алушылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00755B1B" w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00755B1B" w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00755B1B" w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіптік бағдар беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00755B1B" w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іс-шаралары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          </w:tcPr>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...38 lines deleted...]
-              <w:t>Составление плана работы Совета на текущий учебный год.</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00755B1B" w:rsidRPr="00755B1B" w:rsidRDefault="00755B1B" w:rsidP="00755B1B">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Өткен жылғы кәсіптік бағдарлау нәтижелерін </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мыс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қа орналасу9-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00755B1B" w:rsidRPr="00755B1B" w:rsidRDefault="00755B1B" w:rsidP="00755B1B">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00755B1B" w:rsidRPr="00755B1B" w:rsidRDefault="00755B1B" w:rsidP="00755B1B">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00755B1B" w:rsidRPr="00755B1B" w:rsidRDefault="00755B1B" w:rsidP="00755B1B">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00755B1B" w:rsidRPr="00755B1B" w:rsidRDefault="00755B1B" w:rsidP="00755B1B">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балалармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіптік бағдар беру жұмысын ұйымдастырудың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ерекшеліктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00755B1B" w:rsidP="00755B1B">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-мен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00F521F8">
+          </w:tcPr>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00ED7B03">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>приказ, план</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>есеп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC4520" w:rsidRPr="00AC4520" w:rsidRDefault="00AC4520" w:rsidP="00AC4520">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...53 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>диреқ. ОТЖ жөн.орынб.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          </w:tcPr>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00532B8F" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>сентябрь 2024г</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          </w:tcPr>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00755B1B" w:rsidRPr="00755B1B" w:rsidRDefault="00755B1B" w:rsidP="00755B1B">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кәсіби </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынамалар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға қатысу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00F521F8">
+          </w:tcPr>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00ED7B03">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіптік сынақ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кестесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00ED7B03">
+          </w:tcPr>
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00E9389C" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7B03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00ED7B03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00704F33" w:rsidP="00ED7B03">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>секретарь Совета по профориентации</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып жетекшілері</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7B03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="00532B8F" w:rsidRDefault="00532B8F" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1816 lines deleted...]
-              <w:t>по отдельному графику</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеке кесте бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5758,96 +8150,138 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...44 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00755B1B" w:rsidRPr="00755B1B" w:rsidRDefault="00755B1B" w:rsidP="00755B1B">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>СП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПМ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ба</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ғдарламасында 7-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқушыларының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>диагностикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
@@ -5895,6236 +8329,7185 @@
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005345E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Психолог </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9389C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагог – </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Киселева Е.М.</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7B03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00ED7B03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00532B8F" w:rsidP="005A7E9A">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7B03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="005A7E9A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>ноябрь</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00472040">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...28 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00755B1B" w:rsidRDefault="00E9389C" w:rsidP="00755B1B">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Мүдделер картасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әсіптік бағдар беру әдістемесі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0010313D">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0010313D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0010313D">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Педагог – </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>профориентатор</w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t>Киселева Е. М.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00A65521">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00532B8F" w:rsidRDefault="00E9389C" w:rsidP="00532B8F">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">октябрь </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00472040">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Мамандық жәрмеңкесі"зияткерлік </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ойыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005345E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0010313D">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0010313D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0010313D">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00704F33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева Е.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00532B8F" w:rsidRDefault="00E9389C" w:rsidP="005A7E9A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5</w:t>
-            </w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="00755B1B" w:rsidRPr="00755B1B" w:rsidRDefault="00755B1B" w:rsidP="00755B1B">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Profcoctel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>зияткерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ойыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
           <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-            <w:pPr>
-[...18 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00ED7B03">
+          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00ED7B03">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="00704F33" w:rsidRDefault="00704F33" w:rsidP="00704F33">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7B03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ПК</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00ED7B03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00ED7B03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КР</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орталығы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00ED7B03" w:rsidRPr="00532B8F" w:rsidRDefault="00532B8F" w:rsidP="005A7E9A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">октябрь </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00912AFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00755B1B" w:rsidRDefault="00E9389C" w:rsidP="00755B1B">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-              <w:t>»</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЕББҚ б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алалармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кәсіптік бағдар беру жұмысын ұйымдастырудың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ерекшеліктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00755B1B">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...11 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C10F16">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C10F16">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C10F16">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00704F33" w:rsidP="00A65521">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әлеум.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C" w:rsidRPr="005345E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>КР</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">Психолог </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дефектолог </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00532B8F" w:rsidRDefault="00E9389C" w:rsidP="005A7E9A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>октябрь</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00912AFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...59 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="004A1CB1" w:rsidRDefault="00E9389C" w:rsidP="00A7033D">
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>Медицина</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t xml:space="preserve">ға қадам" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>жобасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C10F16">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C10F16">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C10F16">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...28 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00704F33" w:rsidRDefault="00E9389C" w:rsidP="00704F33">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Психолог </w:t>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:t>хими</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00704F33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>я,</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Дефектолог </w:t>
+              <w:t xml:space="preserve"> биологи</w:t>
+            </w:r>
+            <w:r w:rsidR="00704F33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>я мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00704F33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00704F33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00912AFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...27 lines deleted...]
-              <w:t>«Шаг в медицину»</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="004A1CB1" w:rsidRDefault="00E9389C" w:rsidP="00A7033D">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t xml:space="preserve">әсіптік бағдар беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t xml:space="preserve"> сағаттарын ұйымдастыру және өткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C10F16">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C10F16">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C10F16">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>профориентатор</w:t>
-[...3 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
+              <w:t>Киселева Е.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00AC4520" w:rsidP="00A65521">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-              <w:t>Учитель биологии</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00912AFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00A7033D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>алушыларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t xml:space="preserve"> танымдық және кәсіби мүдделеріне сәйкес қоғамдық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>пайдалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t xml:space="preserve"> қызметке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>тарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>жобалау-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t xml:space="preserve"> қызметіне (конкурстарға, көрмелерге, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>фестивальдерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t xml:space="preserve">)қатысуды қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1CB1">
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C10F16">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C10F16">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C10F16">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>профориентатор</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Киселева Е.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC4520" w:rsidRDefault="00AC4520" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пәндік мұғалімдер</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C" w:rsidRPr="005345E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00AC4520" w:rsidRDefault="00AC4520" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-              <w:t>лассные руководители</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>диреқ. ТЖ жөн.орынб.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00AC4520" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="009D43BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...18 lines deleted...]
-              <w:t>Вовлечение обучающихся в общественно-полезную деятельность в соответствии с познавательными и профессиональными интересами: обеспечение участия в проектно-исследовательской деятельности (конкурсах, выставках, фестивалях)</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="006076EF" w:rsidRDefault="00E9389C" w:rsidP="001043A1">
+            <w:r w:rsidRPr="006076EF">
+              <w:t>Кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>порындар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>экскурсиялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve"> ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...85 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00AC4520" w:rsidRDefault="00EA0828" w:rsidP="00AC4520">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – кәсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB2C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева ЕМ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00E9389C" w:rsidRPr="005345E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00AC4520">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00AC4520">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="009D43BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...18 lines deleted...]
-              <w:t>Организация экскурсий на предприятия</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="006076EF" w:rsidRDefault="00E9389C" w:rsidP="001043A1">
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve">ЖОО және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>ТжКБ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve"> Ашық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>есік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>үндеріне қатысу (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>онлайн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>офлайн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00DB2C30" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...48 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-              <w:t>лассные руководители</w:t>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева Е.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00044FDF">
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="009D43BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...79 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="006076EF" w:rsidRDefault="00E9389C" w:rsidP="001043A1">
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve">"Мен мамандықтар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>білемін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>йыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00EA0828" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA0828">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагог – </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Киселева Е.М.</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB2C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева Е.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...18 lines deleted...]
-              <w:t>в течение года</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:r w:rsidRPr="00366044">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="009D43BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="006076EF" w:rsidRDefault="00E9389C" w:rsidP="001043A1">
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve">"Мен ах болғым </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>келеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>" танымды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve">ойын-сауық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>ойыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00EA0828" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA0828">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагог – </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB2C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-              <w:t>Киселева Е.М.</w:t>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева Е. М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">ноябрь </w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:r w:rsidRPr="00366044">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="009D43BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="001043A1">
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve">Қалалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>іс-шара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve">. "Экологиялық </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>со</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t xml:space="preserve">қпақ"квест </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006076EF">
+              <w:t>ойыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00AC4520">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Педагог – </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>« №8</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4520">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖББМ</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>профориентатор</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4520">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КММ</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4520" w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4520">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4520" w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қушылар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AC4520" w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сарайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AC4520" w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" КМҚ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00AC4520" w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">ноябрь </w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:r w:rsidRPr="00366044">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="009D43BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>15</w:t>
-            </w:r>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...37 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00904C2D" w:rsidRDefault="00E9389C" w:rsidP="00904C2D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Мамандық әлеміне </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>саяхат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіптік бағдар беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ойыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00904C2D" w:rsidRDefault="00E9389C" w:rsidP="00904C2D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00904C2D" w:rsidRDefault="00E9389C" w:rsidP="00904C2D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00904C2D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...16 lines deleted...]
-              <w:t>КГУ «ОШ №8», КГКП «Дворец школьников»</w:t>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00EA0828" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB2C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева Е. М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="005A7E9A">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>ноябрь</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="009D43BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>16</w:t>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:t>17</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...30 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00904C2D" w:rsidRDefault="00E9389C" w:rsidP="00904C2D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қалалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – шара "педагогикалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>идеялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лабиринтінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>квест</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ойыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7572">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="002D1642" w:rsidRDefault="00E9389C" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Педагог – </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ш. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Уалиханов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ат</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ектеп гимназиясы</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>профориентатор</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642" w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КММ</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642" w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"№</w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642" w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642" w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ББ</w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642" w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>М "</w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642" w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КММ," </w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Киселева Е. М.</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С. Сейфуллин</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ат.мектеп гимназиясы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КММ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="005A7E9A">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">декабрь </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00B576E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...10 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...37 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Мамандықты тап" викториналық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ойыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...68 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00EA0828" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – кәсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB2C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева Е. М</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="005A7E9A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>декабрь</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00B576E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қалалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іс-шара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. "Мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>медицинадамын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00904C2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>визі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Игра – викторина «Угадай профессию»</w:t>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="002D1642" w:rsidP="002D1642">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"№</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ж</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ББ</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:t>М "КММ," №</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ББ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>М " КММ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="005A7E9A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">январь </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="002D1642" w:rsidRPr="005345E2" w:rsidTr="00B007ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="002D1642" w:rsidRDefault="002D1642" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> «Я в медицине»</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="002D1642" w:rsidRPr="009C3FF5" w:rsidRDefault="002D1642" w:rsidP="000841F6">
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t xml:space="preserve"> Үздік кабинет" байқауының қалалық кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="002D1642" w:rsidRDefault="002D1642">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...30 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w:rsidR="002D1642" w:rsidRDefault="002D1642">
+            <w:r w:rsidRPr="00675773">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675773">
+              <w:t xml:space="preserve">О ББ "Шахтинск қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675773">
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675773">
+              <w:t xml:space="preserve"> бөлімі" ММ әдіскері, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675773">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675773">
+              <w:t xml:space="preserve">К және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675773">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675773">
+              <w:t>Р орталығы, кәсіптік бағдар беру жөніндегі қалалық кеңес</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...18 lines deleted...]
-              <w:t>февраль</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="002D1642" w:rsidRDefault="002D1642">
+            <w:r w:rsidRPr="00965024">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="002D1642" w:rsidRPr="005345E2" w:rsidTr="00B007ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="002D1642" w:rsidRDefault="002D1642" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...18 lines deleted...]
-              <w:t>Городской этап смотр – конкурса «Лучший кабинет по профориентации»</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="002D1642" w:rsidRPr="009C3FF5" w:rsidRDefault="002D1642" w:rsidP="000841F6">
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t xml:space="preserve">"Мамандықтар әлемін </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>ашамыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>" облыстық Форумының қалалық кезеңін ұйымдастыру және өткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="002D1642" w:rsidRDefault="002D1642">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...38 lines deleted...]
-              <w:t>, городской совет по профориентации</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="002D1642" w:rsidRDefault="002D1642">
+            <w:r w:rsidRPr="00675773">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675773">
+              <w:t xml:space="preserve">О ББ "Шахтинск қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675773">
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675773">
+              <w:t xml:space="preserve"> бөлімі" ММ әдіскері, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675773">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675773">
+              <w:t xml:space="preserve">К және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675773">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675773">
+              <w:t>Р орталығы, кәсіптік бағдар беру жөніндегі қалалық кеңес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...18 lines deleted...]
-              <w:t>январь</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="002D1642" w:rsidRDefault="002D1642">
+            <w:r w:rsidRPr="00965024">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00B576E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="009C3FF5" w:rsidRDefault="00E9389C" w:rsidP="000841F6">
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>Сабақ - "</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t xml:space="preserve">әсіптік бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>алфавиті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>ойыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Методист ГУ «Отдела образования города Шахтинска» УО КО, Центр ПК и </w:t>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00EA0828" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>КР</w:t>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>, городской совет по профориентации</w:t>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е. М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="005A7E9A">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>январь</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00B576E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>22</w:t>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...18 lines deleted...]
-              <w:t>Урок – игра «Азбука профориентации»</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="000841F6">
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>Кі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t xml:space="preserve"> болу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>керек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C3FF5">
+              <w:t>?»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00EA0828" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA0828">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагог – </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...37 lines deleted...]
-              <w:t>Киселева Е. М.</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е. М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="005A7E9A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> февраль </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00B576E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...28 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00B75D3A" w:rsidRDefault="00E9389C" w:rsidP="00B75D3A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Болаша</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ққа Билет" облыстық Форумының қалалық кезеңін ұйымдастыру және өткізу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00B75D3A" w:rsidRDefault="00E9389C" w:rsidP="00B75D3A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00B75D3A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="002D1642" w:rsidP="002D1642">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О ББ "Шахтинск қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі" ММ әдіскері, </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">К және </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-              <w:t>Киселева Е. М.</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Р орталығы, кәсіптік бағдар беру жөніндегі қалалық кеңес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="005A7E9A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">март </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00B576E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>24</w:t>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00B75D3A" w:rsidRDefault="00E9389C" w:rsidP="00B75D3A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Мамандық таңдау" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>консультациясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Методист ГУ «Отдела образования города Шахтинска» УО КО, Центр ПК и </w:t>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00EA0828" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>КР</w:t>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>, городской совет по профориентации</w:t>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева Е. М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="005A7E9A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>март</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00B576E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00B75D3A" w:rsidRDefault="00E9389C" w:rsidP="00B75D3A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қалалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іс-шара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> " жаң</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қтардағы үйлесімділік: психологиялық – педагогикалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>квест</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>квест-ойыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="002D1642" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"№11 Ж</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ББ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>М "КММ," №12 Ж</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...31 lines deleted...]
-              <w:t>Киселева Е. М.</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ББ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>М " КММ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқушылар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сарайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D1642">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" КМҚК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="005A7E9A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">апрель </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00B576E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>26</w:t>
+              <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...290 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:pBdr>
                 <w:bottom w:val="dashed" w:sz="6" w:space="10" w:color="C2C2C2"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Біртұтас тәрбие" бағдарламасының "еңбек </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адал-жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өрен" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жобасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шеңберінде </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіптік бағдарлау </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іс-шараларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B75D3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдастыру және өткізу</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Организация и проведение </w:t>
-[...78 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005C5D60" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:pBdr>
                 <w:bottom w:val="dashed" w:sz="6" w:space="10" w:color="C2C2C2"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00271040">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00A65521">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00EA0828" w:rsidP="00A65521">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA0828">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагог – </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...37 lines deleted...]
-              <w:t>Киселева Е.М.</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="00520ED9" w:rsidRDefault="00ED7B03" w:rsidP="005A7E9A">
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00520ED9" w:rsidRDefault="00E9389C" w:rsidP="005A7E9A">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00532B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>в течение года</w:t>
+              <w:t>жыл бойы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00EB5472">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15451" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
@@ -12141,1297 +15524,1050 @@
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005345E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005345E2">
+            <w:r w:rsidR="00EE2B48" w:rsidRPr="00EE2B48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Профориентационная</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005345E2">
+              <w:t>Ата-аналармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EE2B48" w:rsidRPr="00EE2B48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> деятельность с родителями</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00EE2B48" w:rsidRPr="00EE2B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00EE2B48" w:rsidRPr="00EE2B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әсіптік бағдар беру қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00872A60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005345E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="000113D2" w:rsidRDefault="00E9389C" w:rsidP="003A6C2A">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>Ата-аналарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve">, Қамқоршылық кеңес мүшелерін орта </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve">әсіптік және жоғары </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve"> беру кәсіпорындары мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>мекемелеріне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>экскурсиялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve"> өткізуге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>тарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00515212">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00515212">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00515212">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w:rsidR="00EA0828" w:rsidRPr="00EA0828" w:rsidRDefault="00EA0828" w:rsidP="00EA0828">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әкімшілік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EA0828" w:rsidRDefault="00EA0828" w:rsidP="00EA0828">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог – кәсіби бағдар беруші</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C" w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Киселева Е. М. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EA0828" w:rsidRPr="00EA0828" w:rsidRDefault="00EA0828" w:rsidP="00EA0828">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып жетекшілері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00EA0828" w:rsidRDefault="00E9389C" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00532B8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00532B8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00532B8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidTr="00872A60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00ED7B03">
-[...23 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005345E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="000113D2" w:rsidRDefault="00E9389C" w:rsidP="003A6C2A">
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve">Мүгедектігі бар балалардың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>ата-аналарымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve"> (заңды өкілдерімен) және "оқушылардың өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>н-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve">өзі анықтауы және кәсіптік бағдарлануы" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>ОP-мен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve"> жұмыс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>істеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>консультациялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve"> беру бағытын ұйымдастыруға көмек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00515212">
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00515212">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00515212">
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...10 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00EA0828" w:rsidRDefault="00EA0828" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әкімшілік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="00EA0828" w:rsidRDefault="00EA0828" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби бағдар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Киселева Е.М. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9389C" w:rsidRPr="005345E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып жетекшілері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дефектолог</w:t>
+            </w:r>
             <w:r w:rsidRPr="005345E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Администрация</w:t>
-[...48 lines deleted...]
-              <w:t xml:space="preserve">лассные руководители </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00E9389C" w:rsidRPr="005345E2" w:rsidRDefault="00E9389C" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00532B8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00532B8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00532B8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidTr="00A33533">
+      <w:tr w:rsidR="00EE2B48" w:rsidRPr="005345E2" w:rsidTr="00A33533">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
+          </w:tcPr>
+          <w:p w:rsidR="00EE2B48" w:rsidRPr="005345E2" w:rsidRDefault="00EE2B48" w:rsidP="00EB5472">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005345E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> «Самоопределение и профориентация учащихся» (индивидуальные консультации, помощь в организации образовательного маршрута)</w:t>
+          <w:p w:rsidR="00EE2B48" w:rsidRDefault="00EE2B48" w:rsidP="003A6C2A">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>Ата-аналар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>жиналыстарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000113D2">
+              <w:t>әсіптік бағдар беру жұмысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00ED7B03">
+          <w:p w:rsidR="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00ED7B03">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сайтта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E9389C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00EE2B48" w:rsidRPr="00E9389C" w:rsidRDefault="00E9389C" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>публикация на сайте</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRDefault="00ED7B03" w:rsidP="00ED7B03">
-[...28 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00EE2B48" w:rsidRPr="00EA0828" w:rsidRDefault="00EA0828" w:rsidP="00ED7B03">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог – кәсіби бағдар беруші</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...19 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...73 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00EE2B48" w:rsidRPr="00EA0828">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Киселева Е.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED7B03" w:rsidRPr="005345E2" w:rsidRDefault="00ED7B03" w:rsidP="00EB5472">
-[...265 lines deleted...]
-              <w:t>в течение года</w:t>
+          <w:p w:rsidR="00EE2B48" w:rsidRPr="00532B8F" w:rsidRDefault="00532B8F" w:rsidP="00EB5472">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00532B8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл бойы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EB5472" w:rsidRPr="005345E2" w:rsidRDefault="00EB5472" w:rsidP="003B78E5">
+    <w:p w:rsidR="00EB5472" w:rsidRPr="005345E2" w:rsidRDefault="00EB5472" w:rsidP="00532B8F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00834520" w:rsidRDefault="00834520" w:rsidP="003B78E5">
-[...376 lines deleted...]
-    <w:sectPr w:rsidR="00834520" w:rsidRPr="00834520" w:rsidSect="00ED7B03">
+    <w:sectPr w:rsidR="00EB5472" w:rsidRPr="005345E2" w:rsidSect="00ED7B03">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -17096,132 +20232,151 @@
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="003B78E5"/>
     <w:rsid w:val="000757EA"/>
     <w:rsid w:val="00197380"/>
     <w:rsid w:val="00217AB3"/>
     <w:rsid w:val="002328C5"/>
     <w:rsid w:val="002332C6"/>
     <w:rsid w:val="002573BD"/>
+    <w:rsid w:val="0026796D"/>
     <w:rsid w:val="0028644C"/>
+    <w:rsid w:val="002D1642"/>
+    <w:rsid w:val="00300399"/>
     <w:rsid w:val="00314B4C"/>
-    <w:rsid w:val="00334E69"/>
     <w:rsid w:val="003412D9"/>
     <w:rsid w:val="003476F0"/>
     <w:rsid w:val="00380C95"/>
     <w:rsid w:val="003B78E5"/>
     <w:rsid w:val="003C177C"/>
     <w:rsid w:val="00440480"/>
     <w:rsid w:val="00465D8B"/>
     <w:rsid w:val="004D0A2D"/>
     <w:rsid w:val="00520ED9"/>
+    <w:rsid w:val="00532B8F"/>
     <w:rsid w:val="005345E2"/>
     <w:rsid w:val="005C5D60"/>
     <w:rsid w:val="005E1930"/>
     <w:rsid w:val="005F2F05"/>
     <w:rsid w:val="006015BB"/>
+    <w:rsid w:val="006414A0"/>
     <w:rsid w:val="006D4A8B"/>
+    <w:rsid w:val="00704F33"/>
     <w:rsid w:val="0073633E"/>
+    <w:rsid w:val="00755B1B"/>
     <w:rsid w:val="00780E25"/>
-    <w:rsid w:val="007B4A2C"/>
+    <w:rsid w:val="007C46D7"/>
+    <w:rsid w:val="007E18C8"/>
     <w:rsid w:val="007F00F1"/>
     <w:rsid w:val="007F5086"/>
     <w:rsid w:val="00834520"/>
+    <w:rsid w:val="00894F2B"/>
     <w:rsid w:val="008D5B4C"/>
+    <w:rsid w:val="00904C2D"/>
     <w:rsid w:val="009331F9"/>
     <w:rsid w:val="009661C0"/>
     <w:rsid w:val="009E5B08"/>
     <w:rsid w:val="00A025F1"/>
+    <w:rsid w:val="00A2286A"/>
     <w:rsid w:val="00A33533"/>
     <w:rsid w:val="00A77688"/>
     <w:rsid w:val="00AC0E8E"/>
-    <w:rsid w:val="00B7296B"/>
+    <w:rsid w:val="00AC4520"/>
+    <w:rsid w:val="00B75D3A"/>
+    <w:rsid w:val="00B9168D"/>
+    <w:rsid w:val="00BB754D"/>
     <w:rsid w:val="00BE03F8"/>
     <w:rsid w:val="00C16905"/>
     <w:rsid w:val="00C25F68"/>
     <w:rsid w:val="00D06D73"/>
     <w:rsid w:val="00D22483"/>
     <w:rsid w:val="00D35567"/>
+    <w:rsid w:val="00DB2C30"/>
     <w:rsid w:val="00DC19E6"/>
+    <w:rsid w:val="00E13534"/>
     <w:rsid w:val="00E351A8"/>
     <w:rsid w:val="00E53AC0"/>
+    <w:rsid w:val="00E915B0"/>
+    <w:rsid w:val="00E9389C"/>
     <w:rsid w:val="00E96152"/>
+    <w:rsid w:val="00EA0828"/>
     <w:rsid w:val="00EB5215"/>
     <w:rsid w:val="00EB5472"/>
     <w:rsid w:val="00ED7B03"/>
-    <w:rsid w:val="00EE63DE"/>
+    <w:rsid w:val="00EE2B48"/>
     <w:rsid w:val="00F30465"/>
     <w:rsid w:val="00F521F8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -18253,78 +21408,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A86F173F-0A73-422E-9A37-207BA654E1AF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B39251C-3463-4C2E-B6EF-46A3EA6C3C2F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1468</Words>
-  <Characters>8368</Characters>
+  <Words>1459</Words>
+  <Characters>8319</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>69</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9817</CharactersWithSpaces>
+  <CharactersWithSpaces>9759</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>