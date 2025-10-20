--- v0 (2025-10-20)
+++ v1 (2025-10-20)
@@ -1,4551 +1,4359 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="004D60C7" w:rsidRPr="00AC3A65" w:rsidRDefault="0043037E" w:rsidP="00AC3A65">
+    <w:p w:rsidR="00B60AD8" w:rsidRPr="007731BE" w:rsidRDefault="009B4BA9" w:rsidP="008B3F22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-142"/>
+        <w:ind w:left="-284" w:firstLine="284"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AC3A65">
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007731BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AC3A65">
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B60AD8" w:rsidRPr="007731BE" w:rsidRDefault="007731BE" w:rsidP="00302B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00C74D38" w:rsidRDefault="00795E97" w:rsidP="00AC3A65">
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007731BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Директор</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4BA9" w:rsidRPr="007731BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КГУ «ОШ №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007731BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4BA9" w:rsidRPr="007731BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132561" w:rsidRPr="007731BE" w:rsidRDefault="007A300A" w:rsidP="007731BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-142"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...70 lines deleted...]
-        <w:t>Б.У.Жанахметова</w:t>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жанахметова Б.У</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-    <w:p w:rsidR="0043037E" w:rsidRPr="00795E97" w:rsidRDefault="0043037E" w:rsidP="00AC3A65">
+      <w:r w:rsidR="007731BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.                                                                                                                           ______</w:t>
+      </w:r>
+      <w:r w:rsidR="007731BE" w:rsidRPr="007731BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B60AD8" w:rsidRPr="007731BE" w:rsidRDefault="00FF5967" w:rsidP="007731BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-142"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00795E97">
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007731BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="007731BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00372D65" w:rsidRPr="007731BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="0055620A">
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007731BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  сентября </w:t>
+      </w:r>
+      <w:r w:rsidR="00132561" w:rsidRPr="007731BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="0055620A">
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="007731BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidR="00C74D38" w:rsidRPr="00795E97">
+      <w:r w:rsidR="00B60AD8" w:rsidRPr="007731BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRPr="0075467F" w:rsidRDefault="009B675F" w:rsidP="009B675F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="206" w:right="206" w:firstLine="617"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075467F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Положение о</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школьной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075467F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> библиотеке </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRPr="0075467F" w:rsidRDefault="009B675F" w:rsidP="009B675F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="206" w:right="206" w:firstLine="617"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075467F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГУ «Общеоб</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>разовательная школа №</w:t>
+      </w:r>
+      <w:r w:rsidR="007731BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075467F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="009B675F">
+      <w:pPr>
+        <w:ind w:left="206" w:right="206" w:firstLine="617"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRPr="002128BF" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002128BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Общие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00657973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002128BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Библиотека </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00374799">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГУ «Общеоб</w:t>
+      </w:r>
+      <w:r w:rsidR="00132561">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разовательная школа № </w:t>
+      </w:r>
+      <w:r w:rsidR="00456505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00374799">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее школьная библиотека) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002128BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">является структурным подразделением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00374799">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГУ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00374799">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«Общеоб</w:t>
+      </w:r>
+      <w:r w:rsidR="00132561">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разовательная школа № </w:t>
+      </w:r>
+      <w:r w:rsidR="00456505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00374799">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002128BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – школа) и осуществляет свою деятельность в соответствии с основными направлениями развития школы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00657973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Школьная библиотека</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002128BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечивает образовательной и педагогической литературой и информацией учебно-воспитательный процесс. Библиотека предоставляет всем участникам образовательного процесса: администрации школы, педагогическому коллективу, учащимся и родителям (далее читатели) свободный доступ к фондам библиотеки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Библиотека способствует реализации самостоятельности учащихся в обучении, развитии их познавательной и творческой деятельности, оказывает помощь педагогическому коллективу в предоставлении информации по педагогике и образованию, повышению их профессиональной квалификации, а также формированию информационной культуры читателей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В своей деятельности школьная библиотека руководствуется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-   Конституцией Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- Законами Республики Казахстан, нормативно – правовыми актами Президента и Правительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республики Казахстан, определяющими развитие образования и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- приказами и распоряжениями Министерства образования и науки Республики Казахстан и его уполномоченных структурных подразделений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- методическими рекомендациями Республиканской научно – педагогической библиотеки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Министерства образования и науки Республики Казахстан (РНПБ МОН РК);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- приказами и распоряжениями областного управления образования, городского отдела образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- Уставом школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- Правилами внутреннего трудового распорядка школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- приказами и распоряжениями директора школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRPr="00FC4210" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.5.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4210">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Основная внутрибиблиотечная документация:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Положение о школьной библиотеке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Правила пользования школьной библиотекой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Паспорт школьной библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Годовой план работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школьной библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5. Годовой отчет о работе школьной библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.Должностные инструкции работников школьной библиотеки (заведующей библиотекой и библиотекаря).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7. График и расписание работы школьной библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007731BE" w:rsidRDefault="009B675F" w:rsidP="007731BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8. Папка с нормативно – регламентирующими документами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE24D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Законы Республики Казахстан, указы Президента Республики Казахстан, постановления Правительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE24D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республики Казахстан,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> приказы и распоряжения Министерства образования и науки Республики Казахстан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE24D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>методические рекомендации Республиканской научно – педагогической библиотеки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Министерства образования и науки Республики Казахстан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE24D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>приказы и распоряжения областного управления образования, городского отдела образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE24D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>приказы и распоряжения директора школы, определяющие развитие школьной библиотеки).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9. Книга суммарного учета основного библиотечного фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10. Инвентарная книга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11. Папка с накладными по доставке основной литературы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12. Папка актов движения основного библиотечного фонда (списание, передача и т.д.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13. Акты о проведении инвентаризации и проверок библиотечного фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14. Тетрадь учета книг и других документов, принятых от читателей взамен утерянных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15. Дневник работы школьной библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16. Журнал учета библиографических справок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17. Папка с заказами на учебники.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18. Книга суммарного учета фонда учебников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19. Картотека учетных карточек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E744D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>библиотечного фонда учебников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20. Журнал регистрации учетных карточек библиотечного фонда учебников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21. Папка с накладными по доставке учебников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>22.Тетрадь учета фонда учебников временного хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>23. Папка актов движения фонда учебников (списание, передача и т.д.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24. Тетрадь учета замены учебников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>25. Журнал выдачи учебников по классам (или индивидуальные формуляры).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26. Статистический отчет об обеспеченности учебной литературой учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Примечание: каждый регламентирующий документ должен иметь гриф «Утверждаю» и вступает в силу после его утверждения директором организации образования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Порядок доступа к библиотечным фондам и другой библиотечной информации, перечень основных услуг и условия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8137E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их представления определяются в Правилах пользования библиотекой. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8137E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Задачи библиотеки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8137E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8137E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обеспечение учебно–воспитательного процесса и самообразования путем библиотечного и информационно – библиографического обслуживания читателей библиотеки в соответствии с их информационными запросами на основе широкого доступа к фондам библиотеки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Формирование у учащихся навыков информационной культуры, обучение методам поиска информации, привитие потребности в систематическом чтении. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оказание помощи в систематическом повышении профессионального мастерства педагогических работников школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRPr="0075467F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Совершенствование традиционных и освоение новых библиотечных технологий на основе внедрения инновационных информационных технологий, автоматизации библиотечных процесс</w:t>
+      </w:r>
+      <w:r w:rsidR="0075467F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ов и использования оргтехники. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF5967" w:rsidRDefault="00FF5967" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007262D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Основные функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Основные функции школьной библиотеки: образовательная, информационная и культурная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Разработка годовых планов работы библиотеки с целью совершенствования системы библиотечного и информационно – библиографического обслуживания учебно–воспитательного процесса школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Формирование библиотечного фонда в соответствии с образовательными программами, учебными планами школы и информационными потребностями читателей библиотеки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Комплектование библиотечного фонда универсальной по отраслевому составу литературой на традиционных (книги, периодические издания) и электронных носителях (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>CD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020061B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ROM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, мультимедиа) информации: учебной, художественной, справочной, научно – популярной, научно – педагогической и методической литературой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ведение учета библиотечного фонда (суммарного, инвентарного, безинвентарного), технической и научной обработки документов в соответствии с установленными требованиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Организация и ведение справочно–библиографического аппарата с учетом возрастных особенностей читателе – учащихся: традиционных каталогов (алфавитного, систематического) и картотек (систематической картотеки статей, тематических картотек) и электронных баз данных (электронного каталога), с целью многоаспектного информационно – библиографического раскрытия фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Осуществление рационального размещения библиотечного фонда, обеспечение соответствующего санитарно – гигиенического режима хранения и сохранности библиотечного фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Исключение ветхой, дефектной, устаревшей по содержанию, дублетной, непрофильной, малоиспользуемой и утерянной литературы из библиотечного фонда: осуществление перераспределения непрофильной и дублетной литературы в соответствии с действующими нормативными и правовыми актами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Организация дифференцированного библиотечного обслуживания на абонементе и в читальном зале, с учетом специфики школы и запросов читателей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Популяризация фонда библиотеки с помощью индивидуальных, групповых и массовых форм библиотечной работы (бесед, выставок, библиографических обзоров, обсуждений книг, читательских конференций, литературных вечеров, викторин и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ведение учета обслуживания читателей библиотеки в соответствии с установленными правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Формирование библиотечного актива, с целью привлечения читателей – учащихся к практической работе библиотеки и на правах совещательного органа – библиотечного совета, с целью оказания практической помощи в осуществлении мероприятий и рассмотрения актуальных вопросов работы библиотеки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Информационно – библиографическое обслуживание читателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Составление в помощь учебной работе школы рекомендательных библиографических указателей, списков литературы, в целях удовлетворения информационных потребностей читателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Организация библиотечных выставок, оформление плакатов, стендов и т.п. для обеспечения информирования читателей о ресурсах библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Выполнение тематических, адресных, библиографических справок, проведение библиографических обзоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оказание консультативной и практической помощи (индивидуальной, групповой, массовой) читателям библиотеки в поиске и выборе информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Проведение в установленном порядке (по плану) занятий, уроков по пропаганде основ библиотечно–библиографических знаний, обучение читателей методам поиска информации с использованием современных средств телекоммуникаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Формирование фонда документов, создаваемых библиотекой школы (тематических папок – накопителей копий документов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Осуществление мониторинга деятельности библиотеки (анализ читательских формуляров, использования библиотечного фонда, книгообеспеченности, информационных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">потребностей пользователей и др.) с целью дальнейшего повышения качества работы библиотеки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Взаимодействие с библиотеками региона с целью более полного удовлетворения информационных потребностей читателей в образовательной и педагогической информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A8640E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Организация, управление, штаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Основное условие открытия библиотеки – это наличие первоначального фонда, стабильного ежегодного источника финансирования комплектования литературы и других расходов, штатных единиц, ответственных за сохранность фонда и обслуживание читателей, а также соответствующих санитарным нормам помещения и оборудование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Общее научно-методическое руководство школьными библиотеками осуществляют:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- на региональном уровне специалисты по библиотечным фондам школьных учебников областного управления образования, городского отдела образования, библиотекари областного института повышения квалификации и переподготовки педагогических кадров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- на республиканском уровне РНПБ МОН РК, которая является отраслевым информационным и научно-методическим центром для всех библиотек организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Руководство библиотекой и контроль над ее деятельностью осуществляет директор школы, который утверждает организационно – регламентирующие и технологические документы библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Директор школы несет ответственность за все стороны деятельности библиотеки: комплектование и сохранность библиотечного фонда, создание комфортной среды для читателей и необходимых условий для качественной библиотечной работы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ряд функций управления библиотекой делегируются директором школы штатному работнику библиотеки (заведующему, библиотекарю).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Проверка деятельности школьной библиотеки проводится по согласованию с директором школы, областным управления образования, городским отделом образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>За организацию работы и результаты деятельности библиотеки отвечает заведующий библиотекой (библиотекарь), который является членом педагогического коллектива и входит в состав педагогического совета школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Заведующий (библиотекарь) несет полную ответственность за результаты деятельности библиотеки в пределах своей компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Школьная библиотека имеет штамп с наименованием библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Библиотека составляет годовые планы и отчеты о работе, которые обсуждаются на педагогическом совете и утверждаются директором школы. Годовой план библиотеки является частью общего годового плана учебно-воспитательной работы школы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">График работы библиотеки устанавливается в соответствии с Правилами внутреннего трудового распорядка школы. С учетом специфики работы библиотеки – ежедневно один час рабочего времени выделяется на выполнение внутренних работ, один раз в месяц в библиотеке проводится санитарный день, в который библиотека не обслуживает читателей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Штат библиотеки и размер оплаты труда устанавливаются в соответствии с действующими нормативными правовыми документами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Библиотечные работники 1 раз в 5 лет подлежат аттестации на соответствие занимаемой должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Заведующий библиотекой (библиотекарь) систематически повышает квалификацию: на курсах повышения квалификации (один раз в пять лет), на семинарах библиотечных работников, совещаниях методических объединений школьных библиотекарей города, а также путем самообразования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Один раз в неделю выделяется методический день библиотекаря, который используется для повышения квалификации: посещения совещаний методического объединения школьных библиотекарей города, изучения опыта работы других библиотек, подготовки к массовым мероприятиям и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>За активную работу работники библиотеки могут представляться к наградам, знакам отличия, предусмотренным работникам образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Регулярно библиотека на педагогических советах отчитывается перед администрацией школы о своей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Администрация школы обеспечивает библиотеку:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- необходимым помещением и оборудованием, обеспечивающим сохранность библиотечного фонда и оборудования, в соответствии с действующими нормами, согласно которому хранение учебников осуществляется в отдельном помещении и противопожарную безопасность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- современной компьютерной и копировально-множительной техникой (принтером, сканером, ксероксом), выходом в Интернет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- гарантированное финансирование комплектования фондов и другие расходы в соответствии с установленными нормативами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- библиотечной техникой (каталожными карточками, каталожными и книжными разделителями, читательскими формулярами и др.) и канцелярскими принадлежностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- систематическое повышение квалификации работников библиотеки: обучение на курсах повышения квалификации (не реже 1 раза в 5 лет), участие в работе методического объединения библиотекарей школ города, конференциях, семинарах, прохождение стажировок, знакомство с опытом работы других библиотек и др. по проблемам организации работы библиотек, а также создание условий для их самообразования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00024D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5. Библиотечный совет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRPr="00024D7F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>На правах совещательного органа в школьной библиотеке создается библиотечный совет с целью оказания практической помощи в осуществлении мероприятий и рассмотрения  актуальных вопросов работы библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Библиотечный совет согласует свою работу с основными направлениями планами деятельности школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В состав библиотечного совета входят работники библиотеки, представители педагогического коллектива, актива родителей, общественности и учащиеся. Численный состав совета определяется в зависимости от объема работы, но не менее 5 человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Состав совета утверждается директором школы. Председателем является  представитель администрации школы. Секретарем – заведующий библиотекой (библиотекарь). Члены совета закрепляются за определенным участком библиотечной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Заседания библиотечного совета проводятся в соответствии с планом, который утверждает председатель Совета в установленные сроки (один раз в четверть).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D61CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6. Права и ответственность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Библиотека имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.1.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Самостоятельно определять содержание и формы своей деятельности в соответствии с задачами, приведенными в настоящем Положении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.1.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Разрабатывать правила пользования библиотекой и другие организационно-регламентирующие и технологические документы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6.1.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Устанавливать в соответствии с правилами пользования библиотекой  вид и размер компенсаций ущерба, нанесенного читателями библиотеке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.1.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>На свободный доступ к информации, связанной с решением поставленных перед библиотекой задач: к образовательным программам, учебным планам, планам работы школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.1.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Входить в библиотечные объединения (Ассоциация школьных библиотекарей и др.) в установленном действующим законодательством порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Работники библиотеки несут ответственность за:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.2.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ненадлежащее исполнение или неисполнение своих должностных обязанностей, служебной этики, в пределах определенных действующим трудовым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Правонарушения, совершенные в процессе осуществления своей деятельности, в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пределах, определенных действующим административным, уголовным и гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRPr="006D61CA" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Причинение материального ущерба в пределах, определенных действующим трудовым и гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:right="206" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B675F" w:rsidRDefault="009B675F" w:rsidP="0075467F">
+      <w:pPr>
+        <w:ind w:left="-142" w:firstLine="142"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:ind w:left="-142"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B0FEA" w:rsidRDefault="009B0FEA" w:rsidP="0075467F">
+      <w:pPr>
+        <w:ind w:left="-142" w:firstLine="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00AC3A65">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B0FEA" w:rsidRDefault="009B0FEA" w:rsidP="00B60AD8">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...15 lines deleted...]
-        <w:ind w:left="-142" w:firstLine="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B0FEA" w:rsidRDefault="009B0FEA" w:rsidP="00B60AD8">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00AC3A65">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B0FEA" w:rsidRDefault="009B0FEA" w:rsidP="00B60AD8">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...15 lines deleted...]
-        <w:ind w:left="-142" w:firstLine="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B0FEA" w:rsidRDefault="009B0FEA" w:rsidP="00B60AD8">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B0FEA" w:rsidRDefault="009B0FEA" w:rsidP="00B60AD8">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0055620A">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B0FEA" w:rsidRDefault="009B0FEA" w:rsidP="0075467F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B0FEA" w:rsidRDefault="009B0FEA" w:rsidP="00B60AD8">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3312 lines deleted...]
-    <w:sectPr w:rsidR="00A01436" w:rsidSect="00AC3A65">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009B0FEA" w:rsidSect="007731BE">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="850" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="194114C2"/>
-[...112 lines deleted...]
-    <w:nsid w:val="33E76769"/>
+    <w:nsid w:val="086E0433"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B8842172"/>
+    <w:tmpl w:val="6E0649FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="1800" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="1080"/>
+        <w:ind w:left="2160" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="1080"/>
+        <w:ind w:left="2880" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="1440"/>
+        <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="1800"/>
+        <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="1800"/>
+        <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="2160"/>
+        <w:ind w:left="5040" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...178 lines deleted...]
-    <w:nsid w:val="72237676"/>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="1B79242F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6CD0CECE"/>
+    <w:tmpl w:val="EA1A8F20"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="435" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="1155" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="720"/>
+        <w:ind w:left="1515" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="1080"/>
+        <w:ind w:left="2235" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="1080"/>
+        <w:ind w:left="2595" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="1440"/>
+        <w:ind w:left="3315" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="1800"/>
+        <w:ind w:left="4035" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="1800"/>
+        <w:ind w:left="4395" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8280" w:hanging="2160"/>
+        <w:ind w:left="5115" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-[...87 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
-[...7 lines deleted...]
-  <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E77E39"/>
-[...87 lines deleted...]
-    <w:rsid w:val="00FB0BAB"/>
+    <w:rsidRoot w:val="00E90150"/>
+    <w:rsid w:val="00080C86"/>
+    <w:rsid w:val="00132561"/>
+    <w:rsid w:val="001D1577"/>
+    <w:rsid w:val="00255CE8"/>
+    <w:rsid w:val="00265140"/>
+    <w:rsid w:val="002C09C1"/>
+    <w:rsid w:val="00302B98"/>
+    <w:rsid w:val="00337B06"/>
+    <w:rsid w:val="00372D65"/>
+    <w:rsid w:val="003E078E"/>
+    <w:rsid w:val="00456505"/>
+    <w:rsid w:val="004D6DE0"/>
+    <w:rsid w:val="005B487B"/>
+    <w:rsid w:val="006E6BA5"/>
+    <w:rsid w:val="006F5B6A"/>
+    <w:rsid w:val="007113D0"/>
+    <w:rsid w:val="0075467F"/>
+    <w:rsid w:val="007731BE"/>
+    <w:rsid w:val="007777DA"/>
+    <w:rsid w:val="007A300A"/>
+    <w:rsid w:val="007B4072"/>
+    <w:rsid w:val="00883B6C"/>
+    <w:rsid w:val="0088423F"/>
+    <w:rsid w:val="008B3F22"/>
+    <w:rsid w:val="009161C5"/>
+    <w:rsid w:val="009B0FEA"/>
+    <w:rsid w:val="009B4BA9"/>
+    <w:rsid w:val="009B675F"/>
+    <w:rsid w:val="00AD3AB9"/>
+    <w:rsid w:val="00B21FEE"/>
+    <w:rsid w:val="00B55A20"/>
+    <w:rsid w:val="00B60AD8"/>
+    <w:rsid w:val="00B63627"/>
+    <w:rsid w:val="00B90B97"/>
+    <w:rsid w:val="00CB6E7E"/>
+    <w:rsid w:val="00D25536"/>
+    <w:rsid w:val="00D97D48"/>
+    <w:rsid w:val="00E22963"/>
+    <w:rsid w:val="00E90150"/>
+    <w:rsid w:val="00EE0282"/>
+    <w:rsid w:val="00EE578F"/>
+    <w:rsid w:val="00F31DB0"/>
+    <w:rsid w:val="00F66804"/>
+    <w:rsid w:val="00FF5967"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -4650,133 +4458,133 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0042610C"/>
+    <w:rsid w:val="009161C5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DB1C36"/>
+    <w:rsid w:val="007731BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DB1C36"/>
+    <w:rsid w:val="007731BE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -4881,145 +4689,145 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0042610C"/>
+    <w:rsid w:val="009161C5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DB1C36"/>
+    <w:rsid w:val="007731BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DB1C36"/>
+    <w:rsid w:val="007731BE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -5054,254 +4862,214 @@
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>12610</Characters>
+  <Pages>6</Pages>
+  <Words>2375</Words>
+  <Characters>13538</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>105</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>112</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14793</CharactersWithSpaces>
+  <CharactersWithSpaces>15882</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>USER</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>