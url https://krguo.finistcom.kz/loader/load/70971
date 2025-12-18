--- v0 (2025-10-19)
+++ v1 (2025-12-18)
@@ -1,2896 +1,3878 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="009B0FEA" w:rsidRDefault="00FF5967" w:rsidP="00372D65">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00A3288B" w:rsidRPr="000075A4" w:rsidRDefault="00A3288B" w:rsidP="00A3288B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000075A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бекітемін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3288B" w:rsidRPr="000075A4" w:rsidRDefault="00A3288B" w:rsidP="00A3288B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000075A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«№</w:t>
+      </w:r>
+      <w:r w:rsidR="000075A4" w:rsidRPr="000075A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000075A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЖББМ» КММ директор</w:t>
+      </w:r>
+      <w:r w:rsidR="000075A4" w:rsidRPr="000075A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000075A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3288B" w:rsidRPr="000075A4" w:rsidRDefault="00F12627" w:rsidP="00A3288B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...74 lines deleted...]
-        <w:t xml:space="preserve"> Б.У</w:t>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б.У.Жанахметова</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="007731BE">
-[...10 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w:rsidR="00A3288B" w:rsidRPr="000075A4" w:rsidRDefault="00A3288B" w:rsidP="00A3288B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000075A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3288B" w:rsidRPr="000075A4" w:rsidRDefault="00A3288B" w:rsidP="00A3288B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000075A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="000075A4" w:rsidRPr="000075A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» ____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000075A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r w:rsidR="000075A4" w:rsidRPr="000075A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000075A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A01436" w:rsidRDefault="00A01436" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13ED7" w:rsidRPr="00AC3A65" w:rsidRDefault="00A3288B" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...59 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13ED7" w:rsidRPr="00AC3A65" w:rsidRDefault="00A13ED7" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001D1577">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:ind w:left="435"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп кітапханасын пайдалану қағидалары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13ED7" w:rsidRPr="00AC3A65" w:rsidRDefault="00A13ED7" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы ережелер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13ED7" w:rsidRPr="00AC3A65" w:rsidRDefault="00A13ED7" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орта білім беретін ұйымның кітапханасын (әрі қарай мектеп кітапханасы) пайдаланудың қағидалары орта білім беретін ұйымның кітапханасы </w:t>
+      </w:r>
+      <w:r w:rsidR="008A36F9" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы ереже негізінде әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A36F9" w:rsidRPr="00AC3A65" w:rsidRDefault="008A36F9" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп кітап</w:t>
+      </w:r>
+      <w:r w:rsidR="007C10AB" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ханасын пайдалану қағидалары – оқырманның кітапханамен өзара қарым-қатынасын бекітетін құжат және оқырмандарға  қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5245" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетуді ұйымдастырудың жалпы тәртібін, кітапхана қорына қолжетімділік тәртібін, оқырмандар мен кітапхананың құқықтары мен міндеттерін белгілейді.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C10AB" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF5245" w:rsidRPr="00AC3A65" w:rsidRDefault="00AF5245" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапханада білім беру үдерісінің барлық қатысушылары – мектеп әкімшілігіне, педагогика ұжымына, оқушылар мен ата-аналарға (әр қарай оқырмандарға) жеке және өздігінен білім алу жұмысы үшін кітапхана және ақпараттық-библиографиялық қызмет көрсетудің дәстүрлі нысандары мен әдістерін пайдалана отырып білім беру және педагогикалық ақпаратқа еркін қолжетімділікті ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF5245" w:rsidRPr="00AC3A65" w:rsidRDefault="00AF5245" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кітапхананың жұмыс режімін орта білім беретін ұйымның </w:t>
+      </w:r>
+      <w:r w:rsidR="00496109" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ішкі еңбек тәртібі қағидаларына сәйкес мектеп директоры белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00496109" w:rsidRPr="00AC3A65" w:rsidRDefault="00496109" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқырман-оқушыларға қызмет көрсетудің саралы тәсілін қамтамасыз ету үшін оқушылардың жекелеген топтарына сыныптарымен белгілі бір күндерді (сағаттарды) бөлу арқылы кітапхананың жұмыс кестесі әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00496109" w:rsidRPr="00AC3A65" w:rsidRDefault="00496109" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001D1577">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:ind w:left="435"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхананы пайдалану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00496109" w:rsidRPr="00AC3A65" w:rsidRDefault="00496109" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхана оқырмандарға абонементте және оқу залында қызмет көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00496109" w:rsidRPr="00AC3A65" w:rsidRDefault="00496109" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқырмандар қызметіне кітапхана қорларын салалық құрамы әмбебап, дәстүрлі (кітаптар, мерзімді басылымдар) және электронды ақпарат тасығыштағы (СД-РОМ, мультимедиа): оқу, көркем, анықтама, ғылыми-көпшілік, ғылыми-педагогикалық және әдістеме әдебиетінің қоры ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000075A4" w:rsidRDefault="00496109" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқырмандарды кітапханаға жазу абонементте жүргізіледі:</w:t>
+      </w:r>
+      <w:r w:rsidR="00195262" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000075A4" w:rsidRDefault="00195262" w:rsidP="000075A4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - оқушылар – жекелеген ретпен сыныптар тізімі бойынша;                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000075A4" w:rsidRDefault="00195262" w:rsidP="000075A4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - педагогтар, мектеп қызметкерлері мен ата-аналар </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00496109" w:rsidRPr="00AC3A65" w:rsidRDefault="00195262" w:rsidP="000075A4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– жеке куәлігі бойынша.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00195262" w:rsidRPr="00AC3A65" w:rsidRDefault="00195262" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әрбір оқырманға кітапхананы пайдалануға құқық беретін белгілі бір үлгідегі оқырман формуляры толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00195262" w:rsidRPr="00AC3A65" w:rsidRDefault="00195262" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кітапханаға жазылар </w:t>
+      </w:r>
+      <w:r w:rsidR="003A780B" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кезде оқырмандар кітапхананы пайдалану қағидаларымен танысып, оларды орындайтыны туралы міндеттемені оқырман формулярына қол қоюмен растауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A780B" w:rsidRPr="00AC3A65" w:rsidRDefault="003A780B" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқырман және кітап формуляры оқырманға кітапхана қорынан құжаттардың берілгені мен оларды кітапханашының қабылдап алу фактісі мен берілген күнін тіркейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A780B" w:rsidRPr="00AC3A65" w:rsidRDefault="003A780B" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Абонементті пайдалану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000075A4" w:rsidRDefault="003A780B" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Абонемент қорындағы құжаттарды пайдалану мерзімі мен олардың саны шектелген және саралы түрде былайша белгіленеді:                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000075A4" w:rsidRDefault="003A780B" w:rsidP="000075A4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- оқырман төртеуден артық емес басылымды (оқулықтан басқа) үйіне алу құқығы бар;</w:t>
+      </w:r>
+      <w:r w:rsidR="00864A2E" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                     - оқу әдебиеті тиісті пәнді оқу мерзіміне </w:t>
+      </w:r>
+      <w:r w:rsidR="00723B67" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(оқу жылының басында міндетті түрде қайта тіркелгеннен кейін) беріледі;                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00723B67" w:rsidRPr="00AC3A65" w:rsidRDefault="00723B67" w:rsidP="000075A4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - әдістеме әдебиеті бір ай мерзімге беріледі, ал даналар саны жеткілікті болған жағдайда тиісті пәнді оқыту мерзіміне (оқу жылының басында міндетті түрде қайта тіркелгеннен кейін) беріледі;                                                                                                          - </w:t>
+      </w:r>
+      <w:r w:rsidR="00953ABF" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныптан тыс оқу үшін (көркем, ғылыми-көпшілік, танымдық әдебиет) 15 күнге беріледі;                                                                            - сирек  және құнды басылымдар үйге берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864A2E" w:rsidRPr="00AC3A65" w:rsidRDefault="00831DDC" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Құжаттарды пайдалану мерзімі </w:t>
+      </w:r>
+      <w:r w:rsidR="00502283" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оған басқа оқырмандар тарапынан сұраныс болмаған жағдайда ұзартылуы немесе басылым  бір данада немесе зор сұранысқа ие болған жағдайда қысқартылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502283" w:rsidRPr="00AC3A65" w:rsidRDefault="00502283" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу залын пайдалану тәртібі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502283" w:rsidRPr="00AC3A65" w:rsidRDefault="00502283" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу залында </w:t>
+      </w:r>
+      <w:r w:rsidR="00F23CA5" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пайдалануға </w:t>
+      </w:r>
+      <w:r w:rsidR="00823CC7" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арналған құжаттар үйге берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00823CC7" w:rsidRPr="00AC3A65" w:rsidRDefault="00823CC7" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Энциклопедиялар, анықтамалық, сирек және құнды басылымдар, сондай –ақ мерзімді басылымдар тек оқу залында жұмыс істеу үшін ғана беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00823CC7" w:rsidRPr="00AC3A65" w:rsidRDefault="00823CC7" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқырманның оқу залында жұмыс істейтін құжаттарының саны шектелмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00823CC7" w:rsidRPr="00AC3A65" w:rsidRDefault="00823CC7" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқырмандар (1-2 сыныптар оқушыларынан басқасы) басылымдардың </w:t>
+      </w:r>
+      <w:r w:rsidR="00725D19" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрбір данасы үшін оқырман формулярына қол қояды, құжаттардың қайтарылуы кітапханашының қолымен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00725D19" w:rsidRPr="00AC3A65" w:rsidRDefault="00725D19" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды пайдалану мерзімі бітуіне қарай кітапханашы оқырманға құжаттарды он күн мерзімінде қайтару қажеттілігі туралы ескертеді. Егер құжаттар осы мерзім</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0BAB" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">де </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кітапханаға </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0BAB" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қайтарылмаса кітапханашы оқушының ата-анасына (немесе олардың орнындағы адамдарға) оларды қайтару немесе жоғалтқан жағдайда екі айдың ішінде мазмұны мен құны бірдей құжаттармен алмастыру туралы жазбаша талап хат жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0BAB" w:rsidRPr="00AC3A65" w:rsidRDefault="00FB0BAB" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқушыларға оқулықтар мен оқу құралдарын беру тәртібі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0BAB" w:rsidRPr="00AC3A65" w:rsidRDefault="00FB0BAB" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп оқушылары оқулықтармен қолданыстағы нұсқаулыққа сәйкес қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0BAB" w:rsidRPr="00AC3A65" w:rsidRDefault="00FB0BAB" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5663E" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылының басында сыныпқа оқулықтар беру 1-4 сыныптар  мұғалімдері, 5-11 сыныптардың  сынып жетекшілері немесе тиісті пән мұғалімдері арқылы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A5663E" w:rsidRPr="00AC3A65" w:rsidRDefault="00A5663E" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалімге сыныпқа оқулықтардың берілу фактісі кітапханада жүргізілетін берілген оқулықтардың есеп журналында тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A5663E" w:rsidRPr="00AC3A65" w:rsidRDefault="00A5663E" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орта және жоғары сынып оқушылары әрбір алынған оқулық үшін кітап формулярына қол қойып, кітапханашыға табыстайды. Берілген оқулықтардың жазбасы бар кітап формулярлары оқушылардың оқырман формулярында сақталады. Оқушылар (борышкерлер, жаңадан келгендер) оқулықтарды айрықша жағдайда ғана кітапханашыдан алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A5663E" w:rsidRPr="00AC3A65" w:rsidRDefault="00A5663E" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу жылының соңында оқушылар барлық оқулықтарды мұғалімге қайтарады. Жазғы кезеңге қажетті </w:t>
+      </w:r>
+      <w:r w:rsidR="00734975" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқулықтарды беру оқырман формулярында оқушылардың жеке қолымен тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00734975" w:rsidRPr="00AC3A65" w:rsidRDefault="00096438" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектептен кететін оқушылар оқулықтарды кітапханашыға жеке табыстайды. Оқушылар мектептен кетер алдында кітапханамен толық</w:t>
+      </w:r>
+      <w:r w:rsidR="00714586" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есептесуге міндетті. Орта, жоғары кәсіптік білім беретін ұйымдарға түсуге дайындалу үшін қажетті оқу құралдары кітапханамен толық есептескеннен кейін ақшалай кепілмен (оқулықтың нарықтық құнына бара-бар) ғана беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00714586" w:rsidRPr="00AC3A65" w:rsidRDefault="00714586" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақ үстінде жұмыс істеуге арналған оқу құралдары кабинеттерге бүкіл оқу жылы бойында кабинет меңгерушісінің жеке жауапкершілігіне беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00714586" w:rsidRPr="00AC3A65" w:rsidRDefault="00714586" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқырмандардың құқықтары, міндеттері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00714586" w:rsidRPr="00AC3A65" w:rsidRDefault="00714586" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
-[...20 lines deleted...]
-      <w:pPr>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқырмандардың мынадай құқықтары бар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00714586" w:rsidRPr="00AC3A65" w:rsidRDefault="00714586" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхананың анықтама –библиографиялық және ақпарат қызметін пайдалану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00714586" w:rsidRPr="00AC3A65" w:rsidRDefault="00714586" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхана қорларына еркін қолжетімділік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00714586" w:rsidRPr="00AC3A65" w:rsidRDefault="00714586" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхана қорының құрамы мен кітапхананың көрсететін қызметтері туралы толық ақпарат алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00714586" w:rsidRPr="00AC3A65" w:rsidRDefault="009C615C" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттар мен басқа да ақпарат көздерін таңдау</w:t>
+      </w:r>
+      <w:r w:rsidR="00301588" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен іздестіруде кеңесшілік және нақты көмек алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301588" w:rsidRPr="00AC3A65" w:rsidRDefault="00301588" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхананың анықтама – библиографиялық аппаратын: дәстүрлі каталогтар мен картотекаларды және олардың электронды нұсқаларын пайдалану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301588" w:rsidRPr="00AC3A65" w:rsidRDefault="00301588" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Абонементте және оқу залында белгіленген тәртіппен баспа басылымдары мен басқа да ақпарат көздерін уақытша пайдалануға алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301588" w:rsidRPr="00AC3A65" w:rsidRDefault="00301588" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Абонементтің қорынан алынған құжаттардың пайдалану мерзімін ұзарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301588" w:rsidRPr="00AC3A65" w:rsidRDefault="00301588" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхана өткізетін іс-шараларға қатысуға, кітапханаға нақты көмек көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301588" w:rsidRPr="00AC3A65" w:rsidRDefault="00301588" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Кітапхананың ақылы қызметі туралы Ережеге» сәйкес кітапхананың негізгі қызметіне орайлас кітапхананың қосымша ақылы қызметін пайдалану (қосымша қызметтердің тізбесі мен құнын әр кітапхана жеке белгілейді және мектеп директоры бекітеді).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301588" w:rsidRPr="00AC3A65" w:rsidRDefault="00B73404" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Кітапханалық-библиографиялық және ақпарат білімдерінің негізін, ақпаратты дербес іздестірудің дағдылары мен қабілетін алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73404" w:rsidRPr="00AC3A65" w:rsidRDefault="00B73404" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапханашымен жанжал туған жағдайда мектептің директорына жүгіну.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73404" w:rsidRPr="00AC3A65" w:rsidRDefault="00B73404" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
-[...20 lines deleted...]
-      <w:pPr>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхана оқырмандары мынаған міндетті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73404" w:rsidRPr="00AC3A65" w:rsidRDefault="00B73404" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхананы пайдалану қағидаларын сақтауға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73404" w:rsidRPr="00AC3A65" w:rsidRDefault="00B73404" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жыл сайын оқу жылының басында қайта тіркеуден өтуге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73404" w:rsidRPr="00AC3A65" w:rsidRDefault="00B73404" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапханада тыныштық пен тәртіпті сақтауға, кітапхана бөлмесіне үлкен портфельдер мен сөмкелерді алып кірмеуге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73404" w:rsidRPr="00AC3A65" w:rsidRDefault="00B73404" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхана қорынан алынған құжаттарға (онда белгілер жасамауға, сызбауға, жыртпауға, беттерін бүктемеуге және т.б.) құрал-жабдықтар мен саймандарға ұқыппен қарауға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73404" w:rsidRPr="00AC3A65" w:rsidRDefault="00B73404" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кітапхана бөлмесінен </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4004A" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқырман формулярына жазылмаған құжаттарды алып шықпауға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F4004A" w:rsidRPr="00AC3A65" w:rsidRDefault="00EA3D43" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу залының қорын тек кітапхана бөлмесінде ғана пайдалануға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3D43" w:rsidRPr="00AC3A65" w:rsidRDefault="00EA3D43" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еркін қолжетімді қордағы әдебиеттердің орналасу тәртібін бұзбауға, каталогтар мен картотекалардан кәртішкелерді суырмауға, кітапханашының рұқсатсыз қызмет бөлмесі мен кітап қоймасына кірмеуге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3D43" w:rsidRPr="00AC3A65" w:rsidRDefault="00EA3D43" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхананың баспа құжаттарын алар кезде оқырман онда ақаудың (жыртылған беттерінің, құжатта жазудың және т.б.) жоқ екеніне көз жеткізуге және ақаулар табылған жағдайда ол туралы кітапханашыға хабарлауға тиіс, ол құжатта тиісті белгілер соғуға міндетті. Өткізілетін құжаттардан табылған ақаулар үшін соңғы тапсырушы жауап береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3D43" w:rsidRPr="00AC3A65" w:rsidRDefault="00EA3D43" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әрбір алынған құжат үшін оқырман және кітап формулярына қол қоюға (бастауыш сыныптар оқушыларынан басқасы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3D43" w:rsidRPr="00AC3A65" w:rsidRDefault="00EA3D43" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхана құжаттарды белгіленген мерзімде қайтаруға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3D43" w:rsidRPr="00AC3A65" w:rsidRDefault="00EA3D43" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды жоғалтқан немесе бүлдірген жағдайда оларды сондай немесе олардың көшірмелерімен немесе ктапхананың құны бірдей деп таныған басылымдарымен</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC254D" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алмастыруға, айырбастау мүмкін болмаған жағдайда – құжаттардың шынайы нарықтық құнын өтеуге міндетті. Жоғалған</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC151F" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, бүлінген құжаттардың құнын кітапхана меңгерушісі (кітапханашы) есеп құжаттарында көрсетілген бағаларға сүйеніп, кітапхана қорларын қайта бағалау коэффициентін қолдана отырып белгілейді. Кәмелетке толмаған оқырман-оқушының кітапхана қорынан құжаттар жоғалтқан немесе оған орны толмас залал келтірген жағдайда ата-аналары (немесе олардың орнындағы адамдар) жауапкершілікке тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC151F" w:rsidRPr="00AC3A65" w:rsidRDefault="00BC151F" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқырман мектептен кеткен жағдайда өзіне жазылған құжаттарды кітапханаға қайтаруы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2E0A" w:rsidRPr="00AC3A65" w:rsidRDefault="008A2E0A" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалімдер мен мектеп қызметкерлері кеткен жағдайда кітапханада өзінің кету парағын белгілеуге, кетіп бара жатқан оқушылардың жеке істері кітапханашының тиісті белгісінен кейін беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2E0A" w:rsidRPr="00AC3A65" w:rsidRDefault="008A2E0A" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхананың құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2E0A" w:rsidRPr="00AC3A65" w:rsidRDefault="008A2E0A" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
-[...20 lines deleted...]
-      <w:pPr>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхананың мынадай құқықтары бар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2E0A" w:rsidRPr="00AC3A65" w:rsidRDefault="008A2E0A" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқырмандарға берілген құжаттардың кітапханаға қайтарылуын тұрақты бақылау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2E0A" w:rsidRPr="00AC3A65" w:rsidRDefault="008A2E0A" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қызмет көрсету мен құжаттарды беруді тек: оқырмандардың оқу жылының басында қайта тіркеуден өтіп, өзіне тіркелген барлық әдебиеттерді көрсеткеннен кейін жүзеге асыру; оқырманнан бұрын берілген, пайдалану мерзімі біткен құжаттарды алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2E0A" w:rsidRPr="00AC3A65" w:rsidRDefault="008A2E0A" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқырманның кітапханаға келтірген залалы үшін өтемақының мөлшерін белгілеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2E0A" w:rsidRPr="00AC3A65" w:rsidRDefault="008A2E0A" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кітапхананы </w:t>
+      </w:r>
+      <w:r w:rsidR="00646E26" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пайдалану қағидаларын бұзғаны, кітапхана құжаттарын пайдалану мерзімін асырғаны үшін айыппұл санкцияларын белгілеуге, кітапхананы пайдалану құқығынан белгілі бір мерзімге айыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00646E26" w:rsidRPr="00AC3A65" w:rsidRDefault="00646E26" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхананың қосымша ақылы қызметтерінің тізбесін белгілеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00646E26" w:rsidRPr="00AC3A65" w:rsidRDefault="00646E26" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхана қорынан сол мектептің қызметкері және оқушысы болып табылмайтын оқырмандарға кепілге құжаттар беру тәртібін белгілеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00646E26" w:rsidRPr="00AC3A65" w:rsidRDefault="00646E26" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
-[...58 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхана мынаған міндетті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00646E26" w:rsidRPr="00AC3A65" w:rsidRDefault="00646E26" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхана оқырмандарына олардың сұраныстары мен қажеттіктерін ескере отырып ұтырлы және сапалы қызмет көрсетуге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00646E26" w:rsidRPr="00AC3A65" w:rsidRDefault="00646E26" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқырмандардың кітапхана қорларына еркін қолжетімділігін және оларды уақытша пайдалануға тегін беруді қамтамасыз етуге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00646E26" w:rsidRPr="00AC3A65" w:rsidRDefault="00646E26" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Пайдаланушыларды кітапхана көрсететін қызметтердің барлық түрлері туралы құлағдар етуге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00646E26" w:rsidRPr="00AC3A65" w:rsidRDefault="00646E26" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дәстүрлі каталогтар, картотекалар, электронды деректер базалары (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B77F7C" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронды каталог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B77F7C" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүйесі, сондай-ақ библиографиялық құлақтандырудың басқа да нысандары («Кітапханаға жаңа түсімдердің тізімі», Ақпарат күндері, Маман күндері және т.б.) арқылы кітапхана қорының құрамы туралы толық ақпарат беруге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B77F7C" w:rsidRPr="00AC3A65" w:rsidRDefault="0055547D" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқырмандарға кітапхананың барлық ақпарат көздерін пайдалану мүмкіндігін ұсынуға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0055547D" w:rsidRPr="00AC3A65" w:rsidRDefault="0055547D" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпарат көздерін таңдау мен іздестіруге кеңесшілік жұмыс жүргізуге, көмек көрсетуге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0055547D" w:rsidRPr="00AC3A65" w:rsidRDefault="0055547D" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқырмандарды кітапхана-библиографиялық және ақпарат мәдениеті негіздерімен таныстыруға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0055547D" w:rsidRPr="00AC3A65" w:rsidRDefault="0055547D" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхана оқырмандарына жұмыс істеу үшін қолайлы жағдайлар туғызуға және қолдауға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0055547D" w:rsidRPr="00AC3A65" w:rsidRDefault="0055547D" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кітапхана қорларын сақтау мен ұтымды пайдалануды қамтамасыз етуге, </w:t>
+      </w:r>
+      <w:r w:rsidR="0011250A" w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттарды орналастыру мен сақтау, материалдық-техникалық құрал-жабдықтардың сақталуы үшін тиісті санитарлық-гигиеналық жағдайлар туғызуға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011250A" w:rsidRPr="00AC3A65" w:rsidRDefault="0011250A" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Баспа құжаттарын шағын жөндеуге және уақтылы түптеуге, бұл жұмысқа кітапхана активін қатыстыруға. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011250A" w:rsidRPr="00AC3A65" w:rsidRDefault="0011250A" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектептің ішкі еңбек тәртібі қағидаларына сәйкес кітапхананың жұмыс режімін қамтамасыз етуге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011250A" w:rsidRPr="00AC3A65" w:rsidRDefault="0011250A" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп директорының алдында өз қызметі туралы жүйелі түрде есеп беріп отыруға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13ED7" w:rsidRPr="00AC3A65" w:rsidRDefault="00A13ED7" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001D1577">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13ED7" w:rsidRPr="00AC3A65" w:rsidRDefault="00A13ED7" w:rsidP="00AC3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2027 lines deleted...]
-    <w:sectPr w:rsidR="00372D65" w:rsidSect="007731BE">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A13ED7" w:rsidRPr="00AC3A65" w:rsidSect="00AC3A65">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="850" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="086E0433"/>
+    <w:nsid w:val="194114C2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C31CBD54"/>
+    <w:lvl w:ilvl="0" w:tplc="5212E974">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="33E76769"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6E0649FC"/>
+    <w:tmpl w:val="B8842172"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="720"/>
+        <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="720"/>
+        <w:ind w:left="1440" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="1080"/>
+        <w:ind w:left="1440" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="1080"/>
+        <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="1440"/>
+        <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="1440"/>
+        <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="1800"/>
+        <w:ind w:left="2520" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="3B8D4F8E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5FE08E5E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="435" w:hanging="360"/>
+        <w:ind w:left="578" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1298" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2018" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2738" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3458" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4178" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4898" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5618" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6338" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="4D7D7D66"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A17A4CCE"/>
+    <w:lvl w:ilvl="0" w:tplc="CE1EDF2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1,1%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CE1EDF2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1,1%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="72237676"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6CD0CECE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1155" w:hanging="720"/>
+        <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1515" w:hanging="720"/>
+        <w:ind w:left="2520" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2235" w:hanging="1080"/>
+        <w:ind w:left="3600" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2595" w:hanging="1080"/>
+        <w:ind w:left="4320" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3315" w:hanging="1440"/>
+        <w:ind w:left="5400" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4035" w:hanging="1800"/>
+        <w:ind w:left="6480" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4395" w:hanging="1800"/>
+        <w:ind w:left="7200" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5115" w:hanging="2160"/>
+        <w:ind w:left="8280" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="7EEA3D0C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="655881AA"/>
+    <w:lvl w:ilvl="0" w:tplc="CE1EDF2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1,1%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E90150"/>
-[...43 lines deleted...]
-    <w:rsid w:val="00FF5967"/>
+    <w:rsidRoot w:val="00E77E39"/>
+    <w:rsid w:val="000075A4"/>
+    <w:rsid w:val="000109AA"/>
+    <w:rsid w:val="00067378"/>
+    <w:rsid w:val="00096438"/>
+    <w:rsid w:val="0011250A"/>
+    <w:rsid w:val="00195262"/>
+    <w:rsid w:val="00242DEC"/>
+    <w:rsid w:val="002504C9"/>
+    <w:rsid w:val="00251632"/>
+    <w:rsid w:val="00251880"/>
+    <w:rsid w:val="002666B2"/>
+    <w:rsid w:val="002A6505"/>
+    <w:rsid w:val="002C19DF"/>
+    <w:rsid w:val="002E6CD8"/>
+    <w:rsid w:val="002F5462"/>
+    <w:rsid w:val="00301588"/>
+    <w:rsid w:val="00397F29"/>
+    <w:rsid w:val="003A780B"/>
+    <w:rsid w:val="003C38AE"/>
+    <w:rsid w:val="0042610C"/>
+    <w:rsid w:val="0043037E"/>
+    <w:rsid w:val="00437FBC"/>
+    <w:rsid w:val="004423C4"/>
+    <w:rsid w:val="00496109"/>
+    <w:rsid w:val="004B5409"/>
+    <w:rsid w:val="004C2725"/>
+    <w:rsid w:val="004D60C7"/>
+    <w:rsid w:val="004F674C"/>
+    <w:rsid w:val="00502283"/>
+    <w:rsid w:val="0055547D"/>
+    <w:rsid w:val="00577B55"/>
+    <w:rsid w:val="00593337"/>
+    <w:rsid w:val="005C6375"/>
+    <w:rsid w:val="00646E26"/>
+    <w:rsid w:val="006476E7"/>
+    <w:rsid w:val="00667EF6"/>
+    <w:rsid w:val="007024EA"/>
+    <w:rsid w:val="00714586"/>
+    <w:rsid w:val="00723B67"/>
+    <w:rsid w:val="00725D19"/>
+    <w:rsid w:val="00734975"/>
+    <w:rsid w:val="0074130C"/>
+    <w:rsid w:val="00795E97"/>
+    <w:rsid w:val="007C10AB"/>
+    <w:rsid w:val="00823CC7"/>
+    <w:rsid w:val="00831DDC"/>
+    <w:rsid w:val="0085063B"/>
+    <w:rsid w:val="0085359F"/>
+    <w:rsid w:val="008633B7"/>
+    <w:rsid w:val="00864A2E"/>
+    <w:rsid w:val="008A2E0A"/>
+    <w:rsid w:val="008A36F9"/>
+    <w:rsid w:val="008B4B31"/>
+    <w:rsid w:val="008B7091"/>
+    <w:rsid w:val="00953ABF"/>
+    <w:rsid w:val="009C615C"/>
+    <w:rsid w:val="009F2035"/>
+    <w:rsid w:val="00A01436"/>
+    <w:rsid w:val="00A13ED7"/>
+    <w:rsid w:val="00A3288B"/>
+    <w:rsid w:val="00A5663E"/>
+    <w:rsid w:val="00A650DD"/>
+    <w:rsid w:val="00AC3A65"/>
+    <w:rsid w:val="00AF5245"/>
+    <w:rsid w:val="00B52BFF"/>
+    <w:rsid w:val="00B73404"/>
+    <w:rsid w:val="00B77F7C"/>
+    <w:rsid w:val="00B930F2"/>
+    <w:rsid w:val="00BC151F"/>
+    <w:rsid w:val="00BC29FC"/>
+    <w:rsid w:val="00C12A62"/>
+    <w:rsid w:val="00C74D38"/>
+    <w:rsid w:val="00CB78AA"/>
+    <w:rsid w:val="00CC254D"/>
+    <w:rsid w:val="00CE0B89"/>
+    <w:rsid w:val="00CE343B"/>
+    <w:rsid w:val="00CF4784"/>
+    <w:rsid w:val="00D0231E"/>
+    <w:rsid w:val="00E77E39"/>
+    <w:rsid w:val="00EA3D43"/>
+    <w:rsid w:val="00F12627"/>
+    <w:rsid w:val="00F23CA5"/>
+    <w:rsid w:val="00F4004A"/>
+    <w:rsid w:val="00F82147"/>
+    <w:rsid w:val="00FA08D2"/>
+    <w:rsid w:val="00FB0BAB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2995,133 +3977,103 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="009161C5"/>
+    <w:rsid w:val="0042610C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...28 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3226,145 +4178,115 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="009161C5"/>
+    <w:rsid w:val="0042610C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...28 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3399,214 +4321,254 @@
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{098F87B8-CC21-450B-A6DB-0D9E23258476}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1590</Words>
-  <Characters>9068</Characters>
+  <Words>1697</Words>
+  <Characters>9679</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>80</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10637</CharactersWithSpaces>
+  <CharactersWithSpaces>11354</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>USER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>