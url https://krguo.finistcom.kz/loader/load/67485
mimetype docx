--- v0 (2025-10-18)
+++ v1 (2026-03-11)
@@ -2,4330 +2,8891 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="002F2579" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="002F56FD" w:rsidSect="002E16E9">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F2579">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="0043219A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C56F8FE" wp14:editId="7F9AE75C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B2DFC60" wp14:editId="2E37EB42">
             <wp:extent cx="1722324" cy="1581150"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 2" descr="C:\Users\Пользователь\Desktop\Диск D\doc\ДОКУМЕНТЫ   МЕТОДИСТА\Оксана\БЕРЕЗКА\berezka3_1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1026" name="Picture 2" descr="C:\Users\Пользователь\Desktop\Диск D\doc\ДОКУМЕНТЫ   МЕТОДИСТА\Оксана\БЕРЕЗКА\berezka3_1.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1724609" cy="1583248"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:extLst/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="0043219A">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002F2579">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="center"/>
-[...15 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="002E16E9" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="360"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">о  конкурсе на занятие вакантных должностей гражданских служащих                                </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E16E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Хабарландыру</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...9 lines deleted...]
-        <w:sectPr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidSect="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F2579">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>азаматтық қызметшілердің бос лауазымдарына орналасуға арналған конкурс туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="002F56FD" w:rsidSect="002E16E9">
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="002F2579" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...27 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="002F2579" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">КГКП  «Ясли-сад «Берёзка» отдела </w:t>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F2579">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс өткізетін ұйымның атауы, оның орналасқан жері, пошталық мекенжайы, телефон және факс нөмірлері, электрондық пошта мекенжайы көрсетілген:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының Шахтинск қаласы білім бөлімінің «Березка» бөбекжайы» КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шахан кенті  11/17 кварталы, 25 ғимарат </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тел.8(72156)33303,  8(72156)34041, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эл</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0043219A">
-[...5 lines deleted...]
-        <w:t>образования города Шахтинска управления образования Карагандинской области</w:t>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.а</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0043219A">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>shahtinsk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berezka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>krg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
-[...160 lines deleted...]
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>Наименование вакантных должностей с обозначением основных функциональных обязанностей, размера и условий оплаты труда:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>функционалдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңбекақы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мөлшері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шарттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбиеші</w:t>
+      </w:r>
+      <w:r w:rsidR="00B92740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос жұмыс орындары</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>Воспитатель: 1 вакансия</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Музыкал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ық жетекші</w:t>
+      </w:r>
+      <w:r w:rsidR="00B92740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұмыс орны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Робототехника оқытушысы</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Музыкальный руководитель: 2 вакансии</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(мұғалімі): 1 бос жұмыс орны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>Преподаватель (учитель) робототехники: 1 вакансия</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функционалдық міндеттері: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі білім беру ұйымының тәрбиешісі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Функциональные обязанности: </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Тәрбиеші балаларды жас ерекшеліктеріне сәйкес тәрбиелейді және оқытады, білім беру әдістемелеріне, ТжКБ бағдарламалары мен жоспарларына сәйкес дамыту және оқыту сабақтарын өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
-[...20 lines deleted...]
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Денсаулық сақтау технологияларын қолдана отырып, балалардың өмірі мен денсаулығын қорғауды қамтамасыз етеді, топтағы әр баланың денсаулығының жай-күйі мен нығаюын бақылайды, ұйымның медициналық қызметкерлерімен бірлесіп, балалардың денсаулығын нығайтуға, психофизикалық дамуына ықпал ететін кешенді іс-шараларды жүйелі түрде өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп жасына дейінгі балалармен жұмыс істеудің тиісті кәсіби құзыреттеріне ие.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Обладает  соответствующими профессиональными компетенциями работы с детьми дошкольного возраста. </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-Пәндік-дамытушылық ортаны қалыптастырады, балалардың іс-әрек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етін басқарады (ойын, танымдық,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бейнелеу, еңбек және т.б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>). Сабақтарды өткізуге дайындалады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">- Создает  предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая и т.д.). Готовиться к проведению занятий. </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өз тобындағы әрбір балаға құрметпен және қамқорлықпен қарау, балалармен және олардың ата-аналарымен қарым-қатынаста ұстамдылық пен педагогикалық әдептілік таныту, білім алушылардың, тәрбиеленушілердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">және олардың ата-аналарының немесе өзге де заңды өкілдерінің ар-намысы мен қадір-қасиетін құрметтеу. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">уважать честь и достоинство обучающихся, воспитанников и их родителей или иных законных представителей. </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Компьютерлік сауаттылықты, ақпараттық-коммуникациялық құзыреттілікті меңгеру. Білім алушылар мен тәрбиеленушілерді оқыту және тәрбиелеу мәселелері бойынша ата-аналарға немесе өзге де заңды өкілдерге кеңес беру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...54 lines deleted...]
-        <w:t>Размер заработной платы:</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалақы мөлшері:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3191"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+          </w:p>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Звено, ступень</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сілтеме, кезең</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6381" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>В завистмости от выслуги лет</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек еткен жылдарына байланысты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r w:rsidRPr="00F84C79">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r w:rsidRPr="00F84C79">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В3-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>190030</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>218558</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В3-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>177147</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>207515</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В3-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>175766</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>207055</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>В3-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>161963</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>192791</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>181748</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>207975</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>171626</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>201994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>168865</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>197392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>152761</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>171626</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптарына сәйкес конкурсқа қатысушыларға қойылатын негізгі талаптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог (санатсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>): тиісті бейін бойынша педагогикалық кәсіптік білімі немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білімін растайтын, жұмыс өтіліне қойылатын талаптарды көрсетпей-ақ өзге де құжаты бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білуі тиіс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Основные требования к участникам конкурса, в соотвтствии с квалификационными требованияи: </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- ҚР Конституциясы, ҚР Еңбек кодексі, "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" ҚР Заңдары және білім беруді дамытудың бағыттары мен перспективаларын айқындайтын ҚР басқа да нормативтік-құқықтық актілері;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Педагог (без категории): имеет педагогическое профессиональное образование по соответствующему профилю или иной документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предьясления требований к стажу работы </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Психология және педагогика, алғашқы дәрігерге дейінгі медициналық көмек көрсету қағидалары, еңбек қауіпсіздігі және еңбекті қорғау жөніндегі қағидалар, санитариялық қағидалар;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ектепке дейінгі тәрбие мен оқытуды ұйымдастыру жөніндегі нормативтік-құқықтық құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.2.Мектепке дейінгі білім беру ұйымының музыкалық жетекшісі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>Должен знать:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-Музыкалық және басқа да мәдени-бұқаралық іс-шараларды ұйымдастырады және өткізеді, балалармен жеке жұмыс жүргізеді, музыкалық дарынды балаларды анықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Музыкалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аспапта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>техникасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>меңгерген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Өзінің кәсіби шеберлігін, зерттеу, зияткерлік және шығармашылық деңгейін жетілдіреді, оның ішінде біліктілік санатының деңгейін кемінде бес жылда бір рет арттырады (растайды).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>- Конституцию РК, Трудовой Кодекс РК, законы РК «Об образовании», «О статусе педагога», «О противодействии коррупции» и другие нормативно-правовые акты РК, определяющие направления и перспективы развития образования;</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Балалармен жұмыс тәжірибесіне педагогикалық тәжірибені енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>- психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Диагностикалық әдістемені қолдана отырып, әр баланың музыкалық дамуына деңгейлік баға береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
-[...18 lines deleted...]
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Компьютерлік сауаттылықты, ақпараттық-коммуникациялық құзыреттілікті меңгеру.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...288 lines deleted...]
-        <w:t>Размер заработной платы:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалақы мөлшері:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3191"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Звено, ступень</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сілтеме, кезең</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6381" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>В завистмости от выслуги лет</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек еткен жылдарына байланысты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r w:rsidRPr="00F84C79">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r w:rsidRPr="00F84C79">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В3-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>190030</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>218558</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В3-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>177147</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>207515</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В3-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>175766</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>207055</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В3-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>161963</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>192791</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>181748</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>207975</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>171626</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>201994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>168865</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>197392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>152761</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>171626</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Основные требования к участникам конкурса, в соотвтствии с квалификационными требованияи: </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптарына сәйкес конкурсқа қатысушыларға қойылатын негізгі талаптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="708"/>
+        <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...21 lines deleted...]
-        <w:t>документ, подтверждающий педагогическую переподготовку или техническое и профессиональное(музыкальное, педагогическое)  образование по соответствующему профилю, без предьясления требований к стажу работы</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог (санатсыз): тиісті бейін бойынша педагогикалық кәсіптік білімі немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білімін растайтын, жұмыс өтіліне қойылатын талаптарды көрсетпей-ақ өзге де құжаты бар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3.Робототехника </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
-[...21 lines deleted...]
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>Организует и обеспечивает разнообразную творческую деятельность воспитанников в области дополнительного образования робототехники, комплектует состав воспитанников в группы (подгруппы), кружки, принимает меры по сохранению их безопасной жизнедеятельности в течени</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру робототехника </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саласында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әртүрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрамын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>топтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кіші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>топтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйірмелерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жинақтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қауіпсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0043219A">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0043219A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> обучения, Участвует в разработке и реализации образовательных учебных программ, составляет планы и программы занятий, обеспечивает их выполнения. </w:t>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сүруін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірлеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспарлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындалуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
-[...6 lines deleted...]
-        <w:ind w:left="0" w:firstLine="567"/>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t>Вести установленную документацию (</w:t>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құжаттаманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0043219A">
-[...5 lines deleted...]
-        <w:t>согласно</w:t>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0043219A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> утвержденной номенклатуры дел дошкольной организации образования).</w:t>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>істер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>номенклатурасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
-[...24 lines deleted...]
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> - Организовывать самостоятельную деятельность воспитанников, в том числе исследовательскую, включает в образовательный процесс инновационные технологии, осуществляет связь обучения с практикой. </w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қабілеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адамгершілік-рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тұ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0043219A">
-        <w:t>Обеспечивать</w:t>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0043219A">
-        <w:t xml:space="preserve"> и анализирует достижения воспитанников. </w:t>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дамуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ықпал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> робототехника </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>саласында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тұрақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қызығушылықтарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">- Оценивать эффективность обучения, учитывая овладение умениями, развитие опыта творческой деятельности, познавательного интереса, используя компьютерные технологии. Способствовать формированию устойчивых профессиональных интересов и склонностей, поддерживает одаренных и талантливых воспитанников, в том числе детей с ограниченными возможностями в развитии. </w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Тәрбиеленушілердің дербес қызметін, оның ішінде зерттеу қызметін ұйымдастыру, білім беру процесіне инновациялық технологияларды енгізеді, оқытудың практикамен байланысын жүзеге асырады. Тәрбиеленушілердің жетістіктерін қамтамасыз ету және талдау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">-Оказывать консультативную помощь родителям и лицам, их заменяющим, а также педагогическим работникам. </w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Компьютерлік технологияларды қолдана отырып, дағдыларды игеруді, шығармашылық қызмет тәжірибесін, танымдық қызығушылықты дамытуды ескере отырып, оқытудың тиімділігін бағалау. Тұрақты кәсіби қызығушылықтар мен бейімділіктерді қалыптастыруға ықпал ету, дарынды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>және талантты тәрбиеленушілерді, оның ішінде даму мүмкіндігі шектеулі балаларды қолдау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Ата-аналарға және оларды алмастыратын адамдарға, сондай-ақ педагог қызметкерлерге консультациялық көмек көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>Размер заработной платы:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалақы мөлшері:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3191"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>Звено, ступень</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сілтеме, кезең</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6381" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>В зависимости от выслуги лет</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Еңбек еткен жылдарына байланысты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r w:rsidRPr="00F84C79">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r w:rsidRPr="00F84C79">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В3-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>190030</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>218558</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidTr="000F499F">
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В3-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>177147</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F22BA" w:rsidRPr="00B5572E" w:rsidRDefault="005F22BA" w:rsidP="000F499F">
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>207515</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В3-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>175766</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3191" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>207055</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В3-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>161963</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3191" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>192791</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В4-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>181748</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3191" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>207975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В4-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>171626</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3191" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>201994</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В4-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>168865</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3191" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>197392</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidTr="000F499F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В4-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>152761</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3191" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="000F499F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5572E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>171626</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптарына сәйкес конкурсқа қатысушыларға қойылатын негізгі талаптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
-[...41 lines deleted...]
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог (санатсыз): тиісті бейін бойынша педагогикалық кәсіптік білімі немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білімін растайтын, жұмыс өтіліне қойылатын талаптарды көрсетпей-ақ өзге де құжаты бар</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұжаттарды қабылдау мерзімдері конкурс өткізу туралы хабарландыру соңғы жарияланғаннан кейінгі келесі күннен бастап есептеледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5572E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құжаттарды қабылдаудың басталу күні: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E16E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024ж. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B92740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E16E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B92740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қырқүйек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5572E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5572E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құжаттарды қабылдаудың аяқталу күні: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E16E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024ж. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B92740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E16E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B92740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қырқүйек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5572E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тізімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="00755C61" w:rsidP="00755C61">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="426"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Сроки приема документов, который исчисляется со следующего дня после последней публикации объявления о проведении конкурса: </w:t>
+        <w:ind w:left="0" w:firstLine="349"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тағайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>босату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  15-қосымшасына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тізбесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2012 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылдың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  21 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 57 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрлігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2012 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылдың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наурызында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  № 7495 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тағайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>босату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы»</w:t>
+      </w:r>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15-қосымшасына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тізбесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымдарынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F56FD" w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
-[...222 lines deleted...]
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>Документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жеке </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>куәландыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цифрлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сервисінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкестендіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>Заполненный оценочный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кадрларды есепке алу бойынша толтырылған бағалау парағы (нақты тұрғылықты мекенжайын және байланыс телефондарын көрсете отырып-бар болса); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>Копии документов об образовании соответствии с предъявленными к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылған біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>Копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Еңбек қызметін растайтын құжаттың көшірмесі (бар болса); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...26 lines deleted...]
-        <w:t>ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" ҚР Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы  № ҚРДСМ-175/2020 бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>Справка с психоневрологической организации;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психоневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>Справку с наркологической организации;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наркологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>Сертификат о результатах прохождения сертификации или удостоверения о наличии действующей квалификационной категории (при наличии)</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сертификаттаудан өту нәтижелері туралы Сертификат немесе қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 21 ақпандағы № 57 "лауазымға тағайындау қағидаларын бекіту туралы" бұйрығына өзгерістер енгізу туралы "Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға тағайындау, лауазымнан босату қағидалары "16-қосымшасына сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы, мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымдарынан босату" </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11. Өтілі жоқ кандидат үшін ) 720x480 ең аз рұқсат болатын ұзақтығы кемінде 10 минут бейнепрезентация (өзін-өзі таныстыру):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды ұсыну орны, байланыс телефоны және конкурс өткізуді ұйымдастыруға жауапты тұлға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының Шахтинск қаласы білім бөлімінің «Березка» бөбекжайы» КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шахан кенті  11/17 кварталы, 25 ғимарат </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тел.8(72156)33303,  8(72156)34041, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эл</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0043219A">
-[...5 lines deleted...]
-        <w:t>Заполненный оценочный лист  кандидата  на вакантную или временно вакантную должность педагога по форме согласно приложению 16 «Правила назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования» "О внесении изменений в приказ Министра образования и науки Республики Казахстан от 21 февраля 2012 года № 57 "Об утверждении правил назначения на должности, освобождения от должностей первых руководителей и педагогов</w:t>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.а</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0043219A">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>shahtinsk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berezka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>krg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
-[...71 lines deleted...]
-        <w:t>480:</w:t>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00B5572E" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>абылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиясының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хатшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F84C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ольга Анатольевна Алпарова.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
         <w:ind w:firstLine="426"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
-[...22 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="002F56FD" w:rsidRPr="00F84C79" w:rsidRDefault="002F56FD" w:rsidP="002F56FD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F22BA" w:rsidRPr="0043219A" w:rsidRDefault="005F22BA" w:rsidP="005F22BA">
-[...216 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00001C3C" w:rsidRDefault="00001C3C">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00001C3C" w:rsidRDefault="00001C3C"/>
-    <w:sectPr w:rsidR="00001C3C" w:rsidSect="00936346">
+    <w:sectPr w:rsidR="00001C3C" w:rsidSect="002E16E9">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -4665,53 +9226,55 @@
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005F22BA"/>
+    <w:rsidRoot w:val="002F56FD"/>
     <w:rsid w:val="00001C3C"/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
+    <w:rsid w:val="00755C61"/>
+    <w:rsid w:val="00B92740"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4854,177 +9417,165 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a7">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a9"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5149,195 +9700,183 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a7">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a9"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005F22BA"/>
+    <w:rsid w:val="002F56FD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shahtinsk_berezka@krg.gov.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5585,51 +10124,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>8124</Characters>
+  <Pages>6</Pages>
+  <Words>1409</Words>
+  <Characters>8033</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>66</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9530</CharactersWithSpaces>
+  <CharactersWithSpaces>9424</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>березка</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>