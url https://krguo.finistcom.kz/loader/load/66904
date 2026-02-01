--- v0 (2025-12-02)
+++ v1 (2026-02-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4817e21" w14:textId="4817e21">
+    <w:p w14:paraId="d9578d7" w14:textId="d9578d7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,307 +76,307 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил оказания государственной услуги "Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования"</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік қызметін көрсету қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 22 мамырдағы № 219 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 22 мамырда № 20695 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 1) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
+      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> оказания государственной услуги "Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования" согласно приложению к настоящему приказу.</w:t>
+      1. Қоса беріліп отырған "Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік қызметін көрсету қағидаларын бекіту туралы" мемлекеттік қызметін көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Признать утратившим силу </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 170 "Стандарт государственной услуги "Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10980, опубликован 18 мая 2015 года в информационно-правовой системе "Әділет").</w:t>
+      2. Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 170 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген "Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызмет стандарты" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10980 болып тіркелген, 2015 жылғы 18 мамырда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) күшін жоғалтқан деп танылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Мелдебекова М.Т.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      3. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті (М.Т. Мелдебекова) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      1)  осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      2)  осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігі интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятиях, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      3)  осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Ш.Т. Каринову</w:t>
+      4. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі Ш.Т. Кариноваға жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -395,92 +395,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-              <w:t>Министр образования и науки</w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t>Білім және ғылым министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -582,1109 +565,1122 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к приказу</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра образования и</w:t>
+              <w:t>Білім және ғылым министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>науки Республики Казахстан</w:t>
+              <w:t>2020 жылғы 22 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 22 мая 2020 года № 219</w:t>
+              <w:t>№ 219 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования"</w:t>
+        <w:t xml:space="preserve"> "Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызметтің қағидасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила оказания государственной услуги "Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования" разработаны в соответствии с подпунктом 1) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок приема документов и зачисление в организации дополнительного образования и организации общего среднего образования (далее – услугодатель).</w:t>
+      1. "Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызметтің осы қағидасы" "Мемлекеттік қызмет көрсету туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының (бұдан әрі - Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және қосымша білім беру ұйымдарына және жалпы орта білім беру ұйымдарына (бұдан әрі - көрсетілетін қызметті беруші) құжат қабылдаудың тәртібін анықтайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Государственная услуга "Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования" оказывается организациями дополнительного образования для детей, организациями общего среднего образования (далее – услугодатель).</w:t>
+      2. "Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызметті балаларға арналған қосымша білім беру ұйымдары, жалпы орта білім беру ұйымдары (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Для получения государственной услуги физические лица (далее-услугополучатель) предоставляют услугодателю и (или) через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) документы, указанные в пункте 8 Стандарта государственной услуги "Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования" согласно </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам (далее – Стандарт государственной услуги).</w:t>
+      3. Мемлекеттік қызметті алу үшін жеке тұлғалар (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге және (немесе) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация) арқылы осы Қағидаларға қосымшаға сәйкес "Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызмет стандартының (бұдан әрі - Мемлекеттік көрсетілетін қызметтер стандарты) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-тармағында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> государственной услуги согласно приложению к Правилам.</w:t>
+        <w:t>
+      Мемлекеттік қызметтерді көрсетуге қойылатын негізгі талаптардың тізбесі, оның ішінде процестің сипаттамалары, ұсыну нысаны, мазмұны және нәтижесі, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі Қағидаларға қосымшаға сәйкес Мемлекеттік көрсетілетін қызметтер стандартында жазылған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра образования и науки РК от 01.03.2022 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 01.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Канцелярия услугодателя, работник Государственной корпорации осуществляют прием заявления, проверяют полноту документов и выдают расписку согласно приложению 2 к Стандарту государственной услуги. </w:t>
+      4. Көрсетілетін қызметті берушінің кеңсесі, Мемлекеттік корпорация қызметкері өтінішті қабылдауды жүзеге асырады, құжаттардың толықтығын тексереді және Мемлекеттік көрсетілетін қызметтер стандартына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қолхат береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сведения о документах, удостоверяющих личность ребенка, работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства."</w:t>
+      Мемлекеттік корпорацияның қызметкері баланың жеке басын куәландыратын құжаттар туралы ақпаратты тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При предоставлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия канцелярия услугодателя, работник Государственной корпорации отказывает в приеме заявления и выдает расписку произвольной формы о возврате документов.</w:t>
+      Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған және (немесе) мерзімі өткен құжаттарды ұсынған кезде, көрсетілетін қызметті берушінің кеңсесі, Мемлекеттік корпорация қызметкері өтінішті қабылдаудан бас тартады және құжаттарды қабылдаудан бас тарту туралы еркін нысандағы қолхат беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае обращения через Государственную корпорацию день приема не входит в срок оказания государственной услуги.</w:t>
+      Мемлекеттік корпорация арқылы жүгінген жағдайда қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Направление пакета документов работником Государственной корпорации услугодателю осуществляется в течение 1 (одного) рабочего дня через курьера со дня приема заявления.</w:t>
+      Құжаттар топтамасын Мемлекеттік корпорация қызметкері көрсетілетін қызметті берушіге өтінішті алған күннен бастап курьер арқылы 1 (бір) жұмыс күн ішінде жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра образования и науки РК от 01.03.2022 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 01.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4-1. Канцелярия услугодателя осуществляет регистрацию принятых заявлений услугополучателей по дате и времени подачи в хронологическом порядке.</w:t>
+      4-1. Көрсетілетін қызметті берушінің кеңсесі көрсетілетін қызметті алушылардың қабылданған өтініштерін берілген күні мен уақыты бойынша хронологиялық тәртіппен тіркейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 4-1 в соответствии с приказом Министра образования и науки РК от 01.03.2022 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 4-1-тармақпен толықтырылды – ҚР Білім және ғылым министрінің 01.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования, за исключением детских музыкальных, детских художественных школ, детских школ искусств и школ художественно-эстетической направленности производится в порядке регистрации заявления о приеме.</w:t>
+      5. Балалар музыка, балалар көркем мектептерін, балалар өнер мектептерін және көркем-эстетикалық бағыттағы мектептерді қоспағанда, балаларға арналған қосымша білім беру ұйымдарына оқуға қабылдау оқуға қабылдау туралы өтінішті ресімдеу тәртібімен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Зачисление в детские музыкальные, детские художественные школы, в детские школы искусств и в школы художественно-эстетической направленности производится по итогам собеседования.</w:t>
+      Балалар музыкалық, балалар көркем мектептеріне, балалар өнер мектептеріне және көркем-эстетикалық бағыттағы мектептерге қабылдау әңгімелесу нәтижесі бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В ходе собеседования педагогом определяется уровень развития способностей детей в области разных видов искусства (музыкального, изобразительного, хореографического, театрального).</w:t>
+      Әңгімелесу барысында педагог балалардың өнердің әртүрлі түрлері (музыкалық, бейнелеу, хореографиялық, театрлық) саласындағы қабілеттерінің даму деңгейін анықтайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра просвещения РК от 01.09.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Оқу-ағарту министрінің 01.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 387</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1. При наличии вакантных мест по уведомлению услугодателей дополнительный прием в течение календарного года осуществляется в порядке, указанном в пункте 5 настоящих Правил.</w:t>
+      5-1. Бос орындар болған жағдайда көрсетілетін қызметті берушілерді хабардар ету бойынша күнтізбелік жыл ішінде қосымша қабылдау осы Қағидалардың 5-тармағында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Доставка результатов оказания государственной услуги осуществляется услугодателем для Государственной корпорации в течение 1 (одного) рабочего дня через курьера со дня приема заявления.</w:t>
+      Мемлекеттік қызметті көрсету нәтижесін беруді көрсетілетін қызметті беруші Мемлекеттік корпорацияға өтінішті алған күннен бастап 1 (бір) жұмыс күні ішінде курьерлік байланыс арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 5-1 в соответствии с приказом Министра образования и науки РК от 01.03.2022 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 5-1-тармақпен толықтырылды – ҚР Білім және ғылым министрінің 01.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:bookmarkStart w:name="z19" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом  в сфере информатизации в соответствии с подпунктом 11) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "О государственных услугах".</w:t>
+      6. Көрсетілетін қызметті беруші "Мемлекеттік қызмет көрсету туралы" Қазақстан Республикасы Заңының 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес ақпараттандыру саласында уәкілетті орган белгілеген тәртіп бойынша мемлекеттік көрсетілетін қызмет кезеңі туралы ақпараттық жүйеге мәліметтер енгізуді қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:bookmarkStart w:name="z20" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий услугодателя и (или) его должностных лиц по вопросам оказания  государственных услуг</w:t>
+        <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының мемлекеттік қызмет көрсету мәселелері бойынша әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:bookmarkStart w:name="z21" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      7. Мемлекеттік қызмет көрсету туралы шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызмет көрсету сапасын бағалау және сапасын бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып жатқан лауазымды тұлғаға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған лауазымды адам шағым келіп түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются. </w:t>
+      Бұл ретте егер шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті беруші, лауазымды адам үш жұмыс күні ішінде талаптарын толық қанағаттандыратын шешім немесе өзге де әкімшілік әрекетті қабылдаса, шағымды қарайтын органға шағымды жібермеуге құқылы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При этом услугодатель, должностное лицо, решение, действие (бездействие) которого обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
-[...73 lines deleted...]
-      Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      Егер заңда өзгеше көзделмесе, сотқа шағымдануға сотқа дейінгі шағымнан кейін жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра образования и науки РК от 01.03.2022 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 01.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">8. Исключен приказом Министра образования и науки РК от 01.03.2022 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">8. Алып тасталды – ҚР Білім және ғылым министрінің 01.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -1734,203 +1730,190 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t>"Балаларға қосымша білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t>беру бойынша қосымша білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t>беру ұйымдарына құжаттар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Прием документов</w:t>
+              <w:t>қабылдау және оқуға қабылдау"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и зачисление в организации</w:t>
+              <w:t>мемлекеттік көрсетілетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дополнительного образования</w:t>
+              <w:t>қызмет көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>для детей по предоставлению</w:t>
-[...12 lines deleted...]
-              <w:t>им дополнительного образования"</w:t>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции приказа Министра образования и науки РК от 01.03.2022 </w:t>
+      Ескерту. Қосымша жаңа редакцияда – ҚР Білім және ғылым министрінің 01.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Министра просвещения РК от 01.09.2022 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Оқу-ағарту министрінің 01.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 387</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1946,51 +1929,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cтандарт государственной услуги "Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования"</w:t>
+"Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2023,87 +2006,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Организации дополнительного образования для детей, организации общего среднего образования.</w:t>
+Балаларға арналған қосымша білім беру ұйымдары, жалпы орта білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2136,87 +2119,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги</w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием заявления и выдача результата государственной услуги осуществляется через услугодателя, Государственную корпорацию.</w:t>
+Өтінішті қабылдау және мемлекеттік көрсетілетін қызметтің нәтижесін беруді көрсетілетін қызметті беруші арқылы, Мемлекеттік корпорациясы жүзеге асырады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2249,213 +2232,213 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сроки оказания государственной услуги:</w:t>
+Көрсетілетін мемлекеттік қызмет мерзімі:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-прием документов в организации дополнительного образования для детей по предоставлению им дополнительного образования:</w:t>
+балалар үшін қосымша білім беру бойынша қосымша білім беру ұйымдарына құжат қабылдау:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) с момента сдачи пакета документов – 30 (тридцать) минут;</w:t>
+құжаттарды тапсырған сәттен бастап – 30 (отыз) минут;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) максимально допустимое время ожидания для сдачи пакета документов –15 (пятнадцать) минут;</w:t>
+құжаттарды тапсыру үшін максималды күту уақыты – 15 (он бес) минут;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) максимально допустимое время обслуживания – 15 (пятнадцать) минут.</w:t>
+қызмет алушыға қызмет көрсетудің максималды уақыты 15 (он бес) минут.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования, за исключением детских музыкальных, детских художественных школ, детских школ искусств и школ художественно-эстетической направленности производится при наличии свободных мест.</w:t>
+Балаларды қосымша білім беру ұйымына оқуға қабылдау оларға қосымша білім беру бойынша балалар музыка, балалар көркем, балалар өнер және көркем-эстетикалық бағыттағы мектептерін қоспағанда бос орын болған жағдайда жүргізіледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При этом, направление пакета документов работником Государственной корпорации услугодателю и доставка результата оказания государственной услуги в Государственную корпорацию осуществляется в течение 1 рабочего дня для каждой стороны.</w:t>
+Сонымен қатар, Мемлекеттік корпорация қызметкерінің қызмет берушіге құжаттарды жолдауы және көрсетілетін мемлекеттік қызметті алушы Мемлекеттік корпорацияға нәтижесінің жеткізілуі әр тарап үшін 1 жұмыс күні ішінде жүргізіледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зачисление в детские музыкальные, детские художественные школы и в детские школы искусств, школы художественно-эстетической направленности производится по итогам собеседования.</w:t>
+Балалар музыка, балалар көркем, балалар өнер және көркем-эстетикалық бағыттағы мектептеріне оқуға қабылдау әңгімелесу нәтижесі бойынша жүргізіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2488,87 +2471,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная) / бумажная.</w:t>
+Электрондық (жартылай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+автоматтандырылған) / қағаз түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2601,105 +2602,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Выдача расписки о приеме документов согласно приложению 2 к настоящему стандарту и при зачислении в организацию дополнительного образования – копию приказа о зачислении.</w:t>
+              <w:t xml:space="preserve">
+Осы Стандартқа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес құжаттарды қабылдау туралы қолхат беру және қосымша білім беру ұйымына қабылдау кезінде-қабылдау туралы бұйрықтың көшірмесі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При обращении к услугодателю за результатом оказания государственной услуги на бумажном носителе результат оформляется на бумажном носителе.</w:t>
+Көрсетілетін қызметті берушіге мемлекеттік қызмет көрсету нәтижесін қағаз нұсқада алу үшін жүгінген кезде нәтиже қағаз нұсқада ресімделеді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2732,105 +2753,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Мемлекеттік қызметті көрсету кезінде қызметті алушы тарапынан төленетін төлемақы көлемі және Қазақстан Республикасы заңнамасында қарастырылған жағдайларда төлем жасау тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Платно/Бесплатно.</w:t>
+Ақылы/Тегін</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оплата за предоставление детям дополнительного образования производится по факту их зачисления в организации, предоставляющие дополнительное образование на платной основе.</w:t>
+Балаларға қосымша білім бергені үшін ақы төлеу олардың ақылы негізде қосымша білім беретін ұйымдарға қабылдану фактісі бойынша жүргізіледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2863,195 +2884,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) услугодателя:</w:t>
+1) көрсетілетін қызметті беруші Қазақстан Республикасының заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, көрсетілетін қызметті берушінің жұмыс кестесіне сәйкес дүйсенбіден бастап жұмаға дейін қабылдайды.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-с понедельника по пятницу, за исключением выходных и праздничных дней согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы услугодателя;</w:t>
+Өтініштерді қабылдау және нәтижелерді беру мемлекеттік қызмет көрсету сағат 13.00 - ден 14.00-ға дейінгі түскі үзіліспен сағат 9.00 - ден 18.00-ға дейін жүргізіледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием заявления и выдача результата оказания государственной услуги осуществляется с 09.00 до 18.00 часов с перерывом на обед с 13.00 до 14.00 часов;</w:t>
-[...71 lines deleted...]
-Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
+Мемлекеттік корпорация: еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, дүйсенбіден бастап сенбіні қоса алғанда, белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін. Қабылдау "электрондық" кезек тәртібінде, тұрғылықты жері бойынша кәмелетке толмаған, жедел қызмет көрсетусіз жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3084,199 +3033,199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов необходимых для оказания государственной услуги</w:t>
+Көрсетілетін мемлекеттік қызмет үшін қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугодателю или Государственной корпорации:</w:t>
+Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) заявление по форме согласно приложению 1 к Стандарту одного из родителей (или иных законных представителей);</w:t>
+1) ата-анасының біреуінің (немесе басқа заңды тұлғаның) Стандарттың 1-қосымшасындағы нысанға сәйкес жазылған өтініші;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) документ, удостоверяющий личность ребенка либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+2) баланы тұлғасын куәландыратын құжат;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-3) медицинская справка по форме № 027/у, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+              <w:t xml:space="preserve">
+3) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген 027/у нысаны бойынша Медициналық анықтама (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4) согласие услугополучателя на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги в соответствии с </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> к Стандарту.</w:t>
+4) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуге Стандарттың 3-қосымшасындағы нысанға сәйкес келісімі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3309,143 +3258,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Қазақстан Республикасы заңнамасында белгіленген тәртіп бойынша көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тартуына негіз болатын жағдайлар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-1) установление недостоверности документов, представленных для получения государственной услуги, и (или) данных (сведений), содержащихся в них; </w:t>
+              <w:t>
+1) мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттарының және (немесе) олардағы деректердің (мәліметтердің) анық еместігінің анықталуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) переполненность групп комплектований организации дополнительного образования или плана формирования групп;</w:t>
+2) қосымша білім беру ұйымдарындағы топтардың немесе топтарды қалыптастыру жоспарының толып кетуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) отсутствие согласия услугополучателя на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги в соответствии </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Республики Казахстан "О персональных данных и их защите".</w:t>
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуден бас тартуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3478,105 +3427,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Мемлекеттік қызмет көрсетудің, оның ішінде Мемлекеттік корпорация арқылы мемлекеттік қызмет көрсетудің ерекшеліктері ескерілген өзгеде талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги через справочные службы услугодателя, а также Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 77777.</w:t>
+Мемлекеттік көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар: 1414, 8 800 080 77777.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга может оказываться через информационные системы местных исполнительных органов.</w:t>
+Мемлекеттік қызмет жергілікті атқарушы органдардың ақпараттық жүйелері арқылы көрсетілуі мүмкін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3615,129 +3564,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...77 lines deleted...]
-              <w:t>им дополнительного образования"</w:t>
+              <w:t>"Балаларға қосымша білім беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3758,129 +3629,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Руководителю</w:t>
-[...77 lines deleted...]
-              <w:t>полностью</w:t>
+              <w:t xml:space="preserve">бойынша қосымша білім беру </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3901,706 +3694,287 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t xml:space="preserve">ұйымдарына құжаттар қабылдау </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және оқуға қабылдау" мемлекеттік </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызмет стандартына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="22"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение с изменениями, внесенными приказом Министра просвещения РК от 07.08.2023 </w:t>
+      Ескерту. 1-қосымшаға өзгеріс енгізілді - ҚР Оқу-ағарту министрінің 07.08.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 250</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
-[...595 lines deleted...]
-        <w:t>Подпись _______________ Дата _________________</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4636,129 +4010,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
-[...77 lines deleted...]
-              <w:t>им дополнительного образования"</w:t>
+              <w:t>_______________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4779,396 +4075,898 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Қосымша білім беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымы атауы басшысына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ТАӘ (болған жағдайда) толық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Расписка</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+        <w:t xml:space="preserve">  Өтініш</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      о получении документов у услугополучателя организацией (Государственной</w:t>
-[...305 lines deleted...]
-        <w:t>"___" _________ 20__ года"</w:t>
+            Менің ұлымды/қызымды (ТАӘ (болған жағдайда) ЖСН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(елді мекеннің, ауданның, қаланың және облыстың атауы) мекендейтін оқу үшін </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қосымша білім беру ұйымының толық атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мен баланың келесі санаттан  екенін хабарлаймын (қажетіне қарай көрсетіңіз):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) жетім балалар, ата-анасының қамқорлығынсыз қалған балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) ерекше білім беруді қажет ететін балалар, мүгедектер және бала кезінен мүгедектер,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мүгедек балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) көп балалы отбасылардың балалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) арнаулы әлеуметтік көрсетілген қызметтерге мұқтаж кәмелетке толмағандарды бейімдеу орталықтарындағы және қолдау орталықтарындағы балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) жалпы және санаторийлік үлгідегі мектеп-интернаттарында, мектеп жанындағы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>интернаттарда тұратын балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дарынды балаларға арналған мамандандырылған интернаттық білім беру ұйымдарында</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеленетін және білім алатын балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) интернаттық ұйымдардың тәрбиеленушілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы орташа табысы ең</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) денсаулық жағдайына байланысты бастауыш, негізгі орта, жалпы орта білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламалары бойынша ұзақ уақыт бойы үйде немесе стационарлық көмек, сондай-ақ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қалпына келтіру емін және медициналық оңалту көрсететін ұйымдарда оқитын балалар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) Қазақстан Республикасының заңдарымен айқындалатын өзге де санаттағы азаматтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) Қазақстан Республикасы Үкіметінің шешімі бойынша айқындалатын өзге де санаттағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азаматтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) жоғарыда аталған санаттардың ешқайсысына жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтінішімнің өзгеруі туралы маған келесі тәсілдермен хабарлаңыз: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) электронды sms (sms) - келесі ұялы телефон нөмірлеріне еркін түрде хабарлама (екі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нөмірден аспауы керек):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) еркін нысандағы хабарламалар электрондық поштаға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ақпараттық жүйелердегі заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісетінімді растаймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қолы _______________ күні ________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5204,133 +5002,492 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>"Балаларға қосымша білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Стандарту государственной</w:t>
+              <w:t>бойынша қосымша білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>услуги "Прием документов и</w:t>
+              <w:t>ұйымдарына құжаттар қабылдау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>зачисление в организации</w:t>
+              <w:t>және оқуға қабылдау"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дополнительного образования</w:t>
+              <w:t>мемлекеттік көрсетілетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>для детей по предоставлению им</w:t>
+              <w:t>қызмет стандартына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дополнительного образования"</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қолхат </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            Білім беру ұйымының (балаларға арналған қосымша білім беру ұйымдарының)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ата-аналардан (заңды тұлғалардан) құжаттарды алғаны туралы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (ұйымның толық атауы)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(елді мекеннің, ауданның, қаланың және облыстың атауы)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№___________________ құжаттарды қабылдау туралы қолхат </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">келесі құжаттар_____________________________алынған: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(көрсетілген қызмет алушының Т.А.Ә. (болған жағдайда)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. өтініш  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. басқа _____________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтінішті қабылдау күні __________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Т.А.Ә. (болған жағдайда) (құжатты қабылдаған жауапты) _______________ (қолы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Телефон ______________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алдым: Т.А.Ә. (болған жағдайда)/көрсетілген қызметті алушы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" _________ 20__ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5347,467 +5504,625 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t xml:space="preserve">"Балаларға қосымша білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бойынша қосымша білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарына құжаттар қабылдау </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және оқуға қабылдау" </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мемлекеттік көрсетілетін </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет стандартына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                          Согласие на обработку персональных данных</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+        <w:t xml:space="preserve"> Дербес деректерге қол жеткізуге келісімі</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Стандарт дополнен приложением 3 в соответствии с приказом Министра просвещения РК от 01.09.2022 </w:t>
+      Ескерту. Қағида 3-қосымшамен толықтырылды - ҚР Оқу-ағарту министрінің 01.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 387</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мен, __________________________________________________________, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Я, ___________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">                               (фамилия, имя, отчество)</w:t>
+      (аты-жөні, тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеке куәлік ____________________________ № __________________________, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      документ удостоверяющий личность __________________ № _________________</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">                                           (вид документа)</w:t>
+      (құжат түрі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _____________________________________________________________ берілді, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      выдан ________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">                                     (кем и когда)</w:t>
+      (кім және қашан)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      зарегистрированный (ая) по адресу: _______________________________________</w:t>
+      _____________________________________________ мекен-жайында тіркелген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _____________________________________________ мекен-жайында тіркелген </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      даю свое согласие ______________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">                                     (кому, указать организацию)</w:t>
+                  (ұйымның мекен-жайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ___________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      зарегистрированному по адресу: _________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">                                           (указать адрес организации)</w:t>
+      (кімге, ұйымның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      менің ұлымның (қызымның) __________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      на обработку персональных данных ограниченного доступа, которые требуются для</w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve">персональных данных и их защите" моего (ей) сына (дочери) </w:t>
+      аты-жөні</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімімді беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "___" _________ 20__ жыл" _____________ ________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ______________________________________________________________________.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      қолы                   аты-жөні</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "___" _________ 20__ года" _____________ _______________________</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">                                    подпись                   ФИО</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>