--- v0 (2025-10-20)
+++ v1 (2025-10-20)
@@ -1,3704 +1,1409 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00EC6310" w:rsidRPr="00CA3CC8" w:rsidRDefault="00EC6310" w:rsidP="00EC6310">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
-[...15 lines deleted...]
-        <w:t>ПЕДАГОГ ҚЫЗМЕТКЕРЛЕРДІҢ БОС ОРЫНДАРЫНА КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ОБЪЯВЛЕНИЕ О ПРОВЕДЕНИИ КОНКУРСА НА ВАКАНТНОЕ МЕСТО ПЕДАГОГИЧЕСКОГО РАБОТНИКА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6310" w:rsidRPr="00CA3CC8" w:rsidRDefault="00EC6310" w:rsidP="00EC6310">
-[...19 lines deleted...]
-        <w:t>Қарағанды облысы білім басқармасы Саран қаласы білім бөлімінің «№1 мектеп-лицейі» КММ бос жұмыс орнына конкурс жариялайды:</w:t>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6310" w:rsidRPr="00CA3CC8" w:rsidRDefault="00EC6310" w:rsidP="00EC6310">
-[...141 lines deleted...]
-    <w:p w:rsidR="00EC6310" w:rsidRDefault="00EC6310" w:rsidP="00EC6310">
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Школа-лицей № 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдела </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования города Сарани управления образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арагандинской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> области</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> объявляет конкурс на вакантное место:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00CA3CC8" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вакантная должность:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD048A">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учитель </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">МАТЕМАТИКИ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Объем нагрузки:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ставки</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="003E78D7" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Язык обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>РУССКИЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Адрес организации:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арань, улица Жамбыла 50,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> тел./факс: 8 (72137) 75869ф, 75978</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00B95D18" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="3689B2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-      <w:hyperlink r:id="rId6" w:history="1">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="00C16122">
           <w:rPr>
             <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
             <w:color w:val="3689B2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>studioworkz</w:t>
         </w:r>
-        <w:r w:rsidRPr="00DC4943">
+        <w:r w:rsidRPr="00C16122">
           <w:rPr>
             <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
             <w:color w:val="3689B2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
         <w:r w:rsidRPr="00C16122">
           <w:rPr>
             <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
             <w:color w:val="3689B2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>yandex</w:t>
         </w:r>
-        <w:r w:rsidRPr="00DC4943">
+        <w:r w:rsidRPr="00C16122">
           <w:rPr>
             <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
             <w:color w:val="3689B2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="00C16122">
           <w:rPr>
             <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
             <w:color w:val="3689B2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DC4943">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>сайт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="3689B2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E6231">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="3689B2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>http://sar-liz1.edu.kz/</w:t>
       </w:r>
+      <w:r w:rsidRPr="00B95D18">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="3689B2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6310" w:rsidRPr="00BF1498" w:rsidRDefault="00EC6310" w:rsidP="00EC6310">
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00FD048A" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
-[...24 lines deleted...]
-        <w:t>Педагогикалық қызметкерлердің</w:t>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD048A">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В конкурсе могут участвовать педагоги, соответствующие Типовым квалификационным характеристикам педагогов и предоставившие документы согласно утвержденному перечню. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD048A">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Рабочее время педагогических работников определяется учебным расписанием и обязанностями, возлагаемыми на них уставом средней общеобразовательной школы, правилами внутреннего трудового распорядка, должностной инструкцией работников.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD048A">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> Прием документов на участие в конкурсе производится в течение семи рабочих дней со дня последней даты опубликования объявления о проведении конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD048A">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>азмера</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и условий оплаты труда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
-[...15 lines deleted...]
-        <w:t>жұмыс</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>145 115</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD048A">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тг до </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>167 547</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD048A">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еречень</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> заявление об участии в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00C16122">
+          <w:rPr>
+            <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+            <w:color w:val="3689B2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="00A87F05" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16122">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87F05" w:rsidRPr="00C16122" w:rsidRDefault="004E5C4D" w:rsidP="00A87F05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
-[...15 lines deleted...]
-        <w:t>оқу</w:t>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Срок приема документов с 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> августа 2024 года по 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
-[...75 lines deleted...]
-        <w:t>Конкурсқа қатысуға құжаттарды қабылдау конкурс өткізу туралы хабарландыру жарияланған соңғы күннен бастап жеті жұмыс күні ішінде жүргізіледі.</w:t>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> августа 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6310" w:rsidRPr="003E78D7" w:rsidRDefault="00EC6310" w:rsidP="00EC6310">
-[...2962 lines deleted...]
-    <w:sectPr w:rsidR="00357A8C" w:rsidRPr="00EC6310" w:rsidSect="00357A8C">
+    <w:p w:rsidR="00357A8C" w:rsidRDefault="00357A8C"/>
+    <w:sectPr w:rsidR="00357A8C" w:rsidSect="00357A8C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Geometria">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...119 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="86"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A87F05"/>
     <w:rsid w:val="00357A8C"/>
-    <w:rsid w:val="00602B7F"/>
+    <w:rsid w:val="004E5C4D"/>
+    <w:rsid w:val="00752BCD"/>
     <w:rsid w:val="00A87F05"/>
-    <w:rsid w:val="00AD54C2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EC6310"/>
+    <w:rsid w:val="00C00A8E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3869,88 +1574,50 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...36 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -4097,101 +1764,63 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...36 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:studioworkz@yandex.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:studioworkz@yandex.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4438,65 +2067,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>361</Words>
-  <Characters>2058</Characters>
+  <Words>385</Words>
+  <Characters>2199</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2415</CharactersWithSpaces>
+  <CharactersWithSpaces>2579</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>77013</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>