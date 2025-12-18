--- v0 (2025-10-20)
+++ v1 (2025-12-18)
@@ -1,14030 +1,12313 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5989"/>
-        <w:gridCol w:w="3788"/>
+        <w:gridCol w:w="6657"/>
+        <w:gridCol w:w="4146"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidTr="00116BEA">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="002E1B60">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5989" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0010181A">
+            <w:r w:rsidRPr="002E1B60">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3788" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0010181A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E1B60">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0010181A">
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E1B60">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0010181A">
+            <w:r w:rsidRPr="002E1B60">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0010181A">
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E1B60">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0010181A">
+            <w:r w:rsidRPr="002E1B60">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0010181A">
+              </w:rPr>
+              <w:t>2020 жылғы 24 сәуірдегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E1B60">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0010181A">
+            <w:r w:rsidRPr="002E1B60">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>от 24 апреля 2020 года № 158</w:t>
+              </w:rPr>
+              <w:t>№ 158 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E1B60">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002E1B60">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0010181A" w:rsidRDefault="0010181A" w:rsidP="0010181A">
+    <w:p w:rsidR="002E1B60" w:rsidRDefault="002E1B60" w:rsidP="002E1B60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z1515"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+      <w:bookmarkStart w:id="0" w:name="z506"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0010181A">
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Правила оказания государственной услуги "Оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0010181A">
+        <w:t>"Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету" мемлекеттік қызметін кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>"</w:t>
+        <w:t>рсету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0010181A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010181A">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0010181A">
+        <w:t>Ескерту. Бұйрық 13-қосымшамен толықтырылды - ҚР Оқу-ағарту министрінің 21.02.2024 № 41 (алға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="0010181A">
+        </w:rPr>
+        <w:t>шқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z507"/>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...14 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z1517"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z508"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="0010181A">
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Осы "Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету" м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емлекеттік қызметін көрсету қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 10-бабының 1) тармақшасына сәйкес әзірленді және мемлекеттік білім беру ұйымдарының білім алушылары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен тәрбиеленушілерінің мынадай санаттарына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атаулы әлеуметтік көмек алуға құқығы бар отбасылардан шыққан балаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асынан төмен отбасылардан шыққан балаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетім</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>төтенше</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына қаржылық және материалдық көмек көрсету тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қамқоршылық кеңес білім беру ұйымының алқалы басқару органы болып табылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z509"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010181A">
-[...83 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="z1519"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>млекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z510"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="0010181A">
-[...126 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="z1523"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. "Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) алу үшін көрсетіл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етін қызметті алушы білім беру ұйымдарына (бұдан әрі – көрсетілетін қызметті беруші) осы Қағидалардың 2-қосымшасына сәйкес "Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету" мемлекеттік қызме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тін көрсетуге қойылатын негізгі талаптардың тізбесінде (бұдан әрі – мемлекеттік қызмет көрсетуге қойылатын талаптар) көзделген құжаттарды қоса бере отырып, осы Қағидалардың 1-қосымшасына сәйкес нысан бойынша өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымында өтінішт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ерді қарау үшін бірінші басшының шешімімен жауапты тұлға бекітіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z511"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Көрсетілетін қызметті беруші құжаттарды алған сәттен бастап 1 (бір) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті алушы құжаттардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>толық емес топтамасын және (немесе) қолданылу мерзімі өткен құжаттарды ұсынған жағдайда көрсетілетін қызметті беруші құжаттарды алған сәттен бастап 1 (бір) жұмыс күні ішінде өтінішті қабылдаудан бас тартады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z512"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4. Көрсетілетін қызметті алушының жеке бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ын, баланың туылғанын, некеге тұруды немесе бұзуды куәаландыратын құжаттар туралы, жұмыссыз ретінде тіркеу туралы, көрсетілетін қызметті алушының (отбасының) мемлекеттік атаулы әлеуметтік көмек алушыларға тиесілілігі туралы, жан басына шаққандағы табысы ең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> төменгі күнкөріс деңгейінің шамасынан төмен, мемлекеттік әлеуметтік көмек алмайтын адамдардың табыстары туралы, жетім балалар мен ата-анасының қамқорлығынсыз қалған, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қорғаншылыққа немесе қамқоршылыққа, патронаттық тәрбиеге және қабылдаушы отбасына берілге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>н балалар туралы мәліметті көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші мемлекеттік қызметті көрсету кезінде ақпараттық жүйелерд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>е қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушілер цифрлық құжаттарды іске асырылған интеграция арқылы цифрлық құжаттар сервисінен құжат иесінің кел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ісімі болған жағдайда, порталда тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған бір реттік парольді беру арқылы немесе портал хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z513"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5. Көрсетілетін қыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>метті алушылардың осы Қағидалардың 1-тармағының 1), 2), 3) және 4) тармақшаларында көрсетілген құжаттарын тексеру қорытындылары бойынша көрсетілетін қызметті беруші 3 (үш) жұмыс күні ішінде осы Қағидалардың 3-қосымшасына сәйкес нысан бойынша мемлекеттік бі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек бөлу туралы хабарлама дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z514"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="0010181A">
-[...36 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="z1524"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6. Осы Қағидалардың 1-тармағының 5) тармақшасында көрсетілген көрсетілетін қызметті алушыларды қаржылық және материалдық кө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мек алуға отбасының материалдық жағдайын тексеру қорытындысы (бұдан әрі – қорытынды) негізінде қамқоршылық кеңес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z515"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="0010181A">
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7. Көрсетілетін қызметті беруші осы Қағидалардың 1-тармағының 5) тармақшасында көрсетілген көрсетілетін қызметті алушылардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттарын тексеру қорытындылары бойынша 3 (үш) жұмыс күні ішінде өтініш берушінің (отбасының) қызмет алушының қатысуымен, ал ол болмаған жағдайда-отбасының кәмелетке толған әрекетке қабілетті мүшелерінің бірінің материалдық жағдайына тексеру жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қорытындыға қамқоршылық кеңес мүшелері қол қояды және танысу үшін көрсетілетін қызметті алушыға, ал ол болмаған жағдайда – қатысуымен тексеру жүргізілген отбасының кәмелетке толған әрекетке қабілетті мүшесіне осы Қағидалардың 4-қосымшасына сәйкес ныс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ан бойынша ұсынылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z516"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      8. Көрсетілетін қызметті алушы, ал ол болмаған жағдайда – отбасының кәмелетке толған әрекетке қабілетті мүшелерінің бірі материалдық жағдайына тексеру жүргізуден бас тартқан жағдайда қамқоршылық кеңес мүшелері қол қоятын қорытын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дыда тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z517"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       9. Қорытынды жасалғаннан кейін көрсетілетін қызметті беруші 2 (екі) жұмыс күні ішінде қамқоршылық кеңестің отырысын өткізеді және отырыстың қорытындысы бойынша осы Қағидалардың 5-қосымшасына сәйкес нысан бойынша хаттама рәсімдейді, о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ған қамқоршылық кеңестің қатысып отырған мүшелері қол қояды және білім беру ұйымының бірінші басшысының шешімімен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z518"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10. Қамқоршылық кеңес отырысының қорытындысы бойынша көрсетілетін қызметті беруші 3 (үш) жұмыс күні ішінде осы Қағидалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-қосымшасына сәйкес нысан бойынша мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету туралы хабарлама дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z519"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       11. Осы Қағидалардың Мемлекеттік қызмет көрсетуге қойылатын талаптарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ың 9-тармағында көрсетілген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту үшін негіз анықталған кезде, көрсетілетін қызметті беруші Қазақстан Республикасы Әкімшілік рәсімдік–процестік кодексінің (бұдан әрі - ҚР ӘПК) 73-бабына сәйкес мемлекетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к қызметті көрсету мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірмей көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешімдер туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>н білдіруге мүмкіндік беру үшін тыңдауды өткізу уақыты мен орны туралы хабарламаны жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тыңдау рәсімі ҚР АӨК-нің 73-бабына сәйкес жүргізіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z520"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      12. Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші 1 (бір) жұмыс күні ішінде мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>материалдық көмек көрсету туралы немесе мемлекеттік қызмет көрсетуден дәлелді бас тарту бойынша хабарламаны көрсетілетін қызметті алушыға жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z521"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       13. Көрсетілетін қызметт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і беруші осы Қағидалардың 6-қосымшасына сәйкес нысан бойынша қаржылық және материалдық көмек алуға өтініштерді тіркеу журналын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z522"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Көрсетілетін қызметті беруші Заңның 5-бабы 2-тармағының 11) тармақшасына сәйкес ақпараттандыру саласындағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы З</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аңының (бұдан әрі – Заң) 10-бабының 5) тармақшасына, 14-бабының 3) тармақшасына, 23-бабына сәйкес орталық мемлекеттік орган осы Қағидаларға өзгеріс және (немесе) толықтыру енгізілген күннен бастап 3 (үш) жұмыс күні ішінде оларды өзектендіреді және көрсетіл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етін қызметті берушілерге, Бірыңғай байланыс орталығына, Мемлекеттік корпорацияға жібереді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z523"/>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...21 lines deleted...]
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010181A">
-[...337 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="z1533"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету процесінде көсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z524"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="0010181A">
-[...961 lines deleted...]
-    </w:p>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      15. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөнінд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>егі уәкілетті органға (бұдан әрі – шағымды қарайтын орган) Қазақстан Республикасының заңнамасына сәйкес беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды тұлға, шағымды қарайтын орган </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шағымдар көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасаған лауазымды тұлғаға беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті беруші шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұлға шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бұл ретте көрсетілетін қызметті беруші, лауазымды тұлға, шешімге, әрекетке (әрекетсіздікке) шағым жасайды, егер ол 3 (үш) жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шағымда көрсетілген талаптарды толық қанағаттандыратын шешімді немесе әкімшілік әрекетті қабылдаса, шағымды қарайтын органға шағым жібермейді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Мемлекеттік көрс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етілетін қызметтер туралы заңның 25-бабы 2-тармағына сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шағымды қарайтын органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z525"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      16. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6550"/>
-        <w:gridCol w:w="4253"/>
+        <w:gridCol w:w="6636"/>
+        <w:gridCol w:w="4167"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="0010181A">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="39"/>
-[...31 lines deleted...]
-          <w:p w:rsidR="0010181A" w:rsidRPr="0010181A" w:rsidRDefault="0010181A" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00CC3532" w:rsidP="007C5A9A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E1B60" w:rsidRPr="007C5A9A" w:rsidRDefault="002E1B60" w:rsidP="007C5A9A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0010181A">
-[...177 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="007C5A9A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...64 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0010181A">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>______________________</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0010181A">
+              <w:t>"Қаржылық және материалдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0010181A">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>руководителю</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0010181A">
+              <w:t xml:space="preserve">білім алушылар мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0010181A">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>организации образования</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0010181A">
+              <w:t xml:space="preserve">тәрбиеленушілерге көмек </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0010181A">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>от _____________________</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0010181A">
+              <w:t xml:space="preserve">көрсету мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0010181A">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>(фамилия, имя, отчество</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0010181A">
+              <w:t xml:space="preserve">ұйымдардың білім беру" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0010181A">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>(при его наличии) заявителя)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0010181A">
+              <w:t xml:space="preserve">мемлекеттік қызмет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0010181A">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>________________________</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>көрсету кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0010181A">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>(дом. адрес)</w:t>
-[...50 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0010181A" w:rsidRDefault="0010181A" w:rsidP="0010181A">
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="007C5A9A" w:rsidP="007C5A9A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...411 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BD571C" w:rsidRPr="007C5A9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6654"/>
-        <w:gridCol w:w="4149"/>
+        <w:gridCol w:w="6560"/>
+        <w:gridCol w:w="4243"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="0010181A">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="00663C7D" w:rsidP="00FA76C7">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00CC3532" w:rsidP="007C5A9A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA76C7" w:rsidRPr="00FA76C7" w:rsidRDefault="00FA76C7" w:rsidP="00FA76C7">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="007C5A9A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRDefault="004135EF" w:rsidP="00FA76C7">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білім беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымының басшысына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>____________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(өтініш берушінің (тегі, аты,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әкесінің аты (бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(үйінің мекенжайы)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(ұялы тел., Е-mail)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Сізден ________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>себептер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетіледі) байланысты </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _______________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыныптың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім алушысы, тәрбиеленушісі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түрінде</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (тегі, аты, әкесінің аты (бар болса) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________ қаржылық/материалдық көмек көрсетуіңізді сұраймын.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Киім, аяқ киім, мектеп керек-жарақтарын сатып алғанда оларды сатып алған күннен бастап 15 жұмыс күні ішінде қаражаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нысаналы жұмсалғанын растайтын құжаттарды ұсынуға келісемін.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жалған ақпарат пен анық емес (жалған) құжаттар бергенім үшін жауапкершілік туралы ескертілді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ақпараттық жүйелердегі "Дербес деректер және оларды қорғау туралы" Қазақстан Республ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>икасының Заңымен қорғалатын құпия мәліметтерді қолдануға келісім беремін.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "____" ______________2023 жыл             ___________________ ______________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, аты, әкесінің аты (бар болса) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6638"/>
+        <w:gridCol w:w="4165"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E1B60">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007C5A9A" w:rsidRDefault="007C5A9A" w:rsidP="007C5A9A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA76C7">
-[...137 lines deleted...]
-          <w:p w:rsidR="00FA76C7" w:rsidRPr="00FA76C7" w:rsidRDefault="00FA76C7" w:rsidP="00FA76C7">
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRDefault="00BD571C" w:rsidP="007C5A9A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Қаржылық және материалдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білім алушылар мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәрбиеленушілерге көмек </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көрсету мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдардың білім беру" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мемлекеттік қызмет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсету кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C5A9A" w:rsidRPr="007C5A9A" w:rsidRDefault="007C5A9A" w:rsidP="007C5A9A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00663C7D" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+    <w:p w:rsidR="00CC3532" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="z1559"/>
-      <w:r w:rsidRPr="0010181A">
+      <w:r w:rsidRPr="007C5A9A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Оказание финансовой и материальной помощи об</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0010181A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00FA76C7" w:rsidRPr="0010181A" w:rsidRDefault="00FA76C7" w:rsidP="0010181A">
+        </w:rPr>
+        <w:t>"Қаржылық және материалдық білім алушылар мен тәрбиеленушілерге көмек көрсету мемлекеттік ұйымдардың білім беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C5A9A" w:rsidRPr="007C5A9A" w:rsidRDefault="007C5A9A" w:rsidP="002E1B60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10753" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="326"/>
         <w:gridCol w:w="3683"/>
         <w:gridCol w:w="6659"/>
         <w:gridCol w:w="85"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidTr="00FA76C7">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidTr="007C5A9A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="41"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Наименование услугодателя</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Организации образования</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidTr="00FA76C7">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidTr="007C5A9A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Способы предоставления государственной услуги </w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...26 lines deleted...]
-              <w:t>через канцелярию услугодателя.</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру көрсетілетін қызметті берушінің кеңсесі арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidTr="00FA76C7">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidTr="007C5A9A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Срок оказания государственной услуги</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...68 lines deleted...]
-              <w:t>ивания услугодателем – 30 минут.</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) құжаттарды тапсырған сәттен бастап - 10 (он) жұмыс күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) құжаттарды тапсыру үшін күтудің рұқсат берілетін ең ұзақ уақыты - 15 минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көрсетудің рұқсат берілетін ең ұзақ уақыты - 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidTr="00FA76C7">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidTr="007C5A9A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Форма оказания</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Бумажная </w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қағаз түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidTr="00FA76C7">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidTr="007C5A9A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Результат оказания государственной услуги</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...26 lines deleted...]
-              <w:t>ответ об отказе.</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету туралы хабарлама не бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidTr="00FA76C7">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidTr="007C5A9A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...17 lines deleted...]
-              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушыдан алынатын төлем мөлшері Қазақстан Республикасының заңнамасында көзделген жағдайларда мемлеке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ттік қызмет көрсету кезінде мемлекеттік қызмет көрсету тәртібі және оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Бесплатно</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidTr="00FA76C7">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidTr="007C5A9A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...14 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс графигі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әне мереке күндерін қоспағанда сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA76C7">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>График работы услугодателя, Государственной корпорации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+              <w:t>1) Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> и объектов информации</w:t>
-[...25 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> О</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00FA76C7">
+              <w:t xml:space="preserve">қу-ағарту министрлігінің: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>с понедельника по пятницу включительно, с 9.00 до 18.00 часов, с перерывом на обед с 13.00 часов до 14.00 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00FA76C7">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Адреса мест оказания госуда</w:t>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve"> интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>рственной услуги размещены на интернет-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA76C7">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA76C7">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA76C7">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...16 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> порталында орналасқан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidTr="00FA76C7">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidTr="007C5A9A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...17 lines deleted...]
-              <w:t>Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...218 lines deleted...]
-              <w:t>Категория лиц, указанных в подпункте 5) пункта 1 настоящих Правил, определяется попечительским советом организации образования на основании заключения обследования материально-бытового положения семьи.</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік корпорацияға:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электрондық құжат (жеке басын сәйкестендіру үшін қажет);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) "АХАЖ тіркеу пункті" ақпараттық жүйесінде (бұдан әрі – АХАЖ АЖ) мәліметтер болмаған жағдайда не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың (балалардың) туу туралы куәлігі электро</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ндық нысанда немесе оның қағаз жеткізгіштегі көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) неке қию немесе некені бұзу туралы куәліктің көшірмесі (АХАЖ АЖ-да мәліметтер болмаған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) қорғаншылықты (қамқоршылықты) белгілеу туралы, осы Қағидалардың 1-тармағының 3) тармақшасында к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өрсетілген адамдар санатын патронаттық тәрбиелеуге және қабылдау отбасына беру туралы уәкілетті органның шешімінің көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) осы Қағидалардың 1-тармағының 4) тармақшасында көрсетілген тұлғалар санаты үшін "Төтенше жағдайлардың туындауына әкеп соққан а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">варияларды, зілзалаларды, апаттарды тергеп-тексеру қағидаларын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 23 қаңтардағы № 46 бұйрығымен (Қазақстан Республикасының нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10325 болып тіркелген) бекітілген Төтенше жағдайлардың туындауына әкеп соққан аварияларды, зілзалаларды, апаттарды тергеп-тексеру қағидаларына сәйкес табиғи және техногендік сипаттағы төтенше жағдайлардың туындауына әкеп соққан авариялардың, зілзалалардың,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> апаттардың себептерін тергеп-тексеру актісі қоса беріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Осы Қағидалардың 1-тармағының 5) тармақшасында көрсетілген адамдардың санатын отбасының материалдық-тұрмыстық жағдайын тексеру қорытындысы негізінде білім беру қамқоршылық кеңесі айқындайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidTr="00FA76C7">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidTr="007C5A9A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...26 lines deleted...]
-              <w:t>ния для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>азақстан Республикасының заңдарында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...125 lines deleted...]
-              <w:t>оступа, которые требуются для оказания государственной услуги.</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық емес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тігін анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) "Мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және өзге де санатт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке алу қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 25 қаңтардағы № 64 қаулысында б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>елгіленген талаптарға көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) отбасының материалдық-тұрмыстық жағдайын тексеру нәтижелері бо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>йынша дайындалған қамқоршылық кеңестің қорытындысына сәйкес қаржылық және материалдық көмек көрсетуді қажет етпейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті алушының мемлекеттік қызмет көрсету үшін талап </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Ре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>спубликасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidTr="00FA76C7">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidTr="007C5A9A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...14 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...17 lines deleted...]
-              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік қызмет көрсетудің, оның ішінде электрондық нысанда көрсетілетін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...66 lines deleted...]
-              <w:t>т.</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Цифрлық құжаттар сервисі мобильді қосымшада және пайдаланушылардың ақпараттық жүйелерінде авторландырылған субъектілер үшін қолжетімді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Субъект мобильді қосымшада және пайдаланушылардың ақпа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>раттық жүйелерінде қолжетімді әдістермен авторизациядан өтеді, бұдан әрі "Цифрлық құжаттар" бөлімінде одан әрі пайдалану үшін қажетті құжатты қарайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidTr="00FA76C7">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidTr="007C5A9A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4006" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6747" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA76C7" w:rsidRDefault="00FA76C7" w:rsidP="0010181A">
+          <w:p w:rsidR="007C5A9A" w:rsidRDefault="007C5A9A" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00FA76C7" w:rsidRDefault="004135EF" w:rsidP="00FA76C7">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="00BD571C" w:rsidP="007C5A9A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA76C7">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+              <w:t>"Қаржылық және материалдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FA76C7">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+              <w:t xml:space="preserve">білім алушылар мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FA76C7">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+              <w:t xml:space="preserve">тәрбиеленушілерге көмек </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FA76C7">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>"Оказание финансовой</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+              <w:t xml:space="preserve">көрсету мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FA76C7">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>и материальной помощи</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>ұйымдарды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t xml:space="preserve">ң білім беру" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FA76C7">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>обучающимся и воспитанникам</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FA76C7">
+              <w:t xml:space="preserve">мемлекеттік қызмет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FA76C7">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>государственных организаций</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>көрсету кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5A9A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FA76C7">
+            <w:r w:rsidRPr="007C5A9A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>образования"</w:t>
-[...76 lines deleted...]
-              <w:t>форма</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00663C7D" w:rsidRDefault="004135EF" w:rsidP="00FA76C7">
+    <w:p w:rsidR="00CC3532" w:rsidRPr="007C5A9A" w:rsidRDefault="007C5A9A" w:rsidP="007C5A9A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                           </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BD571C" w:rsidRPr="007C5A9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0010181A">
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...152 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы  АНЫҚТАМА</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E6D98">
-[...69 lines deleted...]
-        <w:t>Место печати</w:t>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20__ - 20__ оқу жылында қаржылық және материалдық көмек көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұлғалар тізіміне _________________________ енгізілген.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Күні, басшының қолы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   Мөрдің орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6656"/>
-        <w:gridCol w:w="4147"/>
+        <w:gridCol w:w="6638"/>
+        <w:gridCol w:w="4165"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="0010181A">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00775393">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="004135EF" w:rsidP="002E6D98">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="00775393">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...15 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Қаржылық және материалдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002E6D98">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білім алушылар мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002E6D98">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәрбиеленушілерге көмек </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002E6D98">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көрсету мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002E6D98">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдардың білім беру" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002E6D98">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мемлекеттік қызмет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002E6D98">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002E6D98">
-[...95 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00775393">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00775393">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0010181A">
+        <w:t xml:space="preserve">                                                                                                                                                                          </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00775393">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...212 lines deleted...]
-        <w:t>в том числе:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қаржылық және материалдық көмек алуға өтініш беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шінің материалдық жағдайын тексеру қорытындысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      20__ жылғы "___" _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _________________________ (елді мекен)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. Өтініш берушінің тегі, аты, әкесінің аты (бар болса) _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Тұрғылықты мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Жұмыс орны, лауазымы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Отбасы құрамы (отбасында нақты тұратындар есепке алынады) _____ адам, оның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10673" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="326"/>
         <w:gridCol w:w="1366"/>
-        <w:gridCol w:w="1044"/>
+        <w:gridCol w:w="1043"/>
         <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="1185"/>
+        <w:gridCol w:w="993"/>
         <w:gridCol w:w="1367"/>
-        <w:gridCol w:w="1134"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1609"/>
+        <w:gridCol w:w="1184"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidTr="002E6D98">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidTr="00775393">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002E6D98">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...23 lines deleted...]
-            <w:tcW w:w="1044" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (бар болса)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1043" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Дата рождения</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Туған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...21 lines deleted...]
-            <w:tcW w:w="1185" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініш берушіге туыстық қатынасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Образование</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...23 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыспен қамтылуы (жұмыс, оқу орны, тәуелсіз қызметкерлер, жұмыссыз)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...21 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыспен қамтылмау себебі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...32 lines deleted...]
-            <w:tcW w:w="1609" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жұмыспен қамту органдарында жұмыссыз ретінде тіркелуі туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деректер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...17 lines deleted...]
-              <w:t>Сведения об участии в общественных работах, профессиональной подготовке (переподготовке, повышении квалификации) или в государственных мерах содействия занятости</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қоғамдық жұмыстарға қатысуы, кәсіптік даярлығы (қайта даярлау, біліктілігін арттыру) немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жұмыспен қамтуға жәрдемдесудің мемлекеттік шараларына қатысуы туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidTr="002E6D98">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidTr="00775393">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...19 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...26 lines deleted...]
-            <w:tcW w:w="1044" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1043" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...19 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...26 lines deleted...]
-            <w:tcW w:w="1185" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...19 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...26 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...26 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...26 lines deleted...]
-            <w:tcW w:w="1609" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...19 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidTr="002E6D98">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidTr="00775393">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...19 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...26 lines deleted...]
-            <w:tcW w:w="1044" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1043" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...19 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...26 lines deleted...]
-            <w:tcW w:w="1185" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...19 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...26 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...26 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...26 lines deleted...]
-            <w:tcW w:w="1609" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="002E6D98" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...19 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...398 lines deleted...]
-        <w:t>      6. Доходы семьи:</w:t>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Еңбекке қабілетті барлық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адам_____________.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жұмыссыз ретінде тіркелгендері ______адам.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Жұмыспен қамтылмаудың басқа да себептері (іздеуде, бас бостандығынан айыру орындарында</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____ адам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Кәмелетке толмаған балалардың саны _______ адам, оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>млекеттік қамтамасыз етудегі білім алушылар _______ адам, жасы ______;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және орта арнаулы оқу орындарында ақылы негізде оқитындар ________ адам, оқу құны жылына бір оқушыға ______________теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5. Тұрмыс жағдайлары (жатақхана, жалға алынғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ан, жекешелендірілген тұрғын үй, қызметтік тұрғын үй, тұрғын кооператив, жеке тұрғын үй немесе өзге) (қажеттісінің астын сызу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Ас бө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лмесін, қойманы және дәлізді есептемегенде бөлмелер саны _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Тұрғын үйді ұстауға бір айдағы шығыстар ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      6. Отбасы табысы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="326"/>
         <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1225"/>
         <w:gridCol w:w="2460"/>
-        <w:gridCol w:w="2460"/>
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="4202"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="001778A4" w:rsidTr="001778A4">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidTr="00CD1586">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="001778A4" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001778A4">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="001778A4" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...47 lines deleted...]
-              <w:t>(при его наличии)</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (бар болса)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Табыс түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="001778A4" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...21 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініш берген тоқсанның алдындағы тоқсандағы сома</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4202" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="001778A4" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...56 lines deleted...]
-              <w:t>Сведения о личном подсобном хозяйстве (приусадебный участок, скот и птица), дачном и земельном участке (земельной доли)</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00775393" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке қос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00775393">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алқы шаруашылық (үй жанындағы учаске, мал және құс), саяжай және жер учаскесі (жер үлесі) туралы мәліметтер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      7. Мыналардың бар-жоғы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>автокөлік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (маркасы, шығарылған жылы, құқық белгілейтін құжат, оны пайдаланудан түскен мәлімделген кірістер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қазіргі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытта тұрып жатқан тұрғын үйден басқа тұрғын үй (оны пайдаланудан түскен мәлімделген кірістер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0010181A">
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010181A">
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7. Наличие:</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 8. Отбасының өзге табыстары (нысаны, сомасы, көзі):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...23 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>       ________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      9. Тұрмысының санитариялық-эпидемиологиялық жағдайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>       ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      10. Басқа байқалғаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>       ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>       ______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Қамқоршылық кеңесінің өкілдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>       _____________________________ _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымының бірінші басшысының бұйрығымен бекітілген жауапты тұлға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>       __________________________ _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       __________________________ _____________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>       Жасалған актімен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таныстым:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>       Өтініш берушінің тегі, аты, әкесінің аты (бар болса) және қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Тексеру жүргізуден бас тартамын </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010181A">
-[...633 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      _____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (Өтініш берушінің (немесе отбасы мүшелерінің бірінің) тегі, аты, әкесінің аты (бар болса)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6656"/>
-        <w:gridCol w:w="4147"/>
+        <w:gridCol w:w="6638"/>
+        <w:gridCol w:w="4165"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="0010181A">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E1B60">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1586" w:rsidRPr="00CD1586" w:rsidRDefault="00CD1586" w:rsidP="00CD1586">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="00CD1586">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Қаржылық және материалдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білім алушылар мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәрбиеленушілерге көмек </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсету м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">емлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдардың білім беру" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мемлекеттік қызмет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсету кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="002E1B60">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0010181A">
+            <w:r w:rsidRPr="002E1B60">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001778A4" w:rsidRDefault="001778A4" w:rsidP="001778A4">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="00CD1586">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...163 lines deleted...]
-              <w:t>"</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету жөніндегі қамқоршылық кеңесінің оты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рысының хаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       20__жылғы "__"______ №_ ______________________ ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="z1567"/>
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Протокол заседания попечительского совета по оказанию финансовой</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>и материальной по</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>мощи обучающимся и воспитанникам государственных организаций образования</w:t>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0010181A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010181A">
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> №__ от "____"______20__года</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> (Орналасқан жері) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0010181A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>_____________________ ______________________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="00933F83" w:rsidP="0010181A">
+        <w:t xml:space="preserve"> (Уақыты мен күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                              </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004135EF" w:rsidRPr="0010181A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(Местонахождение) (Время и дата)</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="0010181A">
+        <w:t xml:space="preserve"> 1. Қамқоршылық кеңесінің құрамы: ______________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010181A">
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+        <w:t xml:space="preserve"> (құрамын көрсету) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0010181A">
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(перечислить состав)(Ф.И.О.)</w:t>
-[...17 lines deleted...]
-        <w:t>2.</w:t>
+        <w:t xml:space="preserve"> (тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Қаржылық / материалдық көмек </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға өтініштер тіркеу журналына сәйкес хронологиялық тәртіппен тіркелген:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11001" w:type="dxa"/>
+        <w:tblW w:w="10717" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="467"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidTr="00933F83">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidTr="00CD1586">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>№ п/п</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...57 lines deleted...]
-              <w:t>заявителя</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініш берушінің тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...57 lines deleted...]
-              <w:t>обучающегося/воспитанника, класс</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім алушының/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиеленушінің тегі, аты, әкесінің аты (бар болса), сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Дата/номер заявления</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Күні/өтініш нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Вид помощи</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көмек түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidTr="00933F83">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidTr="00CD1586">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Финансовая</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қаржылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Материальная</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қаржылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidTr="00933F83">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidTr="00CD1586">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidTr="00933F83">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidTr="00CD1586">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...19 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...496 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...59 lines deleted...]
-        <w:t>1) Оказать помощь следующим заявителям:</w:t>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Қамқоршылық кеңесі растайтын құжаттармен бірге өтініштерді қарап, ашық дауыс беру арқылы ШЕШІМ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ҚАБЫЛДАДЫ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) Мына өтініш берушілерге көмек көрсетілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10794" w:type="dxa"/>
+        <w:tblW w:w="10797" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="467"/>
         <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1724"/>
         <w:gridCol w:w="1537"/>
-        <w:gridCol w:w="1537"/>
-        <w:gridCol w:w="1201"/>
+        <w:gridCol w:w="918"/>
         <w:gridCol w:w="1538"/>
-        <w:gridCol w:w="1155"/>
+        <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidTr="00933F83">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidTr="00CD1586">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>№ п/п</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...66 lines deleted...]
-              <w:t>заявителя</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініш берушінің тегі, аты, әкесінің аты (бар болса)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім алушының/тәрбиеленушінің тегі, аты, әкесінің аты (бар болса), сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...82 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Күні/өтініш нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="918" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...53 lines deleted...]
-              <w:t>Категория</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...21 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қаржылай көмек, теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3076" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Материальная помощь</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Материалдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көмек</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidTr="00933F83">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidTr="00CD1586">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...11 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="918" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...20 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...11 lines deleted...]
-            <w:tcW w:w="1155" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>вид</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>сумма, тенге</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidTr="00933F83">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidTr="00CD1586">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...24 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...24 lines deleted...]
-            <w:tcW w:w="1201" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...24 lines deleted...]
-            <w:tcW w:w="1155" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...50 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidTr="00933F83">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidTr="00CD1586">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жиыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...24 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...24 lines deleted...]
-            <w:tcW w:w="1201" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...24 lines deleted...]
-            <w:tcW w:w="1155" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...697 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="00933F83" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="0010181A">
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) __________________________________________________ (негіздеме)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>себебі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша көмек көрсетуден бас тартылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Бұл шешім үшін дауыс берді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қолдайды ______ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дауыс (қамқоршылық кеңесі өкілдерінің тегі, аты, әкесінің аты (бар болса));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қарсы ______ дауыс (қамқоршылық кеңесі өкілдерінің тегі, аты, әкесінің аты (бар болса)).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Қамқоршылық кеңесінің өкілдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________ ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010181A">
-[...285 lines deleted...]
-        <w:t xml:space="preserve"> подпись заявителя</w:t>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________ ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымының бірінші басшысының бұйрығымен бекітілген</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________ ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Жасалған актімен таныстым:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініш берушінің тегі, аты, әкесінің аты (бар болса) және қолы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6656"/>
-        <w:gridCol w:w="4147"/>
+        <w:gridCol w:w="6638"/>
+        <w:gridCol w:w="4165"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="0010181A">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0010181A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E1B60">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004135EF" w:rsidRDefault="004135EF" w:rsidP="004135EF">
+          <w:p w:rsidR="00CD1586" w:rsidRPr="00CD1586" w:rsidRDefault="00CD1586" w:rsidP="00CD1586">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="004135EF" w:rsidP="004135EF">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="00CD1586">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004135EF">
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 6</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004135EF">
+              <w:t>"Қаржылық және материалдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004135EF">
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004135EF">
+              <w:t xml:space="preserve">білім алушылар мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004135EF">
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004135EF">
+              <w:t xml:space="preserve">тәрбиеленушілерге көмек </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004135EF">
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>"Оказание финансовой</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004135EF">
+              <w:t xml:space="preserve">көрсету мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004135EF">
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>и материальной помощи</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004135EF">
+              <w:t xml:space="preserve">ұйымдардың білім беру" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004135EF">
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>обучающимся и воспитанникам</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004135EF">
+              <w:t xml:space="preserve">мемлекеттік қызмет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004135EF">
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>государственных организаций</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>көрсету кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004135EF">
+            <w:r w:rsidRPr="00CD1586">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>образования"</w:t>
-[...88 lines deleted...]
-            </w:pPr>
+              <w:t>6-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD1586">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0010181A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Журнал регистрации заявлений на получение финансовой и материальной помощи</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қаржылық және материалдық көмек алуға өтініштерді тіркеу журналы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10898" w:type="dxa"/>
+        <w:tblW w:w="10954" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="609"/>
+        <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1757"/>
-        <w:gridCol w:w="1503"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidTr="004135EF">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidTr="00BD571C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="45"/>
-[...16 lines deleted...]
-              <w:t>№ п/п</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тіркеу нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...21 lines deleted...]
-            <w:tcW w:w="1503" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініш қабылдан ған күн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...15 lines deleted...]
-              <w:t>Дата приема заявления</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініш берушінің тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...17 lines deleted...]
-              <w:t>Фамилия, имя, отчество (при его наличии) заявителя</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініш берушінің тұратын мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...21 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қарауға берілген күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...60 lines deleted...]
-              <w:t>заключения</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қорытынды қабылданған күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidTr="004135EF">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidTr="00BD571C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...24 lines deleted...]
-            <w:tcW w:w="1503" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...24 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...50 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidTr="004135EF">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidTr="00BD571C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...24 lines deleted...]
-            <w:tcW w:w="1503" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...24 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...50 lines deleted...]
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00CC3532" w:rsidP="002E1B60">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...14 lines deleted...]
-        <w:t>      Продолжение таблицы</w:t>
+    <w:p w:rsidR="00CC3532" w:rsidRPr="002E1B60" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1B60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9736" w:type="dxa"/>
+        <w:tblW w:w="10586" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3586"/>
+        <w:gridCol w:w="4436"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidTr="004135EF">
+      <w:tr w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidTr="00CD1586">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3586" w:type="dxa"/>
+            <w:tcW w:w="4436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...38 lines deleted...]
-              <w:t>(финансовая и материальная)</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көмек түрі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(қаржылық және материалдық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663C7D" w:rsidRPr="004135EF" w:rsidRDefault="004135EF" w:rsidP="0010181A">
-[...36 lines deleted...]
-              <w:t>(в тенге)</w:t>
+          <w:p w:rsidR="00CC3532" w:rsidRPr="00CD1586" w:rsidRDefault="00BD571C" w:rsidP="002E1B60">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1586">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім алушы мен тәрбиеленушіге қаржылай және материалдық көмек көрсету үшін тағайындалған жалпы сома (теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidRDefault="00663C7D" w:rsidP="0010181A">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="00663C7D" w:rsidRPr="0010181A" w:rsidSect="0010181A">
+    <w:p w:rsidR="002E1B60" w:rsidRPr="002E1B60" w:rsidRDefault="002E1B60">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002E1B60" w:rsidRPr="002E1B60" w:rsidSect="002E1B60">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00663C7D"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00FA76C7"/>
+    <w:rsidRoot w:val="00CC3532"/>
+    <w:rsid w:val="002E1B60"/>
+    <w:rsid w:val="00775393"/>
+    <w:rsid w:val="007C5A9A"/>
+    <w:rsid w:val="00BD571C"/>
+    <w:rsid w:val="00CC3532"/>
+    <w:rsid w:val="00CD1586"/>
+    <w:rsid w:val="00FD7A3D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -14276,137 +12559,137 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00663C7D"/>
+    <w:rsid w:val="00CC3532"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00663C7D"/>
+    <w:rsid w:val="00CC3532"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00663C7D"/>
+    <w:rsid w:val="00CC3532"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="00663C7D"/>
+    <w:rsid w:val="00CC3532"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00116BEA"/>
+    <w:rsid w:val="00FD7A3D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00116BEA"/>
+    <w:rsid w:val="00FD7A3D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -14668,65 +12951,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>3609</Words>
-  <Characters>20573</Characters>
+  <Words>3804</Words>
+  <Characters>21683</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>171</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>180</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24134</CharactersWithSpaces>
+  <CharactersWithSpaces>25437</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>