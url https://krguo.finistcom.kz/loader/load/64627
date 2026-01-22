--- v0 (2025-12-04)
+++ v1 (2026-01-22)
@@ -158,51 +158,51 @@
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15000" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="70" d="100"/>
           <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="1326" y="60"/>
+        <p:origin x="1326" y="66"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -353,104 +353,104 @@
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{A5CC1378-90F3-41D5-A738-7124352F6E0A}" type="datetimeFigureOut">
+            <a:fld id="{2388200A-9994-44E6-8D04-1EBDDA5C42FA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>10.05.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{4CBEEED5-2682-43A8-A44C-02B9C7161926}" type="slidenum">
+            <a:fld id="{835E0277-8298-4099-BE50-0EA7325843B3}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3242276458"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1439250839"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Заголовок и вертикальный текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -523,104 +523,104 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{A5CC1378-90F3-41D5-A738-7124352F6E0A}" type="datetimeFigureOut">
+            <a:fld id="{2388200A-9994-44E6-8D04-1EBDDA5C42FA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>10.05.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{4CBEEED5-2682-43A8-A44C-02B9C7161926}" type="slidenum">
+            <a:fld id="{835E0277-8298-4099-BE50-0EA7325843B3}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="419854518"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="852997191"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -703,104 +703,104 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{A5CC1378-90F3-41D5-A738-7124352F6E0A}" type="datetimeFigureOut">
+            <a:fld id="{2388200A-9994-44E6-8D04-1EBDDA5C42FA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>10.05.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{4CBEEED5-2682-43A8-A44C-02B9C7161926}" type="slidenum">
+            <a:fld id="{835E0277-8298-4099-BE50-0EA7325843B3}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="728083828"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2723434376"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -873,104 +873,104 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{A5CC1378-90F3-41D5-A738-7124352F6E0A}" type="datetimeFigureOut">
+            <a:fld id="{2388200A-9994-44E6-8D04-1EBDDA5C42FA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>10.05.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{4CBEEED5-2682-43A8-A44C-02B9C7161926}" type="slidenum">
+            <a:fld id="{835E0277-8298-4099-BE50-0EA7325843B3}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3997049968"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3295448218"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1117,104 +1117,104 @@
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{A5CC1378-90F3-41D5-A738-7124352F6E0A}" type="datetimeFigureOut">
+            <a:fld id="{2388200A-9994-44E6-8D04-1EBDDA5C42FA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>10.05.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{4CBEEED5-2682-43A8-A44C-02B9C7161926}" type="slidenum">
+            <a:fld id="{835E0277-8298-4099-BE50-0EA7325843B3}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3526057268"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2376344879"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1349,104 +1349,104 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{A5CC1378-90F3-41D5-A738-7124352F6E0A}" type="datetimeFigureOut">
+            <a:fld id="{2388200A-9994-44E6-8D04-1EBDDA5C42FA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>10.05.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{4CBEEED5-2682-43A8-A44C-02B9C7161926}" type="slidenum">
+            <a:fld id="{835E0277-8298-4099-BE50-0EA7325843B3}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3940169922"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="437174576"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1716,104 +1716,104 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{A5CC1378-90F3-41D5-A738-7124352F6E0A}" type="datetimeFigureOut">
+            <a:fld id="{2388200A-9994-44E6-8D04-1EBDDA5C42FA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>10.05.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{4CBEEED5-2682-43A8-A44C-02B9C7161926}" type="slidenum">
+            <a:fld id="{835E0277-8298-4099-BE50-0EA7325843B3}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1317544321"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="317314425"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Только заголовок">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1834,199 +1834,199 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{A5CC1378-90F3-41D5-A738-7124352F6E0A}" type="datetimeFigureOut">
+            <a:fld id="{2388200A-9994-44E6-8D04-1EBDDA5C42FA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>10.05.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{4CBEEED5-2682-43A8-A44C-02B9C7161926}" type="slidenum">
+            <a:fld id="{835E0277-8298-4099-BE50-0EA7325843B3}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2954744236"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2225207906"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{A5CC1378-90F3-41D5-A738-7124352F6E0A}" type="datetimeFigureOut">
+            <a:fld id="{2388200A-9994-44E6-8D04-1EBDDA5C42FA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>10.05.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{4CBEEED5-2682-43A8-A44C-02B9C7161926}" type="slidenum">
+            <a:fld id="{835E0277-8298-4099-BE50-0EA7325843B3}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1679881635"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2136495732"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2206,104 +2206,104 @@
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{A5CC1378-90F3-41D5-A738-7124352F6E0A}" type="datetimeFigureOut">
+            <a:fld id="{2388200A-9994-44E6-8D04-1EBDDA5C42FA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>10.05.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{4CBEEED5-2682-43A8-A44C-02B9C7161926}" type="slidenum">
+            <a:fld id="{835E0277-8298-4099-BE50-0EA7325843B3}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3349118549"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1956792588"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2463,104 +2463,104 @@
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{A5CC1378-90F3-41D5-A738-7124352F6E0A}" type="datetimeFigureOut">
+            <a:fld id="{2388200A-9994-44E6-8D04-1EBDDA5C42FA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>10.05.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{4CBEEED5-2682-43A8-A44C-02B9C7161926}" type="slidenum">
+            <a:fld id="{835E0277-8298-4099-BE50-0EA7325843B3}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1662369221"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="26586654"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2680,51 +2680,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{A5CC1378-90F3-41D5-A738-7124352F6E0A}" type="datetimeFigureOut">
+            <a:fld id="{2388200A-9994-44E6-8D04-1EBDDA5C42FA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>10.05.2024</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -2758,62 +2758,62 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{4CBEEED5-2682-43A8-A44C-02B9C7161926}" type="slidenum">
+            <a:fld id="{835E0277-8298-4099-BE50-0EA7325843B3}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3646480354"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2796880856"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483661" r:id="rId1"/>
     <p:sldLayoutId id="2147483662" r:id="rId2"/>
     <p:sldLayoutId id="2147483663" r:id="rId3"/>
     <p:sldLayoutId id="2147483664" r:id="rId4"/>
     <p:sldLayoutId id="2147483665" r:id="rId5"/>
     <p:sldLayoutId id="2147483666" r:id="rId6"/>
     <p:sldLayoutId id="2147483667" r:id="rId7"/>
     <p:sldLayoutId id="2147483668" r:id="rId8"/>
     <p:sldLayoutId id="2147483669" r:id="rId9"/>
     <p:sldLayoutId id="2147483670" r:id="rId10"/>
     <p:sldLayoutId id="2147483671" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
@@ -3075,528 +3075,345 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Рисунок 8"/>
+          <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="6835862"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...46 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Рисунок 4"/>
+          <p:cNvPr id="7" name="Рисунок 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6823881" y="131014"/>
             <a:ext cx="2200345" cy="2022538"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Рисунок 3"/>
+          <p:cNvPr id="8" name="Рисунок 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="2941291" cy="2129051"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvPr id="10" name="Прямоугольник 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="3244333"/>
-            <a:ext cx="9024226" cy="830997"/>
+            <a:off x="2477069" y="635591"/>
+            <a:ext cx="4572000" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4800" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҚОББД ОӘО </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«Березка» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бөбекжайы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>» КМҚК</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Прямоугольник 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3667746" y="3244335"/>
+            <a:ext cx="1808508" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
-                <a:latin typeface="Airfool" panose="02000500000000000000" pitchFamily="2" charset="0"/>
-                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>«Петушок»</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="4800" dirty="0">
+              <a:t>«Әтеш»</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
-              <a:latin typeface="Airfool" panose="02000500000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1905210668"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4202972507"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Рисунок 1"/>
+          <p:cNvPr id="4" name="Рисунок 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="354522" y="171876"/>
-            <a:ext cx="2502018" cy="3336025"/>
+            <a:off x="383685" y="149067"/>
+            <a:ext cx="8376630" cy="6559865"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
-[...183 lines deleted...]
-          </a:effectLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1784848675"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3322864977"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Бумажная">
+    <a:clrScheme name="Тема Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="444D26"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="FEFAC9"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="A5B592"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="F3A447"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="E7BC29"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="D092A7"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="9C85C0"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="809EC2"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="8E58B6"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="7F6F6F"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Тема Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -3779,84 +3596,83 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>15</Words>
+  <Words>11</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
   <Paragraphs>3</Paragraphs>
   <Slides>2</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
-      <vt:lpstr>Airfool</vt:lpstr>
+    <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Презентация PowerPoint</dc:title>
   <dc:creator>Лариса Васильевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>