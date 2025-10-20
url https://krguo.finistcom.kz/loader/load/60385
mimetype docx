--- v0 (2025-10-20)
+++ v1 (2025-10-20)
@@ -1,8205 +1,8156 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О внесении изменений и дополнения в приказ Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254 "Об утверждении правил оказания государственных услуг в сфере дошкольного образования"</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+        <w:t>"Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 бұйрығына өзгерістер мен толықтыру енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Приказ Министра просвещения Республики </w:t>
-[...6 lines deleted...]
-        <w:t>Казахстан от 18 ноября 2022 года № 464.</w:t>
+        <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Оқу-ағарту министрінің 2022 жылғы 18 қарашадағы № 464 бұйрығы.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Зарегистрирован в Министерстве юстиции Республики Казахстан 21 ноября 2022 года № 30643</w:t>
-[...16 lines deleted...]
-    <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+        <w:t xml:space="preserve"> Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 21 қарашада № 30643 болып тіркелді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ғидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген) мынадай өзгерістер мен толықтыру енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықпен бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3, 4 және 5-тармақтар мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z5"/>
-      <w:bookmarkEnd w:id="0"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "3. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>архи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - мектепке дейінгі ұйымға қабылдауға жолдаманы табысты алуға байланысты немесе осы Қағидаларда көзделген басқа да себептер бойынша кезектен алынған өтініштер жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>блокчейн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологиясы - түзетуге жатпайтын деректерге өзгерістер енгізуді сәй</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кестендіруге мүмкіндік беретін белгілі бір қағидалар бойынша деректерді сақтау және өңдеу архитектурасын құру тәсілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) бос орын - баланы мектепке дейінгі ұйымға қабылдау үшін мектепке дейінгі ұйым, жас тобы, тәрбиелеу және оқыту тілі, жас кезеңі, т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оптың түрі (жалпы дамытушы, арнайы), жұмыс тәртібі (толық күн болатын, жарты күн болатын, тәулік бойы болатын), қабылдау тәртібі (жалпыға бірдей белгіленген, ерте брондау, уақытша болу), мектепке дейінгі ұйымға баратын күні бойынша шектеулердің болуын және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылдаудың басталатын күні көрсетілген бос орын туралы ақпарат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>босаған</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орындар бюллетені – кезектілікті басқару жүйесіне бөлу үшін мектепке дейінгі ұйымдардан бос орындарды беру хронологиясын күн сайын тіркейтін хаттама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) "</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтініш" қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ағидаты – бір өтініш негізінде көрсетілетін бірнеше мемлекеттік қызметтер жиынтығын көздейтін мемлекеттік қызметті көрсету нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірдей белгіленген қабылдау тәртібіндегі бос орын - жолдама алғаннан кейін жолдаманың қолданылу мерзімі бірд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ен есептелетін бос орын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ерте</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> брондау тәртібіндегі бос орын – орын нақты босағанға дейін ерте жолдама алуға болатын бос орын; жолдаманың қолданылуын есептеу мерзімі және мектепке дейінгі ұйымға қабылдау рәсімі орын нақты босатылғаннан кейін бастал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кезектілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басқару жүйесі – мектепке дейінгі ұйымдарға кезекке қоюға және орындарды бөлуге өтініштерді қабылдаудың бизнес-процестерінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>автоматты орындалуын қамтамасыз ететін көрсетілетін қызметті берушінің ақпараттық жүйесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кезек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тілік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нөмірі – осы кезекте басқа да өтініштерге қатысты кезектегі өтініштер реті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайтарылып алынған орындар бюллетені – кезектілікті басқару жүйесіне мектепке дейінгі ұйымдардан бұрын бөлуге берілген орындарды қайтару (кері қайтарып алу ) х</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ронологиясын күн сайын тіркейтін хаттама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейінгі ұйымға қабылдауға жолдама (бұдан әрі – жолдама) – мектепке дейінгі ұйымға қабылдау және тиісті құжаттарды рәсімдеу кезеңінде мектепке дейінгі ұйымнан өтініш берушіге орынның уақытша сақта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>луы туралы хабарлама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өтініштер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезегі (бұдан әрі – кезек) - кезектілікті басқару жүйесінде табысты тіркелген және осы Қағидаларға сәйкес бір-біріне қатысты реттелген мектепке дейінгі ұйымға қабылдауға арналған өтініштер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проактивті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сетілетін қызмет – қызмет көрсету субъектісінің бастамасы бойынша берілетін, қызметті көрсету үшін көрсетілетін қызметті алу субъектісінің ұялы байланыс абоненттік құрылғысы арқылы берілген келісімі міндетті түрде қажет болатын, электрондық нысанда көрсеті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>летін мемлекеттік қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тоқтату</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> парағы – өтініш берушілер тарапынан жіберілген тәртіп бұзушылық анықталған жағдайда жолдама алу мүмкіндігі тоқтатылған, кезектен алынған өтініштер орналастырылатын уақытша архив;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болуға арналған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос орын – уақытша кеткен тәрбиеленушінің мектепке дейінгі ұйымда сақталатын бос орны, сондықтан осы орынға қабылданатын баланың келу мерзімі шектеулі болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хабарлама</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – өтініш берушіге мектепке дейінгі ұйымнан орын алудың белгіленген кезеңдері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нен өткені туралы хабарлау мақсатында кезектілікті басқару жүйесімен жолданған электронды мәтіндік хабарлама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="z6"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызметін (бұдан әрі - кез</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>екке қою жөніндегі мемлекеттік қызмет) республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардың, облыстық маңызы бар қалалардың білім бөлімдері (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Кезекке қою жөніндегі мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне немесе "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акцион</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ерлік қоғамы (бұдан әрі - Мемлекеттік корпорация) арқылы және (немесе) "электрондық үкіметтің" веб-порталы (бұдан әрі - портал) арқылы Қағидалардың 1-қосымшасына сәйкес өтініш, сондай-ақ "Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімінің (бұдан әрі – Талаптар тізілімі) 8-тармағында көрсетілген құжаттарды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>в</w:t>
+        <w:t>Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і енгізілген кезекке қою жөніндегі мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ кезекке қою жөніндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>мемлекеттік қызметтің ерекшеліктері ескерілген басқа мәліметтер осы Қағидалардың 2-қосымшасына сәйкес Талаптар тізілімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нде берілген.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...20 lines deleted...]
-    <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушының "жеке кабинетінде" кезекке қою жөніндегі мемлекеттік қызметті көрсетуге сұранымды қарау мәртебесі туралы ақпарат көрінеді, сондай-ақ кезекке қою жөніндегі мемлекеттік көрсетілетін қызметтің нәтижесін алған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күні және уақыты көрсетілген хабарлама орналастырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункты</w:t>
+        <w:t>Көрсетілетін қызметті берушінің кеңсесі, Мемлекеттік корпорацияның қызметкері Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтінішті қабылдауды жүзеге асырады және көрсетілетін қызметті алушыда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>н алынған құжаттардың дұрыстығын тексере отырып, тіркейді; көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынған жағдайда кезекке қою жөнінде кезектілік нөмірі көрсетілген хабарлама (ерікті түрде) беруді жүзеге асырады.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...27 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушы Талаптар тізілімінің 8-тармағында қарастырылған тізбеге сәйкес құжаттар топтамасын толық ұсынбаған жағдайда көрсетілетін қызметті беруші және (немесе) Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және Қағидалардың 3-қосымшас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ына сәйкес нысанда құжаттарды қабылдаудан бас тарту жөнінде қолхат береді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жеке басты куәландыратын құжаттар жөнінде мәліметтерді көрсетілетін қызметті беруші және Мемлекеттік корпорацияның қызметкері "электрондық үкімет" шлюзі арқылы тиісті мемлекет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тік ақпараттық жүйелерден алады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті алушыға дайын құжаттарды беру жеке басты куәландыратын құжатты (немесе нотариалды бекітілген сенімхат бойынша оның өкілін), тиісті құжаттарды қабылдау жөнінде қолхатты көрсету негізінде жүзеге ас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       8-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "8. Көрсетілетін қызметті алушының таңдауы бойынша кезекке қою жөніндегі мемлекеттік қызмет "Бала тууды тіркеу, оның ішінде азаматтық хал актілерінің жазбаларына өзгерістер, толықтырулар мен тү</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зетулер енгізу" мемлекеттік қызметімен жиынтықта "бір өтініш" қағидасы бойынша көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті алушылар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      1) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>архив</w:t>
+        <w:t>көрсетілетін</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – набор заявлений, снятых с очереди по причине успешного</w:t>
-[...15 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+        <w:t xml:space="preserve"> қызметті берушіден мемлекеттік көрсетілетін қызметті ұсыну тәртібі туралы толық және анық ақпаратты қолж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>етімді нысанда алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      2) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>технология</w:t>
+        <w:t>мемлекеттік</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> блокчейн – способ построения архитектуры хранения и обработки данных по определенным правилам, ко</w:t>
-[...44 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+        <w:t xml:space="preserve"> көрсетілетін қызметті қағаз және (немесе) электрондық нысанда алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын жария талқылауларға қатысады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      4) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>бюллетень</w:t>
+        <w:t>мемлекеттік</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> освободившихся мест – протокол, ежедневно фиксирующий хронологию передачи свободных мест от дошкольных организаций на распределение в систему управления очередью;</w:t>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="z13"/>
+        <w:t xml:space="preserve"> қызметтер көрсету саласында бұзылған құқықтарды, заңды мүдделерді қорғау туралы талап арызбен сотқа жүгінеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>цифрлық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттар сервисінен өзіне және отбасының кәмелетке толмаған мүшелеріне қатысты электрондық құжаттарды пайд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызметтер көрсету кезінде көрсетілетін қызметтерді алушылардан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүйелерден алуға болатын құжаттар мен мәліметтерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті берушінің салыстырып-тексеруі үшін түпнұсқалары ұсынылған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттардың нотариат куәландырған көшірмелерін талап етуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің 69-бабы 3-тармағына сәйкес "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 4-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының 3) тармақшасында көзделген өтініштер есепке алуға жатады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       13-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"13. Мектепке дейінгі ұйымдарға қабылдау үшін жалпы кезек елді мекенге (қала, ауыл, кент) тиістілігі бойынша, балалардың туған жы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лы бойынша және әрбір туған жылы үшін өз кезегі қалыптастырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Көру қабілеті, есту қабілеті бұзылған, сөйлеу қабілеті ауыр түрде бұзылған, тірек-қимыл аппараты, зияткерлік дамуы бұзылған, психикалық дамуы тежелген балаларға арналған арнайы мектеп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ке дейінгі ұйымдарға (арнайы бөбекжай-бақшаларға, арнайы балабақшаларға) және мектепке дейінгі ұйымдардағы арнайы топтарға, денсаулығы нашарлаған балалардың барлық санаттарын біріктіретін арнайы мектепке дейінгі ұйымдарға және мектепке дейінгі ұйымдардағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арнайы топтарға кезекке тұру "Тиісті үлгідегі және түрдегі білім беру ұйымдары қызметінің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2022 жылғы 31 тамыздағы № 385 бұйрығымен бекітілген Арнайы білім беру ұйымдары </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінің үлгілік қағидаларына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29329) сәйкес елді мекеннің ішінде балалардың туған жылы бойынша әр туған жылы үшін жеке қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Туған жылдары бойынша кезектің ішіндегі кезек </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>балаларда бар бұзылыстардың түрлері бойынша бөлінеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Санаториялық мектепке дейінгі ұйымдарға кезек елді мекеннің ішінде балалардың туған жылы бойынша әр туған жылы үшін жеке оңалту/алдын алу түрлері бойынша қалыптастырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       18-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "18. Өтініш беру және кезекте болу үшін баланың жасы ағымдағы жылғы 1 қыркүйекте 6 жастан аспайды (психологиялық-медициналық-педагогикалық комиссияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан бас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қа).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       20-тармақтың 1) тармақшасы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "1) "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының Заңының 52-бабының 3-тармағына, "Арнаулы мемлекеттік органдар туралы" Қазақстан Республ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>икасының Заңының 78-бабының 8-тармағына, "Құқық қорғау қызметі туралы" Қазақстан Республикасының Заңының 64-бабының 5-тармағына сәйкес мектепке дейінгі ұйымдардан кезектен тыс орын алуға құқығы бар балалардың ата-аналарының немесе заңды өкілдерінің өтінішт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ері келіп түскенде;";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       28-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "28. Ағымдағы жылғы 1 қыркүйекте 6 жастан аспайтын және психологиялық-медициналық-педагогикалық консультацияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан бас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қа балаларға жолдама беру кезінде баланың жасы күнтізбелік жылғы толық жасы бойынша есептеледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       32-тармақтың екінші бөлігі мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00573E47" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       "Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетудің ерекшеліктері ескерілген басқа мәліметтер Қағидалардың 4-қосымшасына сәйкес "Мектепке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімінде берілген.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2, 3 және 4-қосымшалар осы бұйрыққа 1, 2 және 3-қосымшаларға сәйкес жаңа редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 4-қосымшаға сәйкес 5-қосымшамен толықтырылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Қазақстан Республикасы Оқу-ағарту министрлігі Мектепке дейінгі білім департаменті заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z23"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      5)</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">      1) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>принцип</w:t>
+        <w:t>осы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "одного заявления" – форма оказания государственной услуги, предусматривающая совокупность нескольких государственных услуг, оказываемых на основании одного заявления;</w:t>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="z14"/>
+        <w:t xml:space="preserve"> бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлеке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z24"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      6) </w:t>
+        <w:t xml:space="preserve">      2) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>свободное</w:t>
+        <w:t>осы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> место режима общеустановленного зачисления – свободное место</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">      7) </w:t>
+        <w:t xml:space="preserve"> бұйрықты Қазақстан Республикасы Оқу-ағарту министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>свободное</w:t>
+        <w:t>осы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> место режима раннего бронирования – свободное место, на которое можно получить направление раньше, чем это место фактически </w:t>
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="z16"/>
+        <w:t xml:space="preserve"> бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Оқу-ағарту министрлігінің Заң қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ызметі департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Оқу-ағарту вице-министріне </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z27"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      8) </w:t>
-[...1489 lines deleted...]
-        <w:t>тся в действие после дня его первого официального опубликования.</w:t>
+        <w:t>      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="54"/>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Министр просвещения</w:t>
-[...14 lines deleted...]
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00573E47" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t xml:space="preserve">Оқу-ағарту министрі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...31 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>       "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Цифрлық даму, инновациялар және</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>инноваций</w:t>
+        <w:t>аэроғарыш</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и аэрокосмической промышленности</w:t>
-[...12 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> өнеркәсібі министрлігі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2606"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3762"/>
+        <w:gridCol w:w="6"/>
+        <w:gridCol w:w="2499"/>
+        <w:gridCol w:w="2791"/>
+        <w:gridCol w:w="412"/>
+        <w:gridCol w:w="4043"/>
         <w:gridCol w:w="26"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу-ағарту министрі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2022 жылғы 18 қарашадағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 464 Бұйрыққа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру саласында мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтер көрсету</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Мектепке дейінгі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республикалық маңызы бар қалалардың және астананың білім </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басқармалары, аудандардың, облыстық маңызы бар қалалардың білім бөлімдері.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) "Азаматтарға арналған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үкімет" Мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) "</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үкіметтің" веб-порталы: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">www. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсеті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>летін қызметті берушіге, Мемлекеттік корпорацияға, порталға жүгінген сәтінен бастап – 30 минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Бір өтініш" қағидаты бойынша көрсетілетін электрондық (ішінара автоматтандырылған)/қағаз түрінде/ проактивті.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлеке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ттік қызметті көрсетудің нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кезекке қою туралы хабарлама беру (ерікті нысанда) немесе осы "Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімінің 9-тармағында белгіленген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында кө</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес мереке күндерін қоспағанда, көрсетілетін қызметті берушінің б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>елгіленген жұмыс кестесі бойынша дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>н сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Мемлекеттік корпорацияда және ақпарат объектілерінде: Қазақстан Республикасының еңбек заңнамас</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ына сәйкес мереке күндерін қоспағанда, белгіленген жұмыс кестесі бойынша дүйсенбі мен сенбіні қоса алғанда түскі үзіліссіз сағат 09.00-ден 20.00-ге дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қабылдау "электронды" кезек тәртібінде жеделдетіп қызмет көрсетусіз көрсетілетін қызметті алушының та</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ңдауы бойынша жүзеге асырылады, электронды кезекті портал арқылы броньдауға болады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>портал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанда жүгінгенде, Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) Министрліктің www. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov. kz интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. gov4c. kz Мемлекеттік корпорациясында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> порталында орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көрсетілетін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметті берушіге немесе Мемлекеттік корпорацияға жүгінген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 бұйрығы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген) бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына (бұдан әрі - Қағидалар) 1 және 5-қосымшаларға сәйкес нысан бойынша өтіні</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>штер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) баланың туу туралы куәлігі немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) көрсетілетін қызметті алушының (ата-анасының бірінің немесе заңды өкілінің) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнынан берілген, мөр басылған және уәкілетті тұлғаның қолы қойылған анықтама (бар болған жағдайда) (берілген күннен бастап бір ай ішінде жа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рамды);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) білім беру ұйымы басшысының мөрімен және қолымен расталған педагогтің жұмыс орнынан анықтама (берілген күннен бастап бір ай ішінде жарамды), дипломның сканерленген көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) ерекше білім беруді қажет ететін балалар үшін психологиялық-медицин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алық-педагогикалық консультацияның қорытындысы (бар болған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) фтизиатр-дәрігердің қорытындысы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжаттар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>і жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қыз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>метті беруші немесе Мемлекеттік корпорацияның қызметкері Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметті көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиясы бар мәліметтерді пайдалануға келісім алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Порталға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүгінген жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) Қағидаларға 1 және 5-қосымшаларға сәйкес нысан бойынша мемлекеттік көрсетілетін қызметті алушының ЭЦҚ қойылған электрондық құжат нысанындағы өтініштері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ан берілген, мөр басылған және уәкілетті тұлғаның қолы қойылған анықтаманың (бар болған жағдайда) (берілген күннен бастап бір ай ішінде жарамды) сканерленген көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) білім беру ұйымы басшысының мөрімен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">және қолымен расталған педагогтің жұмыс орнынан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама (берілген күннен бастап бір ай ішінде жарамды), дипломның сканерленген көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) ерекше білім беруді қажет ететін балалар үшін психологиялық-медициналық-педагогикалық консультация қорытындысының (бар болғанда) сканерленген көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фтизиа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тр</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дәрігердің жолдамасы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Порталға жүгінген кезде: электронды сұрау салу көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанында немесе бір реттік пароль енгізу арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке басын куәландыратын құжаттар, баланың ту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>у туралы куәлігі, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді көрсетілетін қызметті алушы тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады. Көрсетілетін қызметті берушілер циф</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ивтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың жән</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>е (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігінің анықталуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>объектілердің, деректер мен мәліметтердің Қазақстан Республикас</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес беріл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>етін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың топтамасын толық ұс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсыну.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсетудің, оның ішінде электронды нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің немесе Мемлекеттік корпорацияның қызмет көрсетуінің рұқсат етілген ең ұзақ уақ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ыты – 30 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бірыңғай байланыс орталығының 1414, 8 800 080 7777 нөмірлеріне жүгінген, организм функцияларының тіршілік әрекетін шектейтін денсаулығы тұрақты бұзылған көрсетілетін қызметті алушыларға мемлекеттік қызметті көрсету үшін құжат қабылдауды Мем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лекеттік корпорацияның қызметкері олардың тұрғылықты жеріне барып жүргізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Егер баланың мектепке дейінгі ұйымда болуына кедергі келтіретін медициналық қарсы көрсетілімдер болса, онда ол мектепке дейінгі ұйымға қабылданбайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушы м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>емлекеттік қызмет көрсету тәртібі және мәртебесі туралы ақпаратты қашықтықтан қол жеткізу тәртібінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызметті көрсету мәселелері жөніндегі анықтама қызметтері, сондай-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ақ бірыңғай байланыс орталығы арқылы алады. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің www. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушының таңдауы бойынша мемлекеттік қызмет "Бала тууды тіркеу, оның ішінде азаматтық хал актілері жазбаларына өзгерістер, толықтырулар мен түзетул</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ер енгізу" мемлекеттік көрсетілетін қызметімен жиынтықта "бір өтініш" қағидаты бойынша көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">емесе бір </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бұйрыққа </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру саласында мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтер көрсету</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E47">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бар болғанда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(көрсетілетін қызметті </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының мекен-жайы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z32"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 20-бабының 2-тармағын басшылыққа ала отырып, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы филиалының № ___ бөлімі (мекенжайын к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өрсету) Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына 2-қосымшаның 8-тармағында қарастырылған тізбеге сәйкес Сіздің толық емес құжаттар топтамасын ұсынуыңызға және (немесе) жарамдылық мерзімі өткен құжаттарды тапсыруыңызғ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а, атап айтқанда, (жоқ құжаттардың атауы):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметтің атауын көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсетуге құжаттарды қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Осы қолхат әр тара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пқа бір-біреуден 2 данада жасалды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Орындаушы: ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>                        (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, аты, әкесінің аты (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Қолы _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Телефон _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Қабылдады: ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>                        (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, аты, әкесінің аты (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Қолы __________________ "____" _________ 20____ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2900"/>
+        <w:gridCol w:w="2960"/>
+        <w:gridCol w:w="380"/>
+        <w:gridCol w:w="3509"/>
+        <w:gridCol w:w="28"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00573E47">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t xml:space="preserve">Бұйрыққа </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу Министр просвещения</w:t>
-[...19 lines deleted...]
-              <w:t>от 18 ноября 2022 года № 464</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Мектепке дейінгі білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных услуг в сфере</w:t>
+              <w:t xml:space="preserve">қызметтер көрсету </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дошкольного образования</w:t>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">вка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" </w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...10 lines deleted...]
-              <w:t>Наименование услугодателя</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...10 lines deleted...]
-              <w:t>Управления образования городов республиканского значения и столицы, отделы образования районов, городов областного значения.</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектепке </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дейінгі ұйымдардың барлық түрлері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Способы предоставления государственной услуги </w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...62 lines deleted...]
-              <w:t>3) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және беру көрсетілетін қызметті берушінің кеңсесі, "электрондық үкімет" веб-порталы (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...10 lines deleted...]
-              <w:t>Срок оказания государственной услуги</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...10 lines deleted...]
-              <w:t>С момента обращения к услугодателю, в Государственную корпорацию, на портал – 30 минут.</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> оказания государственной услуги</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...10 lines deleted...]
-              <w:t>Электронная (частично автоматизированная)/ бумажная/ проактивная/, оказываемая по принципу "одного заявления".</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электрондық (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...10 lines deleted...]
-              <w:t>Результат оказания государственной услуги</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...24 lines deleted...]
-              <w:t>ольные организации".</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектепке дейінгі ұйым </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен баланың ата-анасының бірі немесе заңды өкілі араcында жасалған келісім шарт негізінде баланы мектепке дейінгі ұйымға қабылдау немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...10 lines deleted...]
-              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету кезінде көрсетілетін қызм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>етті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...10 lines deleted...]
-              <w:t>График работы</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...5 lines deleted...]
-            <w:bookmarkStart w:id="57" w:name="z82"/>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>услугодателя</w:t>
+              <w:t>көрсетілетін</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы услугодателя с 9:00 часов до 18:30 часов с перерывом на </w:t>
-[...91 lines deleted...]
-              <w:t xml:space="preserve">3) </w:t>
+              <w:t xml:space="preserve"> қызметті берушінің: Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек заңнамасына сәйкес мереке күндерін қоспағанда, дүйсенбі мен жұма аралығында көрсетілетін қызметті берушінің белгілеген жұмыс кестесіне сәйкес сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 18.00-ге дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініштерді қабылдау және м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>емлекеттік қызмет көрсету нәтижелерін беру сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>порта</w:t>
-[...6 lines deleted...]
-              <w:t>ла</w:t>
+              <w:t>порт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алда</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и </w:t>
-[...77 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t>: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанан кейін жүгінген кезде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, ө</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) Министрліктің www. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на</w:t>
+              <w:t>edu</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> портале: www.egov.kz.</w:t>
+              <w:t>. gov. kz интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>порталында</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...10 lines deleted...]
-              <w:t>Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>емлекеттік қызмет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...203 lines deleted...]
-              <w:t xml:space="preserve">нной корпорации получает из соответствующих государственных </w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызметті берушіге:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) қабылдауға арналған жолдама (берілген күннен бастап бес жұмыс күні ішінде жарамды);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) "Мектепке дейінгі біл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>информационных систем через шлюз "электронного правительства".</w:t>
-[...176 lines deleted...]
-              <w:t>осредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+              <w:t>қағидаларына (бұдан әрі - Қағидалар) 5-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) көрсетілетін қызметті алушының (ата-анасының бірінің немесе заңды өкілінің) жеке басын куәланды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) баланың туу туралы куәлігі немесе цифрлық құжаттар сервисінен алынған электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) "Денсаулық сақтау ұйымдарының бастапқы медициналық қ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітіл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ген № 065/е нысанды профилактикалық екпелердің картасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 027/е нысанды анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) психологиялық-медициналық-педагогикалық консультацияның қорытындысы (ерекше білім беруді қажет ететін балалар </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үшін).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Порталға:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) мектепке дейінгі ұйымға қабылдауға арналған жолдама (берілген күннен бастап бес жұмыс күні ішінде жарамды);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Қағидаларға 5-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) ата-анасының немесе заңды өкілдерінің бірінің жеке басын куәландыраты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>н құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) баланың тууын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 065/е нысанды профилактикалық екпелердің картасы (электрондық көшірме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) "Денсаулық сақтау ұйымдарының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>олып тіркелген) бекітілген № 027/е нысанды анықтама (электрондық көшірме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) психологиялық-медициналық-педагогикалық консультацияның қорытындысы (ерекше білім беруді қажет ететін балалар үшін) (бар болғанда сканерленген көшірмесі).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тиісті мемлекеттік орга</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ндар шектеу іс-шараларын жүзеге асырған, төтенше жағдайлар енгізілген, белгілі бір аумақта әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар туындаған жағдайларда, осы аумақта тұратын көрсетілетін қызметті алушылар шектеу іс-шараларының алыну</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ына, төтенше жағдайлар қолданысының тоқтатылуына қарай осы тармақтың бірінші абзацының 4), 5) және 6) тармақшаларында және екінші абзацының 4), 5) және 6) тармақшаларында көрсетілген құжаттарды тікелей білім беру ұйымдарына ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ерушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік па</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...17 lines deleted...]
-              <w:t>государственной услуги, установленные законодательством Республики Казахстан</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> услугополучателя и </w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсеті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>летін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>(или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
-[...57 lines deleted...]
-              <w:t>ого пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, и (или) документов с истекшим сроком действия.</w:t>
+              <w:t>мерзімі өтіп кеткен құжаттарды ұсынған жағдайда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...17 lines deleted...]
-              <w:t>ственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>корпорация арқылы көрсету ерекшеліктері ескеріле отырып, қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...181 lines deleted...]
-              <w:t>ованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құжаттарды тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут. Қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минут. Көрсетілетін қызметті алушы мемлекетті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтер, сондай-ақ Бірыңғай</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> байланыс орталығы арқылы алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің www. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сету мәселелері жөніндегі бірыңғай байланыс орталығының телефондары: 1414, 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к приказу</w:t>
+              <w:t xml:space="preserve">Бұйрыққа </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Мектепке дейінгі білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных услуг в сфере</w:t>
+              <w:t xml:space="preserve">қызметтер көрсету </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дошкольного образования</w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
-[...39 lines deleted...]
-              <w:t>(адрес услугополучателя)</w:t>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
-[...490 lines deleted...]
-        <w:t>      Подпись ____________ "____" _________ 20____ год</w:t>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Нысан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2827"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="26"/>
+        <w:gridCol w:w="5664"/>
+        <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00427FFE">
+      <w:tr w:rsidR="00573E47">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="72"/>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00427FFE" w:rsidRDefault="00C1261E" w:rsidP="00C1261E">
+          <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3 к приказу</w:t>
-[...59 lines deleted...]
-              <w:t>Приложение 4</w:t>
+              <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t>(мектепке дейінгі ұйым)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных услуг в сфере</w:t>
+              <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дошко</w:t>
-[...2078 lines deleted...]
-              <w:t>Приложение 5</w:t>
+              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
-[...129 lines deleted...]
-              <w:t>(при его наличии)</w:t>
+              <w:t>(бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00427FFE" w:rsidRDefault="00427FFE" w:rsidP="00C1261E">
-[...34 lines deleted...]
-        <w:t xml:space="preserve">                               (</w:t>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мен, ______________________________________________________</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>                        (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>фамилия</w:t>
+        <w:t>те</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>гі</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, имя, отчество (при его наличии)</w:t>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:t>, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>даю</w:t>
+        <w:t>дербес</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> согласие на доступ к персональным данным ограниченног</w:t>
-[...13 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> деректерді үшінші тұлғаларға беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пунктом</w:t>
+        <w:t>дербес</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 8 приложений 2 и 4 к Правилам оказания государственных услуг в сфере</w:t>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> деректерді өңдеу процесінде оларды трансшекаралық беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) дербес деректерді жалпыға қолжетімді көздерде таратуды қамти отырып, "Дербес деректер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес мемлекеттік қызмет көрсету үшін талап етілетін, "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғыл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ым министрінің 2020 жылғы 19 маусымдағы № 254 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген) бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>көрсету қағидаларына 2 және 4-қосымшалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ының 8-тармағына сәйкес қолжетімділігі шектеулі дербес деректерге қол жеткізу үшін келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>дошкольного</w:t>
+        <w:t>Мемлекеттік қызметтер көрсету кезінде ұсынылатын құжаттардың дұрыстығын растау үшін талап етілетін өзге де мәліметтерді қамтитын қолжетімділігі шектеу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лі дербес деректерге қол жеткізуге келісемін.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...31 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>государственных</w:t>
+        <w:t>Осы келісім мемлекеттік қызмет көрсету нәтижесін алғанға дейін барлық кезең ішінде қолданылады.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...11 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _______________ _______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>государственной</w:t>
+        <w:t>қолы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> регистрации нормативных правовых актов под № 20883), которые</w:t>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:t>)             (</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>требуются</w:t>
+        <w:t>тегі</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> для оказания государственной услуги согласно статье 8 Закона Республики</w:t>
-[...34 lines deleted...]
-      </w:r>
+        <w:t>, аты, әкесіні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ң аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573E47" w:rsidRDefault="00F03BBF" w:rsidP="00F03BBF">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>передачу</w:t>
+        </w:rPr>
+        <w:t>© 2012.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...290 lines deleted...]
-    <w:sectPr w:rsidR="00427FFE" w:rsidSect="00C1261E">
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00573E47" w:rsidSect="00F03BBF">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="851" w:right="1080" w:bottom="709" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="1080" w:bottom="709" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00427FFE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C1261E"/>
+    <w:rsidRoot w:val="00573E47"/>
+    <w:rsid w:val="00573E47"/>
+    <w:rsid w:val="00F03BBF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -8509,67 +8460,67 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C1261E"/>
+    <w:rsid w:val="00F03BBF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C1261E"/>
+    <w:rsid w:val="00F03BBF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -8726,54 +8677,51 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -9025,50 +8973,50 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>30041</Characters>
+  <Pages>15</Pages>
+  <Words>5480</Words>
+  <Characters>31241</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>250</Lines>
-  <Paragraphs>70</Paragraphs>
+  <Lines>260</Lines>
+  <Paragraphs>73</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35241</CharactersWithSpaces>
+  <CharactersWithSpaces>36648</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>