--- v0 (2025-10-20)
+++ v1 (2025-10-21)
@@ -1,11669 +1,11549 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы</w:t>
-[...13 lines deleted...]
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 бұйрығы.</w:t>
+        <w:t>Об утверждении правил оказания государственных услуг в сфере дошкольного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 22 </w:t>
-[...29 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="z2"/>
+        <w:t xml:space="preserve">Зарегистрирован в Министерстве юстиции Республики Казахстан 22 июня 2020 года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20883.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z5"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       1. Қоса беріліп отырған Мектепке дейінгі білім беру саласында мемлекеттік қызм</w:t>
-[...14 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z3"/>
+        <w:t xml:space="preserve">       1. Утвердить прилагаемые Правила оказания государственных услуг в сфере дошкольного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z6"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       2. Осы бұйрыққа қосымшаға сәйкес Қазақстан Республикасы Білім және ғылым министрінің кейбір бұйрықтарының күші жойылсын.</w:t>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="z4"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Признать утратившими силу некоторые приказы Министра образования и науки Республики Казахстан согласно приложению к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z7"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта </w:t>
-[...14 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="z5"/>
+        <w:t>      3. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z8"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      1) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>осы</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="z6"/>
+        <w:t>государственную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z9"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      2) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>осы</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="z7"/>
+        <w:t>размещение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z10"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>осы</w:t>
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="z8"/>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) и 2) настоящего пункта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z11"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      4. Осы бұйрықтың орындалуын бақылау жетекшілік жасайтын Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="z9"/>
+        <w:t>      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z12"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       5. Осы бұйрық алғашқы ресми жарияланған күнінен ке</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">йін қолданысқа енгізіледі. </w:t>
+        <w:t>      5. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9938" w:type="dxa"/>
+        <w:tblW w:w="10080" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6961"/>
+        <w:gridCol w:w="6536"/>
         <w:gridCol w:w="260"/>
-        <w:gridCol w:w="2717"/>
+        <w:gridCol w:w="3284"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:tcW w:w="6796" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="8"/>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
-[...9 lines deleted...]
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+              <w:t xml:space="preserve">      Министр образования и науки </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="00F14120" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="00F14120" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім және ғылым министрі </w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2717" w:type="dxa"/>
+            <w:tcW w:w="3284" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6961" w:type="dxa"/>
+            <w:tcW w:w="6536" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 19 маусымдағы </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 254 Бұйрықпен </w:t>
-[...9 lines deleted...]
-              <w:t>бекітілді</w:t>
+              <w:t>от 19 июня 2020 года  № 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="z11"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z15"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидалары</w:t>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="z12"/>
+        <w:t xml:space="preserve"> Правила оказания государственных услуг в сфере дошкольного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z16"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1-тарау.</w:t>
+        <w:t>Глава 1.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жалпы ережелер</w:t>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="z13"/>
+        <w:t xml:space="preserve"> Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z17"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       1. Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Конституциясы, </w:t>
-[...28 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="z14"/>
+        <w:t xml:space="preserve">       1. Правила оказания государственных услуг в сфере дошкольного образования (далее – Правила) разработаны в соответствии с Конституцией Республики Казахстан, законами Республики Казахстан "Об образовании", "О статусе педагога</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "О специальных социальных услугах", "О правах ребенка в Республике Казахстан", "О социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями", "О воинской службе и статусе военнослужащих", "О специальных государственн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ых органах Республики Казахстан", подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", Кодексом Республики Казахстан "О браке (супружестве) и семье".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z18"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      2. Правила определяют порядок приема (постановку </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в очередь, выдачу направления, прием документов, зачисление в дошкольную организацию) детей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">       2. Қағидалар түріне, меншік нысанына және ведомстволық бағыныстылығына қарамастан мемлекеттік білім беру тапсырысы орналастырылған мектепке дейінгі ұйы</w:t>
-[...14 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="z15"/>
+        <w:t xml:space="preserve">дошкольного возраста на свободные места в дошкольные организации с государственным образовательным заказом независимо от видов, формы собственности и ведомственной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z19"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      3. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="z63"/>
+        <w:t>      3. В настоящих Правилах используются основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z244"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      1) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>архив</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - м</w:t>
-[...14 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="z64"/>
+        <w:t xml:space="preserve"> – набор заявлений, снятых с очереди по причине успешного получения направления на зачисление в дошкольную организацию или снятых с очереди по иным причинам, предусмо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тренным настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z245"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      2) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>блокчейн</w:t>
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="z65"/>
+        <w:t>технология</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> блокчейн – способ построения архитектуры хранения и обработки данных по определенным правилам, который позволяет идентифицировать внесение изменений в данные, которые не подлежат корректировке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z246"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      3) бос орын - баланы мектепке дейінгі ұйымға қабылдау үшін мектепке дейінгі ұйым, жас тобы, тәрбиелеу және оқыту тілі, жас кезеңі, топтың</w:t>
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="z66"/>
+        <w:t>      3) сво</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бодное место – информация о вакантном месте для зачисления ребенка в дошкольную организацию с указанием дошкольной организации, возрастной группы, языка воспитания и обучения, вида группы (общеразвивающая, специальная), режима работы (полного, неполного, к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руглосуточного пребывания), режима зачисления (общеустановленный, раннего бронирования, временного пребывания) с указанием даты начала зачисления и наличия ограничений по дате пребывания в дошкольной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z247"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      4) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>босаған</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="z67"/>
+        <w:t>бюллетень</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> освободившихся мест – пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отокол, ежедневно фиксирующий хронологию передачи свободных мест от дошкольных организаций на распределение в систему управления очередью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z248"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      5) "</w:t>
-[...30 lines deleted...]
-      <w:bookmarkStart w:id="19" w:name="z68"/>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принцип</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "одного заявления" – форма оказания государственной услуги, предусматривающая совокупность нескольки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>х государственных услуг, оказываемых на основании одного заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z249"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      6) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>жалпыға</w:t>
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="z69"/>
+        <w:t>свободное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> место режима общеустановленного зачисления – свободное место, срок действия направления по которому начинает исчисляться сразу после получения направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z250"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      7) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ерте</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="21" w:name="z70"/>
+        <w:t>своб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> место режима раннего бронирования – свободное место, на которое можно получить направление раньше, чем это место фактически освободится; срок исчисления действия направления и процедура зачисления в дошкольную организацию начинается после фактическог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о освобождения места;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z251"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      8) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>кезектілікті</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="22" w:name="z71"/>
+        <w:t>система</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления очередью – информационная система услугодателя, обеспечивающая автоматизированное исполнение бизнес-процессов приема заявлений на постановку в очередь и распределения мест в дошкольных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z252"/>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      9) </w:t>
-[...23 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="z72"/>
+        <w:t>      9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> очередности – положение заявления в очереди относительно других заявлений в этой очереди;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z253"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      10) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>кері</w:t>
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="24" w:name="z73"/>
+        <w:t>бюллетень</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отозванных мест – протокол, ежедневно фиксирующий хронологию возврата (отзыва) дошкольными организациями мест, ранее переданных на распред</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еление в систему управления очередью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z254"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      11) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>мектепке</w:t>
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="25" w:name="z74"/>
+        <w:t>направление</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на зачисление в дошкольную организацию (далее – направление) – уведомление о временном резервировании за заявителем места в дошкольной организации на период прохождения процесса зачисления в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольную организацию и оформления соответствующих документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z255"/>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      12) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>өтініштер</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="z75"/>
+        <w:t>очередь</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявлений (далее – очередь) – заявления на зачисление в дошкольную организацию, успешно зарегистрированные в системе управления очередью и упорядоченные относительно друг дру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>га согласно настоящим правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z256"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      13) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>проактивті</w:t>
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t>проактивная</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуга – государственная услуга, оказываемая в электронной форме, предоставляемая по инициативе субъекта оказания услуг, для оказания которой необходимо обязательное согласие субъекта получения услуги, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предоставленное посредством абонентского устройства сотовой связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z257"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14) стоп-лист – временный архив, куда перемещаются заявления из очереди, по которым приостановлена возможность получения направлений ввиду выявленных нарушений, допущенных со стороны </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z258"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>свободное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> место временного пребывания – свободное место, которое сохраняется в дошкольной организации за временно выбывшим воспитанником, поэтому имеет ограниченный срок пребывания нового ребенка, зачисленного на это место;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z259"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уведомление</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – электронные текстовые сообщения, отправляемые системой управления очередью заявителю с целью уведомления о прохождении определенных этапов получения места в дошкольной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Пункт 3 - в редакции приказа Министра просвещен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ия РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z35"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...122 lines deleted...]
-    <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Глава 2.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z36"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Параграф 1.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок оказания государственной </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услуги  "</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Постановка на очередь детей дошкольного возраста (до </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6 лет) для направления в дошкольные организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z37"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Государственная услуга "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – государственная услуга по постановке на очередь) оказывается упр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>авлениями образования городов республиканского значения и столицы, отделами образования районов, городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 3-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
+        <w:t xml:space="preserve">Сноска. Пункт 4 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізі</w:t>
+        <w:t xml:space="preserve"> (вводится в действие</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>леді) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="z16"/>
+      <w:bookmarkStart w:id="33" w:name="z38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5. Для получения государственной услуги по постановке на очередь физическое лицо (далее - услугополучатель) направляет в канцелярию услугодателя, либо через некоммерческое акционерное общество "Го</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сударственная корпорация "Правительство для граждан" (далее – Государственная корпорация) и (или) через веб-портал "электронного правительства" (далее – портал) заявление по форме согласно приложению 1 к Правилам, а также документы, указанные в пункте 8 Пе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>речня основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – Перечень требований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Перечень основных требований к оказанию государственной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги по постановке на очередь, включающий характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги по постановке на очередь приведен в Перечне требований со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>гласно приложению 2 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В "личном кабинете" услугополучателя отображается информация о статусе рассмотрения запроса на оказание государственной услуги по постановке на очередь, а также размещается уведомление с указанием даты и времени получе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ния результата государственной услуги по постановке на очередь.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Канцелярия услугодателя, работник Государственной корпорации осуществляют прием заявления по форме согласно приложению 1 к Правилам и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>регистрируют документы, полученные от услугополучат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еля, проверяют их на полноту; при представлении услугополучателем полного пакета документов осуществляют выдачу уведомления о постановке на очередь с указанием номера очередности (в произвольной форме).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В случае представления услугополучателем непол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ного пакета документов согласно перечню, предусмотренному пунктом 8 Перечня требований, услугодатель и (или) работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 3 к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения о документах, удостоверяющих личность, услугодатель и работник Государственной корпорации получают из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача услугополучателю гото</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вых документов осуществляется на основании расписки о приеме соответствующих документов при предъявлении документа, удостоверяющего личность (либо ее представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Пункт 5 - в редакции приказа Министра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> просвещения РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6. В случае обращения через портал услугодатель в день поступления документов осуществляет их прием и регистрацию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z46"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Услугодатель в теч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ение 30 минут проверяет на полноту представленные документы.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае не полноты в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления, который направляется в форме электронного документа заявителю в "личный кабинет" на портале</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z47"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       При установлении факта полноты представленных документов, услугодатель готовит уведомление о постановке на очередь с указанием номера очередности (в произвольной форме) и направляет услугополучателю в "личный кабинет" в форме электронного документ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а, удостоверенного ЭЦП уполномоченного лица услугодателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z48"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7. Государственная услуга по постановке на очередь может оказываться проактивным способом, в том числе без заявления услугополучателя по инициативе услугодателя посредством информационных си</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стем услугодателя и государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z49"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отправку</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> автоматических уведомлений у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>слугополучателю с запросом на оказание государственной услуги по постановке на очередь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z50"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>получение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осредством абонентского устройства сотовой связи услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z51"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8. По выбору услугополучателя государственная услуга по постановке на очередь оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z261"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Услугополучатели:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z262"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>получают</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от услугодателя в доступной форме полную и достоверную информацию о порядке предоставления государственной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z263"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>получают</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственную услугу в бумажной и (или) электронной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z264"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>участвуют</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в публичных обсуждениях проектов подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z265"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обращаются</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>суд с иском о защите нарушенных прав, законных интересов в сфере оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z266"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>используют</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электронные документы в отношении себя и несовершеннолетних членов семьи из сервиса цифровых документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z267"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      При оказании государственных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг не допускается истребования от услугополучателей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z268"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и сведений, которые могут быть получены из информационных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z269"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нотариально</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> засвидетельствованных копий документов, оригиналы которых представлены для сверки услугодате</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z270"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Обращения, предусмотренные подпунктом 3) пункта 1 статьи 4 Закона Республики Казахстан "О государственных услугах", поступившие по вопросам оказания государственных услуг, подлежат учету согласно пункту 3 статьи 69 Административного процедурно-п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>роцессуального кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 8 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="z52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона Республики Казахстан "О государствен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ных услугах".</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z53"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Жалоба на решение, действия (бездействие) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя  по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вопросам оказания государственной услуги по постановке на очередь может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>м оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z54"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>т рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z55"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба на действия (бездействие) работника Государственной корпорации направляется руководителю Государственной корпорации по адресу, указанному на интернет-ресурсе корпорации.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z56"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Жалоба услугополучателя по вопросам оказания государственной услуги по постановке на очередь, поступившая в адрес услугодателя, Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z57"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12. При отправке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или об отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z58"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Информацию о порядке обжалования через портал можно получить посредством Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z59"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ния государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z60"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатом оказания государственной услуги по постановке на очередь услугополучатель обращается в суд в установленн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ом законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z61"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13. Общая очередь для зачисления в дошкольные организации формируется по принадлежности к населенному пункту (город, село, поселок) по году рождения детей для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Очередь в специальные дошкольные организации (специальные ясли-сады, специальные детские сады) и специальные группы в дошкольных организациях для детей с нарушениями зрения, слуха, тяжелыми нарушениями речи, опорно-двигательного аппарата, интеллекта, с зад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ержкой психического развития, специальные дошкольные организации и специальные группы в дошкольных организациях, совмещающие все категории детей с нарушениями, согласно Типовых правил деятельности специальных организаций образования, утвержденных приказом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министра образования и науки Республики Казахстан от 31 августа 2022 года № 385 "Об утверждении Типовых правил деятельности организаций образования соответствующих типов и видов") (зарегистрированный в Реестре государственной регистрации нормативных правов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ых актов под № 29329) формируется внутри населенного пункта по году рождения детей, для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Внутри очереди по годам рождения очередь разделяется по видам нарушений, имеющихся у детей.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Очередь в санаторные дошкольные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организации формируется внутри населенного пункта по году рождения детей для каждого года рождения отдельно по видам реабилитации/профилактики.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 13 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие пос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ле дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="z66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       14. Заявления в очередях располагаются по дате и времени подачи заявления заявителем. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z67"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      15. Родитель или законный представитель ребенка становится в очередь в одном населенном пункте не более тре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>х раз за период дошкольного возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z68"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      16. Родитель или законный представитель ребенка, получивший внеочередное или первоочередное направление в государственную дошкольную организацию, для выбора другой дошкольной организации после истечения одного ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сяца встает в общую очередь и получает направление в частную дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z69"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      17. Родитель или законный представитель ребенка с особыми образовательными потребностями при наличии подтверждающих документов встает одновременно в нескольких очере</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дях – общей очереди, очереди в специальную, санаторную дошкольные организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z70"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18. Для подачи заявления и нахождения в очереди возраст ребенка не превышает 6 лет на 1 сентября текущего календарного года (кроме детей с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>особыми образовательными потребн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>остями, имеющими соответствующее заключение психолого-медико-педагогической комиссии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 18 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="z71"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Для выбора другой дошкольной организации ребенок отчисляется из дошкольной организации, и родитель или законный представитель ребенка подает заявление на постановку в очередь для получения направления в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z72"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      20. Очередь заявлений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обновляется при:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z73"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) поступлении заявлений от родителей или законных представителей детей, имеющих право на внеочередное получение места в дошкольных организациях согласно пункту 3 статьи 52 Закона Республики Казахстан "О воинской службе и статусе в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оеннослужащих", пункту 8 статьи 78 Закона Республики Казахстан "О специальных государственных органах", пункту 5 статьи 64 Закона Республики Казахстан "О правоохранительной службе";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z74"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) поступлении заявлений от родителей или законных представителей д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>етей педагогов согласно пункту 3 статьи 12 Закона Республики Казахстан "О статусе педагога"; детей, законные представители которых являются инвалидами; детей, оставшихся без попечения родителей, и детей-сирот; детей из многодетных семей; детей с особыми об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>разовательными потребностями; детей из семей, имеющих ребенка-инвалида для первоочередного получения места в дошкольной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z75"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>изменении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> льготного статуса заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z76"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>исключении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявления из очереди в результате отзыва заявления; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z77"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выдаче</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направления; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z78"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>помещении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявления в стоп-лист, архив;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z79"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отсутствии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заинтересованности заявителя в получении места в дошкольную организацию. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Пункт 20 с изменением, внесенным приказом Министра просвещения РК от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="75" w:name="z80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      21. Заявления в очередях располагаются относительно друг друга внутри каждой группы по дате и времени подачи заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z81"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заявления по внеочередному получе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нию места располагаются перед заявлениями первоочередного получения места.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z82"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заявления по первоочередному получению места распределяются между заявлениями, поданными на общих основаниях, в соотношении "один к трем" (заявление по первоочередному получен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ию места располагается через каждые три заявления, поданные на общих основаниях).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z83"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       22. Услугодатель проверяет и подтверждает информацию, удостоверяющую личность заявителя, законного представителя ребенка, информацию, подтверждающую возможность внеоче</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">редного или первоочередного получения места в дошкольной организации, дважды - при регистрации заявления на постановку в очередь и после получения направления на зачисление в дошкольную организацию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z84"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заявитель представляет услугодателю для сверки ор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">игиналы документов в срок не позднее пяти рабочих дней с момента отправки заявления на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>регистрацию или получения направления на зачисление.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Услугодатель подтверждает достоверность представленных документов в срок не позднее 30 минут с момента их представле</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ния.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>После подтверждения документов заявление регистрируется в очереди.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для проверки достоверности документов военнослужащих и сотрудников специальных государственных органов услугодатель ежемесячно отправляет сводные запросы в уполномоченный орган и аннул</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ирует заявления и направления при получении отрицательного заключения.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z85"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      23. Заявителю предоставляется возможность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z86"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подачи</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявления на постановку в очередь, изменять уже поданное заявление, отзывать заявление из очереди, получать и аннулиров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ать направление на зачисление в дошкольную организацию, продлевать срок действия направления, получать уведомление об изменении состояния заявления и направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z87"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заинтересованности в получении места в дошкольную организацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z88"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>изучения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информации об освободившихся местах и получения электронного направления на зачисление в дошкольную организацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z89"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сохранения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учетных данных личного кабинета системы управления очередью, не передавая их третьим лицам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z90"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      24. Система уп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>равления очередью, функционирующая круглосуточно и осуществляющая непрерывный процесс распределения свободных мест среди заявителей, по мере появления новых свободных мест:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z91"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>регистрирует</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (или отказывает в регистрации) заявление на постановку в очередь, помещает заявление в стоп-лист, рассматривает отказы в зачислении по выданным направлениям со стороны дошкольных организаций; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z92"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ежедневно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принимает информацию о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>т дошкольных организаций о появлении свободных мест с указанием возрастной группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z93"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ежедневно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в 18:00 (восемнадцать) часов на специализированном интернет-ресурсе публикует бюллетень освободившихся мест (возможно изменение регламентного времени норм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ативным актом услугодателя);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z94"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ежедневно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в 07:00 (семь) часов утра (возможно изменение регламентного времени нормативным актом услугодателя, но не позднее 23:59 часов текущего дня) открывает приоритетный доступ к получению направления только для пер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вых заявителей (всем одновременно) на ограниченный срок – 3 (три) рабочих дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z95"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предоставляет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможность заявителям самостоятельно получать электронное направление на зачисление в дошкольную организацию, которую они выбрали;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z96"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>автоматически</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> меняет статус места раннего бронирования на статус свободного, если оно освобождается раньше установленного срока;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z97"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>использует</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологию блокчейн для обеспечения защиты накапливаемых сведений от несанкционированного вмешательства: реестр всех зая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>влений, реестр всех направлений, реестр бюллетеней освободившихся мест;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z98"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       8) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>публикует</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на специализированном интернет-ресурсе и актуализирует информацию о заявлениях; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z99"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) исключает из очереди заявление при достижении ребенком возраста 6 (шести) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лет (кроме детей с особыми образовательными потребностями, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>имеющими заключение психолого-медико-педагогической консультации, а также детей, которым на 1 сентября текущего года еще не исполнилось полных 6 лет) и помещает его в архив по причине достижения ма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ксимально возможного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z100"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>после</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> трех дней распределения свободных мест открывает доступ к оставшимся свободным местам для следующих 1000 (одной тысячи) заявителей в очереди.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z101"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      25. Дошкольным организациям предоставляется возможность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z102"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отзывать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свободные места, ранее опубликованные в бюллетене, в том числе свободные места раннего бронирования и временного пребывания, в связи с внутренней необходимостью с указанием причины (капитальный ремонт, карантин, аннулирование госзаказа, закры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тие);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z103"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аннулировать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выданное направление на отозванное свободное место, в этом случае заявителю отправляется уведомление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z104"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>публиковать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в бюллетене освободившихся мест места раннего бронирования (дошкольным организациям, имеющим государствен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ный образовательный заказ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z105"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>публиковать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в бюллетене освободившихся мест места временного пребывания с указанием даты, когда ребенок отчисляется из дошкольной организации в связи с истечением срока временного пребывания; при этом очередь ребенка, п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>олучившего направление на временное пребывание, сохраняется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z106"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      26. Для общей очереди направление выдается по инициативе заявителя в соответствии с очередностью, возрастом ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z107"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      27. Для очереди в специальную и санаторную дошкольную организацию </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>направление выдается в соответствии с очередностью заявлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z108"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      28. При выдаче направления возраст детей учитывается на календарный год, кроме детей, чей возраст не превышает 6 лет на 1 сентября текущего календарного года и детей с особыми образователь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ными потребностями, имеющими соответствующее заключение психолого-медико-педагогической комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 28 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="104" w:name="z109"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      29. Заявителю, подавшему заявления на нескольких детей в общую очередь, предоставляется возможность (по усмотрению заявителя) получить направления на всех детей в одну дошкольную организацию одновременно при наличии необходимого количества мест в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>этой организации в момент получения направления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z110"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      30. Заявителю предоставляется возможность аннулировать выданное направление по собственной инициативе в срок не позднее одних суток с момента выдачи направления; один раз продлить срок действия направл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ения дополнительно до 30 (тридцати) календарных дней в случае физической неспособности явиться в дошкольную организацию в установленный срок (болезнь, госпитализация, командировка, отпуск).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z111"/>
+      <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>2-тарау.</w:t>
+        <w:t>Параграф 2.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік қызметтерді көрсету тәртібі</w:t>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="30"/>
+        <w:t xml:space="preserve"> Порядок оказания государственной услуги "Прием докуме</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>нтов и зачисление детей в дошкольные организации"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z112"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      31. Государственная услуга "Прием документов и зачисление детей в дошкольные организации" (далее – государственная услуга по приему детей) оказывается дошкольными организациями всех видов (далее – усл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>угодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z113"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       32. Для получения государственной услуги по приему детей физическое лицо (далее – услугополучатель) представляет документы в канцелярию услугодателя либо на веб-портал "электронного правительства" (далее – портал) согласно пункту 8 прило</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жения 4 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z114"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Перечень основных требований к оказанию государственной услуги по приему детей, включающий характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ственной услуги по приему детей приведен в Перечне требований к оказанию государственной услуги "Прием документов и зачисление детей в дошкольные организации" согласно приложению 4 к Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z115"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В "личном кабинете" услугополучателя отображается информ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ация о статусе рассмотрения запроса на оказание государственной услуги по приему детей, а также размещается уведомление с указанием даты и времени получения результата государственной услуги по приему детей.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z116"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Канцелярия услугодателя осуществляет прием</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов согласно перечню, указанному в пункте 8 приложения 4 к Правилам, проверяет их на полноту представленных документов. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При представлении услугополучателем полного пакета документов услугодатель осуществляет зачисление ребенка в дошкольную организа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>цию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z117"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      В случае представления услугополучателем неполного пакета документов согласно перечню, предусмотренному пунктом 8 приложени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я 4 к Правилам, услугодатель дает мотивированный ответ об отказе в оказании государственной услуги по приему детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z118"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае обращения через портал услугодатель в день поступления документов осуществляет их прием и регистрацию.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z119"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Услугодатель в т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ечение 30 минут проверяет на полноту представленные документы.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...22 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае не полноты в указанные сроки готовит мотивированный отказ, который направляется в форме электронного документа заявителю в "личный кабинет" на портале.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z120"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      При установлении факта пол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ноты представленных документов, услугодатель заполняет электронный запрос и прикрепляет электронные копии документов; после обработки (проверки, регистрации) электронного запроса услугодателем услугополучателю направляется уведомление о статусе электронног</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о запроса, сроке оказания государственной услуги по приему детей, результате оказания государственной услуги по приему детей в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя, зачисление ребенка в дошкольную организацию либ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о мотивированный ответ об отказе в оказании государственной услуги по приему детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...26 lines deleted...]
-        <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 32 с изменением, внесенным приказом Министра просвещения РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="116" w:name="z121"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33. Услугодатель обеспечивает внесение сведений о стадии оказания </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона Республики Казахстан "О государст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>венных услугах".</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z122"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       34. Услугодатель аннулирует зачисление ребенка по следующим причинам: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z123"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявитель</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не представил, требуемые для заключения договора, документы или срок действия документов был просрочен (паспорт здоровья ребенка и справка о с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>остоянии здоровья ребенка, выданная не позднее чем за три календарных дня по отношению к дате заключения договора);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z124"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представленным документам ребенок имеет медицинские противопоказания для зачисления в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z125"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      35. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов и зачисление детей в дошкольные организации на постоянное или временное пребывание ведется в течение года при наличии в них свободных мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z126"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      36. Жалоба на решение, действия (бездействие) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя  по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вопросам оказания государствен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ной услуги по приему детей может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z127"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Жалоба услугополучателя, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поступившая в адрес услугодателя, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z128"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...188 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При отправке жалобы через портал услугополучателю </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказ в рассмотрении).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z129"/>
+      <w:bookmarkEnd w:id="123"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Жеке басты куәландыратын құжаттар жөнінде мәліметтерді көрсетілетін қызметті беруші және Мемлекеттік корпорацияның қызметкері "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық </w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Информацию о порядке обжалования через </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>портал можно получить посредством Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z130"/>
+      <w:bookmarkEnd w:id="124"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Көрсетілетін қызметті алушыға дайын құжаттарды беру жеке басты куәландыратын құжатты (немесе нотариалды бекітілген сенімхат бойынша оның өкілін), тиісті құжаттарды қабылдау жөнінде қолхатты көрсету негізінде жүзеге асырылады.</w:t>
-[...9 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>трению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z131"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...4113 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатом оказания государственной услуги по приему детей услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5972"/>
-        <w:gridCol w:w="3805"/>
+        <w:gridCol w:w="5468"/>
+        <w:gridCol w:w="4309"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF5E8C">
+      <w:tr w:rsidR="00F14120">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:bookmarkEnd w:id="126"/>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі білім</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>беру саласында мемлекеттік</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметтер көрсету</w:t>
+              <w:t>государственных услуг</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...16 lines deleted...]
-              <w:t>ымша</w:t>
+              <w:t>в сфере дошкольного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...2942 lines deleted...]
-      <w:tr w:rsidR="00AF5E8C">
+      <w:tr w:rsidR="00F14120">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
+              <w:t>(от) ___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметтер көрсету </w:t>
+              <w:t>фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>(далее – Ф.И.О.) (при заполнении в бумажном виде)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">4-қосымша </w:t>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(индивидуальный идентификационный номер </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(далее – ИИН), проживающего по адресу:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z134"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>заявление</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z135"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Прошу поставить ребенка в очередь для получения направления в дошкольную </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организацию н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а территории населенного пункта  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>город</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (поселок, село) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН ________________________, ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Ф.И.О. (при наличии) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенка</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при заполнении в бумажном виде)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________ года рождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="z136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Информирую, что ребенок является (нужное указать):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z137"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенком</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> военнослужащих, в том числе погибших, умерших или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пропавших без вести во время прохождения службы (копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="z138"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенком</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сотрудников специальных государственных органов, в том числе погибших, умерших или пропавших без вести во время прохождения службы (копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="z139"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенком</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одители которых являются инвалидами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="z140"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенком</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с особыми образовательными потребностями (копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="z141"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенком</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, оставшимся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="z142"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенком</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сиротой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="z143"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенком</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из многодетной семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="z144"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенком</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>едагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="z145"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенком</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семьи, имеющей ребенка-инвалида;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="z146"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> относится ни к одной из вышеперечисленных категорий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="z147"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Прошу уведомлять меня об изменениях моего заявления следующими способами:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="z148"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> смс(sms)-уведомление в пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оизвольной форме на следующие номера мобильных телефонов (не более двух номеров): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="z149"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="z150"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронные</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e-mail уведомления в произвольной форме: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="z151"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="z152"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(При изменении жизненных обстоятельств положение заявления в очереди может измениться.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заявления группируются в очереди по году рождения ребенка (календарный год) в порядке приоритета по дате подачи заявления.).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="z153"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждаю, что я согласен (согласна) на использование сведений, составляющих охраняемых законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="147" w:name="z154"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Подпись _______________ Дата _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5924"/>
+        <w:gridCol w:w="3853"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F14120">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="147"/>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных у</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>слуг в сфере</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольного образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ескерту. 4-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 № 464 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>Сноска. Приложение 2 - в редакции приказа Министра просвещения РК от 18.11.2022 № 231 (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9785" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2310"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3760"/>
+        <w:gridCol w:w="2735"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="845"/>
+        <w:gridCol w:w="3335"/>
         <w:gridCol w:w="35"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9785" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...17 lines deleted...]
-              <w:t>дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...10 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...10 lines deleted...]
-              <w:t>Мектепке дейінгі ұйымдардың барлық түрлері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Управления образования городов республиканского значения и с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>толицы, отделы образования районов, городов областного значения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...10 lines deleted...]
-              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және беру көрсетілетін қызметті </w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) канцелярию услугодателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) некоммерческое </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) веб-портал "электронного правительства" </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>берушінің кеңсесі, "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+              <w:t>www.egov.kz (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...17 lines deleted...]
-              <w:t>ерзімі</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...10 lines deleted...]
-              <w:t>30 минут.</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С момента обращения к услуго</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дателю, в Государственную корпорацию, на портал – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...10 lines deleted...]
-              <w:t>Мемлекеттік қызметті көрсету нысаны</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...10 lines deleted...]
-              <w:t>Электрондық (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная (частично автоматизированная)/ бумажная/ проактивная/, оказываемая по принципу "одного заявления".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...10 lines deleted...]
-              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...17 lines deleted...]
-              <w:t>негізінде баланы мектепке дейінгі ұйымға қабылдау немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Уведомление о постановке в очередь (в произвольной форме) либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 9 настоящего Перечня основных требований к оказанию государственной услуги "Постановка на </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> көзделген жағдайларда оны алу тәсілдері</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>стан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...10 lines deleted...]
-              <w:t>Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Государственная услуга физическим лицам оказывается бесплатно. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...10 lines deleted...]
-              <w:t>Жұмыс кестесі</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін</w:t>
+              <w:t>услугодателя</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қызметті берушінің: Қазақстан Республикасының еңбек заңнамасына сәйкес мереке күндерін қоспағанда, дүйсенбі мен жұма аралығында </w:t>
-[...55 lines deleted...]
-              <w:t xml:space="preserve">2) </w:t>
+              <w:t>: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным граф</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иком работы услугодателя с 9:00 часов до 18:30 часов с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09:00 часов до 17:30 часов с перерывом на обед с 13:00 часов до 14:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Государственной корпорации и объектов информации: с понедельника по субботу включительно, за исключением праздничных дней, в соответств</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ии с установленным графиком работы с 9:00 часов до 20:00 часов без перерыва на обед согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием осуществляется в порядке "электронной" очереди, по выбору услугополучателя без ускоренного обслуживания, воз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>можно бронирование электронной очереди посредством портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>порталда</w:t>
+              <w:t>портала</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тә</w:t>
-[...41 lines deleted...]
-              <w:t xml:space="preserve">1) Министрліктің www. </w:t>
+              <w:t xml:space="preserve">: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дни согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) на интернет-ресурсе Министер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ства: www.edu.gov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Государственной корпорации: www.gov4c.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>edu</w:t>
+              <w:t>на</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>. gov. kz интернет-ресурсында;</w:t>
-[...77 lines deleted...]
-              <w:t xml:space="preserve"> орналастырылған.</w:t>
+              <w:t xml:space="preserve"> портале: www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...31 lines deleted...]
-              <w:t>тар мен мәліметтердің тізбесі</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень документов и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...76 lines deleted...]
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>4) баланың туу туралы куәлігі немесе цифрлық құжаттар сервисінен алынған электрондық құжат (сәйкестендіру үшін);</w:t>
-[...230 lines deleted...]
-              <w:t xml:space="preserve">еу іс-шараларының алынуына, төтенше жағдайлар қолданысының тоқтатылуына қарай осы тармақтың бірінші абзацының 4), 5) және 6) тармақшаларында және екінші абзацының 4), 5) </w:t>
+              <w:t xml:space="preserve">При обращении к услугодателю или в </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>және 6) тармақшаларында көрсетілген құжаттарды тікелей білім беру ұйымдарына ұсынады.</w:t>
-[...20 lines deleted...]
-              <w:t>ервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+              <w:t xml:space="preserve">Государственную </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>корпорацию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) заявления по форме, согласно приложениям 1 и 5 к Правилам оказания государственных услуг в сфере дошкольного образования, утвержденных приказом Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254 "Об утверждении пра</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вил оказания государственных услуг в сфере дошкольного образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20883) (далее - Правила);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) свидетельство о рождении ребенка, либо электронный документ из сервиса </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) документ, удостоверяющий личность услугополучателя (одного из родителей или законного представителя, либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) справка, выданная с места рабо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ты военнослужащего или сотрудника специальных государственных органов, заверенная подписью уполномоченного лица и печатью (при наличии) (действительна в течение месяца со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) справка с места работы педагога, заверенная подписью руководителя орг</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>анизации образования и печатью (действительна в течение месяца со дня выдачи), сканированная копия диплома;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) заключение психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) заключение врача-фти</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зиатора;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, подтверждающие возможность первоочередного получения направления в дошкольную организацию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сведения о документах, удостоверяющих личность, свидетельство о рождении ребенка, сведения, подтверждающие возможность первоочередного получен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ия направления в дошкольную организацию услугодатель или работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугодатель или работник Государственной корпорации пол</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учает согласие на использование сведений, содержащихся в информационных системах и составляющих охраняемую законом тайну, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) заявления в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> форме электронного документа, подписанное ЭЦП услугополучателя, по форме согласно приложениям 1 и 5 к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) сканированная копия справки, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная подписью</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уполномоченного лица и печатью (при наличии) (действительна в течение месяца со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) справка с места работы педагога, заверенная подписью руководителя организации образования и печатью (действительна в течение месяца со дня выдачи), сканированн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ая </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>копия диплома;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) сканированная копия заключения психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>направление</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> врача-фтизиатра. Электронный запрос на портал осуществляется в форме </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронного документа, удостоверенного ЭЦП услугополучателя, или путем введения одноразового пароля. Сведения о документах, удостоверяющих личность, о свидетельстве о рождении ребенка, сведения, подтверждающие возможность первоочередного получения направл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ения в дошкольную организацию услугополучатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...17 lines deleted...]
-              <w:t>үшін негіздер</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...55 lines deleted...]
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (ил</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республик</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) отсутствие согласия услугополучателя, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания госуд</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін</w:t>
+              <w:t>представление</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қызметті алушы мемлекеттік қызмет көрсету тәр</w:t>
-[...6 lines deleted...]
-              <w:t>тібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда.</w:t>
+              <w:t xml:space="preserve"> услугополучателем неполного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, и (или) документов с истекшим сроком действия</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...17 lines deleted...]
-              <w:t>әне Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, қойылатын өзге де талаптар</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...112 lines deleted...]
-              <w:t>ңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время ожидания для сдачи пакета документов услугодателю или в Государственную</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> корпорацию – 15 минут. Максимально допустимое время обслуживания услугодателем или в Государственной корпорации – 30 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием документов для оказания государственной услуги услугополучателю с нарушением здоровья, стойким расстройством функций организм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а, ограничивающим его жизнедеятельность, обратившемуся через Единый контакт-центр – 1414, 88000807777 производится работником Государственной корпорации с выездом по месту жительства.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Если есть медицинские противопоказания, препятствующие пребыванию ребенк</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>дошкольной организации, то он не зачисляется в дошкольную организацию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, интернет-ресурса услугод</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ателя, справочных служб по вопросам оказания государственной услуги, а также Единого контакт-центра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Министерства www.edu.gov.kz в разделе "Государ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ственные услуги".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Телефоны Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По выбору услугополучателя государственная услуга оказывается по принципу "одного заявления" в совокупности с государственной услугой </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для использования цифрового докуме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нта необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5E8C" w:rsidTr="00B9270A">
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5990" w:type="dxa"/>
+            <w:tcW w:w="6415" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3760" w:type="dxa"/>
+            <w:tcW w:w="3335" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі білім беру</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметтер көрсету </w:t>
+              <w:t>государственных у</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>слуг в сфере</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>дошкольного образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-қосымша</w:t>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="z271"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                Расписка об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ескерту. Қағида 5-қосымшамен толықтырылды - ҚР Оқу-ағарту министрінің 18.11.2022 № 464 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...13 lines deleted...]
-        <w:t>      Нысан</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Приложение 3 - в редакции приказа Министра просвещения РК от 18.11.2022 № 231 (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Руководствуясь пунктом 2 статьи 20 Закона Республики Казахстан "О</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> усл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>угах", отдел №__ филиала некоммерческого акционерного общества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Государственная корпорация "Правительство для граждан"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>                                    (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>указать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азывает</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в приеме документов на оказание государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>указать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наименование государственной услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ввиду</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представления Вами неполного пакет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а документов согласно перечню,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотренному</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в пункте 8 приложения 2 к Правилам оказания государственных услуг в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сфере</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дошкольного образования, и (или) документов с истекшим сроком действия, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) ________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Исполнитель: _____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Подпись _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Телефон ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Получил: __________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Подпись ____________ "____" _________ 20____ год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5664"/>
-        <w:gridCol w:w="4113"/>
+        <w:gridCol w:w="5924"/>
+        <w:gridCol w:w="3853"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF5E8C">
+      <w:tr w:rsidR="00F14120">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(мектепке дейінгі ұйым)</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>________</w:t>
-[...6 lines deleted...]
-              <w:t>____________________</w:t>
+              <w:t>государственных услуг в сфере</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
-[...9 lines deleted...]
-              <w:t>(бар болса)</w:t>
+              <w:t>дошкольного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...147 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...91 lines deleted...]
-      </w:r>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Приложение 4 - в редакции приказа Министра просвещения РК от 18.11.2022 № 231 (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10069" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2735"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="278"/>
+        <w:gridCol w:w="3902"/>
+        <w:gridCol w:w="35"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10069" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень основных требований к оказанию государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Прием документов и зачислени</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>е детей в дошкольные организации"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дошкольные организации всех видов (далее –услугодатель)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием и выдача документов для оказания государственной услуги осуществляются через </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>канцелярию услугодателя, веб-портал "электронного правительства" (далее – портал).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная (частично автоматизированная)/ бумажная.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результат оказания </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка либо мотивированный ответ об отказе в оказании государственной услу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ги.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга физическим лицам оказывается бесплатно.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы услугодателя с 9:00 часов до 18:00 часов с перерывом на обед с 13:00 часов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>до 14:00 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09:00 часов до 17:30 часов с перерывом на обед с 13:00 часов до 14:00 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается в порядке очереди без предварительной запи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>си и ускоренного обслуживания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>портала</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: круглосуточно, за исключением технических перерывов, связанных с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляются следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) на интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ортале: www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) направление на зачисление (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) заявление по форме, согла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сно приложению 5 к Правилам оказания государственных услуг в сфере дошкольного образования, утвержденных приказом Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254 "Об утверждении правил оказания государственных услуг в сфере дош</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кольного образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20883) (далее - Правила);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) документ, удостоверяющий личность услугополучателя (одного из родителей или законного представителя, либо электронный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) документ, свидетельствующий о рождении ребенка, либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) карта профилактических прививок формы № 065/у, утвержденная п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>риказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) справка формы 027/у, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заключение</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> психолого-медико-педагогической консультации (для детей с особыми образовательными потребностями). На портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) направление на зачисление в дош</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кольную организацию (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) заявление по форме, согласно приложению 5 к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) документ, удостоверяющий личность одного из родителей или законного представителя (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) документ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>свидетельствующий о рождении ребенка (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) карта профилактических прививок формы № 065/у, утвержденной приказом исполняющего </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утвержде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нии форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) (электронная копия);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) справка формы 027/у, утвержденной приказом исполняющего обязанности Министра здр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) (электронная коп</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ия);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заключение</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> психолого-медико-педагогической консультации (для детей с особыми образовательными потребностями) (сканированная копия, при наличии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введени</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>я чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории, услугополучатели на данной территории предоставляют непосредственно в организации образования документы, перечисленн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ые в подпункте 4), 5) и 6) абзаца первого и подпункте 4), 5) и 6) абзаца второго настоящего пункта по мере снятия ограничительных мероприятий, прекращения действия чрезвычайного положения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугодатели получают цифровые документы из сервиса цифровых докуме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нтов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тового сообщения в качестве ответа на уведомление портала.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) установление недостоверности документов, представленных услугополучателем для полу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>чения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нормативными правовыми актами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) отсутствие согласия услугополучателя, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а, которые требуются для оказания государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>представление</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> услугополучателем неполного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, и (или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>документов с истекшим сроком действия.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время ожидания до момента приема докум</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ентов – 15 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время обслуживания – 15 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, интернет-ресурса </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя, справочных служб по вопросам оказания государственной услуги, а также Единого контакт-центра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Министерства www.edu.gov.kz в разделе "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственные услуги".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Телефоны Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении. Для использования цифрового документа н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>еобходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F14120" w:rsidTr="002A4737">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6132" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3902" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">государственных услуг </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в сфере</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольного образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Приложение 5 - в редакции приказа Министра просвещения РК от 18.11.2022 № 231 (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5967"/>
-        <w:gridCol w:w="3810"/>
+        <w:gridCol w:w="5664"/>
+        <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF5E8C">
+      <w:tr w:rsidR="00F14120">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Форма</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 19 м</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">аусымдағы </w:t>
+              <w:t xml:space="preserve">(дошкольная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организация)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 254 бұйрығына </w:t>
+              <w:t>от__________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="77" w:name="z59"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Я, _______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>даю</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласие на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>доступ к персональным данным ограниченного доступа в соответствии с</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 приложений 2 и 4 к Правилам оказания государственных услуг в сфере</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, утвержденных приказом Министра образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 19 июня 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>0 года № 254 "Об утверждении правил оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг в сфере дошкольного образования" (зарегистрирован в Реестре</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрации нормативных правовых актов под № 20883), которые</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требуются</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оказания государственной услуги соглас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>но статье 8 Закона Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Казахстан "О персональных данных и их защите", включающие в себя следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>передачу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> персональных данных третьим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>трансграничную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> передачу персональных данных в процессе их обработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>распростра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> персональных данных в общедоступных источниках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а) на доступ к персональным данным ограниченного доступа, включающие</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> себя иные сведения, которые требуются для подтверждения достоверности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предоставляемых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов при оказании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Настоящее согласие действует в течение всего периода до получения результата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________ __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)              (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5989"/>
+        <w:gridCol w:w="3788"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F14120">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 19 июня 2020 года № 254</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="z239"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
-[...107 lines deleted...]
-    <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+        <w:t xml:space="preserve"> Перечень, утративших силу, некоторых приказов Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="z240"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения (зарегистрирован в Министерстве юстиции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан 8 мая 2015 года № 10981, опубликован в Информационно-правовой системе "Әділет" 18 мая 2015 года, газете "Казахстанская правда" 23 июля 2015 года № 138 (28014)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="151" w:name="z241"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. Приказ Министра образования и науки Республики Казахстан от 21 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>января 2016 года № 58 "О внесении изменения в приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я и обучения" (зарегистрирован в Министерстве юстиции Республики Казахстан 25 февраля 2016 года № 13255, опубликован в Информационно-правовой системе "Әділет" 10 марта 2016 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="z242"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. Приказ Министра образования и науки Республики Казахстан от 11 окт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ября 2017 года № 518 "О внесении изменений в приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и обучения" (зарегистрирован в Министерстве юстиции Республики Казахстан 3 ноября 2017 года № 15966, опубликован в Эталонном контрольном банке НПА РК в электронном виде 15 ноября 2017 года).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="153" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="153"/>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF5E8C" w:rsidRDefault="00B9270A" w:rsidP="00B9270A">
+    <w:p w:rsidR="00F14120" w:rsidRDefault="002A4737" w:rsidP="002A4737">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>© 2012.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы</w:t>
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00AF5E8C" w:rsidSect="00B9270A">
+        <w:t xml:space="preserve"> РГП на ПХВ «Институт законодательства и правовой инфо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>рмации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00F14120" w:rsidSect="002A4737">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="709" w:right="1080" w:bottom="426" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="1080" w:bottom="568" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AF5E8C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B9270A"/>
+    <w:rsidRoot w:val="00F14120"/>
+    <w:rsid w:val="002A4737"/>
+    <w:rsid w:val="00F14120"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -11973,67 +11853,67 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B9270A"/>
+    <w:rsid w:val="002A4737"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B9270A"/>
+    <w:rsid w:val="002A4737"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -12490,49 +12370,49 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>9032</Words>
-  <Characters>51488</Characters>
+  <Words>8712</Words>
+  <Characters>49665</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>429</Lines>
-  <Paragraphs>120</Paragraphs>
+  <Lines>413</Lines>
+  <Paragraphs>116</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>60400</CharactersWithSpaces>
+  <CharactersWithSpaces>58261</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>