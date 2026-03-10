--- v0 (2025-12-19)
+++ v1 (2026-03-10)
@@ -6,8063 +6,5317 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6674"/>
-        <w:gridCol w:w="4129"/>
+        <w:gridCol w:w="6657"/>
+        <w:gridCol w:w="4146"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00F70190" w:rsidTr="00F70190">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidTr="004D6C96">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6674" w:type="dxa"/>
+            <w:tcW w:w="6657" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A96EE4">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060073">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4129" w:type="dxa"/>
+            <w:tcW w:w="4146" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC5C06" w:rsidRDefault="00A96EE4" w:rsidP="00AC5C06">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="000650A6" w:rsidRDefault="00060073" w:rsidP="000650A6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...15 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000650A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000650A6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC5C06">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="000650A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000650A6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC5C06">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="000650A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2020 жылғы 24 сәуірдегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000650A6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC5C06">
-[...6 lines deleted...]
-              <w:t>от 24 апреля 2020 года № 158</w:t>
+            <w:r w:rsidRPr="000650A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 158 бұйрығына </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000650A6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000650A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z747"/>
-      <w:r w:rsidRPr="00AA1129">
+      <w:bookmarkStart w:id="0" w:name="z287"/>
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования"</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік қызметті көрсету қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z748"/>
+      <w:bookmarkStart w:id="1" w:name="z288"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00AA1129">
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z749"/>
+      <w:bookmarkStart w:id="2" w:name="z289"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00AA1129">
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> отдельным категориям обучающихся и воспитанников государственных учреждений образования.</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Осы "Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік қызметті көрсету қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 10-бабының 1) тармақшасына сәйкес әзірленді және мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+      <w:r w:rsidRPr="000650A6">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000650A6">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 1-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000650A6">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 95</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000650A6">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000650A6">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000650A6">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Алып тасталды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000650A6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC5C06">
+      <w:r w:rsidRPr="000650A6">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000650A6">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="z756"/>
-      <w:r w:rsidRPr="00AA1129">
+      <w:bookmarkStart w:id="3" w:name="z291"/>
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z757"/>
+      <w:bookmarkStart w:id="4" w:name="z292"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00AA1129">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> 3. </w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. "Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) облыстардың, республикалық маңызы бар қалалардың, астананың білім басқармаларына, аудандардың, облыстық маңызы бар қалалардың білім бөлімдеріне, білім беру ұйымдарына (бұдан әрі – көрсетілетін қызметті беруші), "Азаматтарға арналған үкімет" мемлекеттік корпорациясына (бұдан әрі – Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталы (бұдан әрі – портал) арқылы осы Қағидаларға 2-қосымшаға сәйкес </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AA1129">
-[...46 lines deleted...]
-        <w:t>), Государственную корпорацию "Правительство для граждан" (далее – Государственная корпорация) или</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде (бұдан әрі – Мемлекеттік қызмет көрсетуге қойылатын талаптар) көзделген құжаттарды қоса бере отырып, осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтініш береді.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AA1129">
-[...27 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 3-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 03.10.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 414</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC5C06">
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="z758"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      <w:bookmarkStart w:id="5" w:name="z293"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4. Құжаттарды Мемлекеттік корпорация арқылы қабылдаған кезде көрсетілетін қызметті алушыға тиісті құжаттардың қабылданғаны туралы қолхат беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC5C06">
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        <w:t xml:space="preserve">      5. Алып тасталды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="z760"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня.</w:t>
+      <w:bookmarkStart w:id="6" w:name="z295"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      6. Мемлекеттік корпорация құжаттар топтамасын көрсетілетін қызметті берушіге курьер арқылы жеткізуді 1 (бір) жұмыс күні ішінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z761"/>
-[...26 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорацияға жүгінген кезде құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z762"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      <w:bookmarkStart w:id="7" w:name="z296"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      7. Портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызметке сұрау салудың қабылданғаны туралы мәртебе, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетілген хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="z763"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня с момента получения документов, проверяет полноту представленных документов.</w:t>
+      <w:bookmarkStart w:id="8" w:name="z297"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      8. Көрсетілетін қызметті беруші құжаттарды алған сәттен бастап 1 (бір) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...70 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>заявления, а работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме, согласно приложению 3 к настоящим Правилам.</w:t>
+        <w:t xml:space="preserve">       Көрсетілетін қызметті алушы құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші өтінішті одан әрі қараудан дәлелді бас тартады, ал мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 8-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC5C06">
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="z764"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      <w:bookmarkStart w:id="9" w:name="z298"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      9. Жеке басты куәландыратын құжаттар, баланың туу туралы куәлігі, неке қию туралы куәлік ("АХАЖ тіркеу пункті" ақпараттық жүйесінде мәліметтер болмаған кезде) туралы мәліметтерді Мемлекеттік корпорацияның қызметкері және көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...55 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкері мемлекеттік қызметті көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...35 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушілер іске асырылған интеграция арқылы цифрлық құжаттарды цифрлық құжаттар сервисінен порталда тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, бір реттік парольді беру арқылы немесе портал хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 9-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC5C06">
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00A96EE4">
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> в течение 3 (трех) рабочих дней готовит направление (путевка) в загородные и пришкольные лагеря (далее - направление) либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+      <w:bookmarkStart w:id="10" w:name="z299"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      10. Құжаттарды тексеру қорытындысы бойынша көрсетілетін қызметті беруші 3 (үш) жұмыс күні ішінде қала сыртындағы және мектеп жанындағы лагерьлерге жолдама (жолдама) немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z1005"/>
-[...104 lines deleted...]
-        <w:t xml:space="preserve"> позицию по предварительному решению.</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Осы Қағидалардың Мемлекеттік қызмет көрсетуге қойылатын талаптарының 9-тармағында көрсетілген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту үшін негіз анықталған кезде, көрсетілетін қызметті беруші Қазақстан Республикасы Әкімшілік рәсімдік – процестік кодексінің (бұдан әрі - ҚР ӘПК) 73-бабына сәйкес мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірмей көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешімдер туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымнын білдіруге мүмкіндік беру үшін тыңдауды өткізу уақыты мен орны туралы хабарламаны жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z1006"/>
-[...26 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тыңдау рәсімі ҚР АӨК-нің 74-бабына сәйкес жүргізіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z1007"/>
-[...57 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші 1 (бір) жұмыс күні ішінде жолдаманы не мемлекеттік қызметті көрсетуден дәлелді бас тартуды көрсетілетін қызметті алушыға немесе Мемлекеттік корпорацияға жолдайды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 10-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 03.10.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 414</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC5C06">
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00AC5C06">
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        <w:t xml:space="preserve">      11. Алып тасталды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="z769"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 12. В Государственной корпорации выдача готовых документов осуществляется при предъявлении удостоверения личности (либо его представителя по доверенности, удостоверенный нотариально).</w:t>
+      <w:bookmarkStart w:id="11" w:name="z301"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      12. Мемлекеттік корпорацияда дайын құжаттарды беру жеке куәлігін (не нотариалды расталған сенімхат бойынша оның өкілі) ұсыну кезінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="z770"/>
-[...97 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация бір ай ішінде нәтижені сақтауды қамтамасыз етеді, содан кейін оны көрсетілетін қызметті берушіге одан әрі сақтау үшін тапсырады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушы бір ай өткеннен кейін жүгінген жағдайда Мемлекеттік корпорацияның сұранысы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорацияға жібереді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="z771"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> 13. Общий срок рассмотрения документов и получение направления либо отказ в оказании государственной услуги составляет 5 (пять) рабочих дней.</w:t>
+      <w:bookmarkStart w:id="12" w:name="z302"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      13. Құжаттарды қараудың жалпы мерзімі және жолдама алу не мемлекеттік қызмет көрсетуден бас тарту 5 (бес) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="z936"/>
-[...28 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:bookmarkStart w:id="13" w:name="z363"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AA1129">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) пункта 2 статьи 5 Закона.</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13-1. Көрсетілетін қызметті беруші Заңның 5-бабы 2-тармағының 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...55 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ақпараттық жүйе істен шыққан кезде көрсетілетін қызметті беруші анықталған сәттен бастап дереу көрсетілетін қызметті берушінің ақпараттық-коммуникациялық инфрақұрылымға жауапты құрылымдық бөлімшесінің қызметкерін хабардар етеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...35 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бұл жағдайда ақпараттық-коммуникациялық инфрақұрылымға жауапты қызметкер Қағидалардың осы тармағының екінші бөлігінде көрсетілген мерзім ішінде техникалық проблема туралы хаттама жасайды және оған көрсетілетін қызметті беруші қол қояды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...35 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының балалардың құқықтарын қорғау саласындағы уәкілетті органы көрсетілетін қызметті берушілерді, оның ішінде Бірыңғай байланыс орталығын Мемлекеттік қызмет көрсетуге қойылатын талаптарға енгізілген өзгерістер мен толықтырулар туралы хабардар етеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC5C06">
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 2-тарау 13-1-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 03.10.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t>№ 414</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z303"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3-тарау.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AC5C06">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00AA1129">
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> и (или) его должностных лиц в процессе оказания государственной услуги</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету процесінде көсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="z773"/>
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> качеством оказания государственных услуг (далее – орган, рассматривающий жалобу), в соответствии с законодательством Республики Казахстан.</w:t>
+      <w:bookmarkStart w:id="15" w:name="z304"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      14. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға (бұдан әрі – шағымды қарайтын орган) Қазақстан Республикасының заңнамасына сәйкес беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...15 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды тұлға, шағымды қарайтын орган жүргізеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...35 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шағымдар көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасаған лауазымды тұлғаға беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...35 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды тұлға шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...35 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бұл ретте көрсетілетін қызметті беруші, лауазымды тұлға, шешімге, әрекетке (әрекетсіздікке) шағым жасайды, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешімді немесе әкімшілік әрекетті қабылдаса, шағымды қарайтын органға шағым жібермейді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...64 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Мемлекеттік көрсетілетін қызметтер туралы заңның 25-бабы 2-тармағына сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...35 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шағымды қарайтын органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...15 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC5C06">
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        <w:t xml:space="preserve">Ескерту. 14-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5C06">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00481FE8">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="z776"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      <w:bookmarkStart w:id="16" w:name="z305"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      15. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5544"/>
-        <w:gridCol w:w="5244"/>
+        <w:gridCol w:w="5969"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00F70190" w:rsidTr="00AC5C06">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00481FE8" w:rsidTr="00481FE8">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5544" w:type="dxa"/>
+            <w:tcW w:w="5969" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="20"/>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:bookmarkEnd w:id="16"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A96EE4">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060073">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5C06" w:rsidRPr="00AC5C06" w:rsidRDefault="00AC5C06" w:rsidP="00AC5C06">
+          <w:p w:rsidR="00481FE8" w:rsidRPr="00481FE8" w:rsidRDefault="00481FE8" w:rsidP="00481FE8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC5C06" w:rsidRDefault="00A96EE4" w:rsidP="00AC5C06">
+          <w:p w:rsidR="00481FE8" w:rsidRPr="00481FE8" w:rsidRDefault="00481FE8" w:rsidP="00481FE8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC5C06">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00481FE8" w:rsidRDefault="00060073" w:rsidP="00481FE8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">"Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC5C06">
+            <w:r w:rsidRPr="00481FE8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve">жанындағы лагерьлерде демалуы үшін құжаттар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AC5C06">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>қабылдау және жолдама беру" мемлекеттік қызметті кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC5C06">
+            <w:r w:rsidRPr="00481FE8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>"Прием документов и выдача</w:t>
-[...124 lines deleted...]
-              <w:t>образования"</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidTr="00AC5C06">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidTr="00481FE8">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5544" w:type="dxa"/>
+            <w:tcW w:w="5969" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00481FE8" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A96EE4">
+            <w:r w:rsidRPr="00060073">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC5C06" w:rsidRDefault="00A96EE4" w:rsidP="00AC5C06">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00481FE8" w:rsidRDefault="00060073" w:rsidP="00481FE8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00F70190" w:rsidTr="00AC5C06">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidTr="00481FE8">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5544" w:type="dxa"/>
+            <w:tcW w:w="5969" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A96EE4">
+            <w:r w:rsidRPr="00060073">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC5C06" w:rsidRDefault="00A96EE4" w:rsidP="00AC5C06">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00481FE8" w:rsidRDefault="00060073" w:rsidP="007971E9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...15 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>________________ басшысына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC5C06">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(органның атауы)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC5C06">
-[...32 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC5C06">
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(елді мекен атауы, тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidR="007971E9" w:rsidRPr="007971E9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC5C06">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы, телефоны)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC5C06">
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы бойынша тұратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(өтініш берушінің тегі, аты, әкесінің аты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(бар болғанда) және жеке</w:t>
+            </w:r>
+            <w:r w:rsidR="007971E9" w:rsidRPr="007971E9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC5C06">
-[...77 lines deleted...]
-              <w:t>__________________________</w:t>
+            <w:r w:rsidRPr="00481FE8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкестендіру нөмірі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="007971E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z307"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="007971E9" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="z1118"/>
-[...104 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007971E9">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 1-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 № 95 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AC5C06" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...33 lines deleted...]
-        <w:t>Сноска. Приложение 1 - в редакции приказа Министра просвещения РК от 12.04.2023 № 95 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Менің кәмелет жасқа толмаған (тегі, аты, әкесінің аты (бар болғанда) туған күні және жеке сәйкестендіру нөмірі) (мектеп № және сынып литерін көрсету) оқитын балам _______________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Прошу Вас включить моего несовершеннолетнего ребенка</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылын көрсету)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...6 lines deleted...]
-        <w:t>___________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыртындағы және мектеп жанындағы лагерьлерге жолдамамен қамтамасыз етілетін білім алушылар мен тәрбиеленушілердің тізіміне қосуды сұраймын.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AA1129">
-[...24 lines deleted...]
-        <w:t>и индивидуальный идентификационный номер, дата рождения), обучающегося в (указать № школы, № и литер класса)</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ақпараттық жүйелердегі "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының Заңымен қорғалатын құпия мәліметтерді қолдануға келісім беремін.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...158 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      "___" _____________20__ жыл                                 қолы</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6111"/>
-        <w:gridCol w:w="4677"/>
+        <w:gridCol w:w="5827"/>
+        <w:gridCol w:w="4961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00F70190" w:rsidTr="00AC4693">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="007971E9" w:rsidTr="007971E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6111" w:type="dxa"/>
+            <w:tcW w:w="5827" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A96EE4">
+            <w:r w:rsidRPr="00060073">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRDefault="00A96EE4" w:rsidP="00AC4693">
+          <w:p w:rsidR="007971E9" w:rsidRDefault="007971E9" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="007971E9" w:rsidRDefault="00060073" w:rsidP="00C06AAB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC4693">
+            <w:r w:rsidRPr="007971E9">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+              <w:t xml:space="preserve">"Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007971E9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC4693">
+            <w:r w:rsidRPr="007971E9">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AC4693">
+              <w:t>демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік қызметті кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007971E9">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007971E9">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+              <w:t xml:space="preserve"> қағидаларына </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007971E9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC4693">
+            <w:r w:rsidRPr="007971E9">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>"Прием документов и выдача</w:t>
-[...135 lines deleted...]
-            </w:pPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z309"/>
+      <w:r w:rsidRPr="007971E9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA1129">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования"</w:t>
+        </w:rPr>
+        <w:t>"Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="00445E5B" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00AC4693">
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C06AAB">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 2-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 № 95 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C06AAB" w:rsidRPr="00C06AAB" w:rsidRDefault="00C06AAB" w:rsidP="00060073">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Сноска. Приложение 2 - в редакции приказа Министра просвещения РК от 12.04.2023 № 95 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10753" w:type="dxa"/>
+        <w:tblW w:w="10895" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="326"/>
-        <w:gridCol w:w="3402"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6667"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="137"/>
+        <w:gridCol w:w="7376"/>
         <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...17 lines deleted...]
-              <w:t>Управления образования областей, городов республиканского значения, столицы, отделы образования районов, городов областного значения, организации образования</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардағы, облыстық маңызы бар қалалардағы білім бөлімдері, білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...17 lines deleted...]
-              <w:t>Способы предоставления государственной услуги (каналы доступа)</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес қоғамы (бұдан әрі - Мемлекеттік корпорация);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) білім беру ұйымдары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) "</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AC4693">
-[...6 lines deleted...]
-              <w:t>через</w:t>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AC4693">
-[...164 lines deleted...]
-              <w:t xml:space="preserve"> (далее – портал).</w:t>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үкіметтің" www.egov.kz веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қызмет көрсету мерзімі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...56 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи документов у </w:t>
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> – 30 минут, в Государственной корпорации – 15 минут.</w:t>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті берушіге, Мемлекеттік корпорацияға құжаттарды тапсырған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сәттен бастап, сондай-ақ портал арқылы өтініш берген кезде – 5 (бес) жұмыс күні.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) көрсетілетін қызметті берушіде немесе Мемлекеттік корпорацияда құжаттарды тапсыру үшін күтудің рұқсат берілетін ең ұзақ уақыты – 15 минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті берушіде қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты – 30 минут, Мемлекеттік корпорацияда – 15 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсету нысаны</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Электрондық (ішінара автоматтандырылған)\ қағаз жүзінде</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...58 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қала сыртындағы және мектеп жанындағы лагерьлерге жолдама не осы мемлекеттік қызмет көрсетуге қойылатын талаптарының 9-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі және сақталады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...58 lines deleted...]
-              <w:t>при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Көрсетілетін қызметті алушыдан алынатын төлем мөлшері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында көзделген жағдайларда мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету тәртібі және оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...18 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...37 lines deleted...]
-              <w:t>, Государственной корпорации и объектов информации</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс графигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда сағат 13.00-ден 14.30-ға дейінгі аралықтағы түскі үзіліспен сағат 9.00-ден 18.30-ға дейін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) Мемлекеттік корпорацияда: еңбек заңнамасына сәйкес демалыс және мерекелік күндерден басқа, дүйсенбіден бастап жұманы қоса алғанда үзіліссіз сағат 9.00-ден 18.00-ге дейін, Мемлекеттік корпорацияның халыққа қызмет көрсететін кезекші бөлімдері дүйсенбіден бастап жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні сағат 9.00-ден 13.00-ге дейін жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қабылдау "электрондық" кезек тәртібімен, көрсетілетін қызметті алушының тіркелген жері бойынша жеделдетілген қызмет көрсетусіз жүзеге асырылады, портал арқылы электрондық кезекті "брондауға" болады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>порталда</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (Қазақстан Республикасының еңбек заңнамасына сәйкес көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күнімен жүзеге асырылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC4693">
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+              <w:t>1) Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>услугодателя</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+              <w:t xml:space="preserve"> О</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">қу-ағарту министрлігінің: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00AC4693">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2) Государственной корпорации: с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов, кроме праздничных и выходных дней согласно трудовому законодательству.</w:t>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00AC4693">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Прием осуществляется в порядке "электронной" очереди, по месту регистрации </w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve"> интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>услугополучателя</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>, без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством портала.</w:t>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00AC4693">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">3) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>услугополучателя</w:t>
-[...204 lines deleted...]
-              <w:t>: www.egov.kz.</w:t>
+              <w:t xml:space="preserve"> порталында орналасқан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> для оказания государственной услуги</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...81 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушіге және Мемлекеттік корпорацияға жүгінген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (жеке басын сәйкестендіру үшін қажет);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) "АХАЖ тіркеу пункті" ақпараттық жүйесінде (бұдан әрі – АХАЖ АЖ) мәліметтер болмаған кезде электрондық нысандағы баланың (балалардың) туу туралы куәлігі немесе оның қағаз жеткізгіштегі көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) неке қию немесе некені бұзу туралы куәліктің көшірмесі (АХАЖ АЖ-да мәліметтер болмаған кезде);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының. 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (бұдан әрі - №ҚР ДСМ-175/2020 бұйрық) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген 071/у нысанына сәйкес сауықтыру лагеріне баратын оқушыға берілетін медициналық анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6) мәртебесін растайтын құжаттың көшірмесі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балалар үшін - көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан балалар үшін - алған табысы туралы құжаттар (жұмыс істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, кәсіпкерліктен және басқа да қызмет түрлерінен түсетін табыстары туралы, балаларға және басқа да асырауындағыларға төленетін алимент түріндегі табыстары туралы анықтама);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>отбасыларда тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін - отбасыларда тәрбиеленетін жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар үшін қорғаншылықты (қамқоршылықты), патронаттық тәрбиелеуді бекіту туралы уәкілетті органның шешімі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AC4693">
-[...6 lines deleted...]
-              <w:t>3) свидетельство о рождении ребенка (детей) в электронной форме или его копия на бумажном носителе, при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС" (далее – ИС ЗАГС)) либо родившегося за пределами Республики Казахстан;</w:t>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төтенше</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-[...40 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жағдайлардың салдарынан шұғыл көмекті талап ететін отбасылардан шыққан және білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - отбасының материалдық-тұрмыстық жағдайын тексеру негізінде алқалы органның шешімі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>порталда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті алушының ЭЦҚ-сымен немесе көрсетілетін қызметті алушының ұялы байланыс операторы ұсынған абоненттік нөмірі порталдың есеп жазбасына тіркелген және қосылған кезде, бір рет пайдаланатын құпия сөзбен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) "АХАЖ тіркеу пункті" ақпараттық жүйесінде мәліметтер болмаған жағдайда (бұдан әрі - АХАЖ АЖ) не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың туу туралы куәлігінің электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) неке қию немесе некені бұзу туралы куәліктің электрондық көшірмесі (АХАЖ АЖ-да мәліметтер болмаған кезде);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) № ҚР ДСМ-175/2020 бұйрықпен бекітілген нысанға сәйкес сауықтыру лагерiне баратын мектеп оқушысына берілетін медициналық анықтаманың электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5) мәртебесін растайтын құжаттың электрондық көшірмесі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балалар үшін - көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан балалар үшін - алған табысы туралы құжаттар (жұмыс істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, кәсіпкерліктен және басқа да қызмет түрлерінен түсетін табыстары туралы, балаларға және басқа да асырауындағыларға төленетін алимент түріндегі табыстары туралы анықтама);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>отбасыларда тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін - отбасыларда тәрбиеленетін жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар үшін қорғаншылықты (қамқоршылықты), патронаттық тәрбиелеуді бекіту туралы уәкілетті органның шешімі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AC4693">
-[...6 lines deleted...]
-              <w:t>Р</w:t>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төтенше</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AC4693">
-[...426 lines deleted...]
-              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жағдайлардың салдарынан шұғыл көмекті талап ететін отбасылардан шыққан және білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - отбасының материалдық-тұрмыстық жағдайын тексеру негізінде алқалы органның шешімі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...17 lines deleted...]
-              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...58 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) "Мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және өзге де санаттағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке алу қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 25 қаңтардағы № 64 қаулысында белгіленген талаптарға көрсетілетін қызметті алушының сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AC4693">
-[...36 lines deleted...]
-              <w:t>№ 64 "Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой</w:t>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AC4693">
-[...47 lines deleted...]
-              <w:t>, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетудің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...133 lines deleted...]
-              <w:t>Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты Бірыңғай байланыс орталығы арқылы алады: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4006" w:type="dxa"/>
+            <w:tcW w:w="3439" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6747" w:type="dxa"/>
+            <w:tcW w:w="7456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00293A2B" w:rsidRDefault="00293A2B" w:rsidP="00A96EE4">
-[...11 lines deleted...]
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00293A2B">
+          <w:p w:rsidR="00C06AAB" w:rsidRDefault="00C06AAB" w:rsidP="00C06AAB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC4693">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00C06AAB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t xml:space="preserve">"Мемлекеттік білім беру мекемелеріндегі білім алушылар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC4693">
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve">мен тәрбиенушілердің жекелеген санаттарына қала </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+              <w:t xml:space="preserve">сыртындағы және мектеп жанындағы лагерьлерде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC4693">
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Прием документов и выдача </w:t>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve">демалуы үшін құжаттар қабылдау және жолдама беру" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>направлений на предоставление</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>мемлекеттік қызметті кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AC4693">
+            <w:r w:rsidRPr="00C06AAB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> отдыха в загородных и</w:t>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3439" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00445E5B" w:rsidRDefault="00060073" w:rsidP="00C06AAB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> пришкольных лагерях</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AC4693">
+            </w:pPr>
+            <w:r w:rsidRPr="00C06AAB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C06AAB" w:rsidRPr="00C06AAB" w:rsidRDefault="00C06AAB" w:rsidP="00C06AAB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...62 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="z1120"/>
-      <w:r w:rsidRPr="00AA1129">
+      <w:bookmarkStart w:id="19" w:name="z311"/>
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00293A2B" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A96EE4">
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...19 lines deleted...]
-      </w:r>
+        <w:t>Ескерту. 3-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 № 95 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> Руководствуясь пунктом 2 статьи 20 Закона Республики Казахстан "О государственных услугах", отдел №__ филиала Некоммерческого акционерного общества Государственная корпорация "Правительство для граждан" (указать адрес) отказывает в приеме документов на оказание государственной услуги ___________________ ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному требованиями к оказанию государственной услуги, а именно:</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 20-бабының 2-тармағын басшылыққа алып, "Азаматтарға арналған үкімет" Мемлекеттік корпорацияның коммерциялық емес қоғамы филиалының № __ бөлімі ____________________________________ (мекенжайды көрсету) мемлекеттік көрсетілетін қызмет мемлекеттік қызмет көрсетуге қойылатын талаптарында көзделген тізбеге сәйкес Сіз ұсынған құжаттар топтамасының толық болмауына байланысты ___________________________________ (мемлекеттік көрсетілетін қызметтің атауы) мемлекеттік қызмет көрсетуге құжаттарды қабылдаудан бас тартады, атап айтқанда:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Наименование отсутствующих документов:</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Жоқ құжаттардың атауы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> 1) _________________________________________________________________;</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) ____________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> 2) _________________________________________________________________;</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) ____________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> 3) ….</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) ____________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осы қолхат әр тарапқа біреуден 2 данада жасалды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> ___________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Тегі, аты, әкесінің аты (бар болғанда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...58 lines deleted...]
-        <w:t>работника Государственной корпорации</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (Мемлекеттік корпорацияның қызметкері) _________________ (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Исполнитель: ________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Орындаушының тегі, аты, әкесінің аты (бар болғанда) ___________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...74 lines deleted...]
-        <w:t xml:space="preserve"> фамилия, имя, отчество (при его наличии)</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Қабылдаушының тегі, аты, әкесінің аты (бар болғанда) __________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Телефон: ___________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті алушының қолы) "___"____________ 20__ жыл</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...145 lines deleted...]
-    <w:sectPr w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidSect="00A96EE4">
+    <w:sectPr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidSect="00060073">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="008E4670"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00F70190"/>
+    <w:rsidRoot w:val="00445E5B"/>
+    <w:rsid w:val="00060073"/>
+    <w:rsid w:val="000650A6"/>
+    <w:rsid w:val="000D12CD"/>
+    <w:rsid w:val="001141EC"/>
+    <w:rsid w:val="00136EFA"/>
+    <w:rsid w:val="00230C45"/>
+    <w:rsid w:val="002B2A42"/>
+    <w:rsid w:val="00445E5B"/>
+    <w:rsid w:val="00481FE8"/>
+    <w:rsid w:val="004D6C96"/>
+    <w:rsid w:val="005B7644"/>
+    <w:rsid w:val="005E4511"/>
+    <w:rsid w:val="007971E9"/>
+    <w:rsid w:val="00AB4A5F"/>
+    <w:rsid w:val="00C06AAB"/>
+    <w:rsid w:val="00C35ED2"/>
+    <w:rsid w:val="00CE7F19"/>
+    <w:rsid w:val="00E80871"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="7170"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -8296,137 +5550,137 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008E4670"/>
+    <w:rsid w:val="00445E5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="008E4670"/>
+    <w:rsid w:val="00445E5B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="008E4670"/>
+    <w:rsid w:val="00445E5B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="008E4670"/>
+    <w:rsid w:val="00445E5B"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A96EE4"/>
+    <w:rsid w:val="00060073"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A96EE4"/>
+    <w:rsid w:val="00060073"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -8688,65 +5942,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3648</Words>
-  <Characters>20794</Characters>
+  <Words>3766</Words>
+  <Characters>21469</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>173</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>178</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24394</CharactersWithSpaces>
+  <CharactersWithSpaces>25185</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>