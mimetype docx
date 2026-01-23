--- v0 (2025-12-03)
+++ v1 (2026-01-23)
@@ -1,1222 +1,1315 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001122DC" w:rsidRDefault="001122DC" w:rsidP="009E7FAA">
+    <w:p w:rsidR="00856EDD" w:rsidRDefault="00856EDD" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B7953" w:rsidRDefault="001B7953" w:rsidP="009E7FAA">
+    <w:p w:rsidR="00856EDD" w:rsidRDefault="00CA7896" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="002F1481" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалпы білім беретін мектептерде жекелеген </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00856EDD" w:rsidRDefault="00CA7896" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Справка</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+        <w:t xml:space="preserve">санаттарына тегін және жеңілдетілген </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7FAA" w:rsidRPr="00E90454" w:rsidRDefault="00CA7896" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">о предоставлении бесплатного и льготного </w:t>
-[...22 lines deleted...]
-    <w:p w:rsidR="009E7FAA" w:rsidRPr="00E90454" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+        <w:t>тамақ</w:t>
+      </w:r>
+      <w:r w:rsidR="002634CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тандыруды ұсынау туралы анықтама </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1481" w:rsidRDefault="002F1481" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="002F1481" w:rsidRPr="002F1481" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F1481" w:rsidRPr="002F1481" w:rsidRDefault="00CA7896" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Справка </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Осы анықтама</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1481" w:rsidRPr="00CA7896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75AE0" w:rsidRPr="00CA7896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6F56" w:rsidRPr="00CA7896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75AE0" w:rsidRPr="00CA7896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1481" w:rsidRPr="00CA7896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="009E7FAA" w:rsidRPr="00CA7896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1481" w:rsidRPr="00CA7896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="009E7FAA" w:rsidRPr="00CA7896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...71 lines deleted...]
-        <w:t>_________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002F1481" w:rsidRPr="000E5CA1" w:rsidRDefault="002F1481" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E5CA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00E75AE0" w:rsidRPr="000E5CA1">
-[...4 lines deleted...]
-        <w:t>ФИО ребенка</w:t>
+      <w:r w:rsidR="00CA7896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т.А.Ә. баланың</w:t>
       </w:r>
       <w:r w:rsidRPr="000E5CA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002F1481" w:rsidRDefault="002F1481" w:rsidP="007C6F56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E5CA1" w:rsidRPr="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+    <w:p w:rsidR="000E5CA1" w:rsidRPr="00CA7896" w:rsidRDefault="00CA7896" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>в</w:t>
-[...26 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="002634CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> - 20</w:t>
       </w:r>
-      <w:r w:rsidR="004B26B9">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> учебном году.</w:t>
+      <w:r w:rsidR="002634CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылында тегін және жеңілдетілген тамақтандырумен қамтамасыз етілетін білімалушылар мен тәрбиеленушілердің тізіміне енгізі үшін берілді.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E75AE0" w:rsidRDefault="00E75AE0" w:rsidP="00E75AE0">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000E5CA1" w:rsidRDefault="000E5CA1" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«___»_________20___года </w:t>
+        <w:t>«___»_________20___</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+    <w:p w:rsidR="00124D10" w:rsidRDefault="00124D10" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E7FAA" w:rsidRDefault="00B30292" w:rsidP="009E7FAA">
+    <w:p w:rsidR="00124D10" w:rsidRDefault="00441672" w:rsidP="00124D10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00441672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E90454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Саран қаласының білім бөлімі» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7FAA" w:rsidRDefault="00441672" w:rsidP="00124D10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ММ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E90454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:r w:rsidR="00124D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00353961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00124D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00852F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="009E7FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="00856EDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E7FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жашибеков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="00124D10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...119 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:p w:rsidR="009E7FAA" w:rsidRDefault="00353961" w:rsidP="00353961">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орынд.Алигулова С.С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00353961" w:rsidRPr="00353961" w:rsidRDefault="00353961" w:rsidP="00353961">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т.50601</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+    <w:p w:rsidR="00856EDD" w:rsidRDefault="00856EDD" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B30292" w:rsidRDefault="00B30292" w:rsidP="009E7FAA">
+    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00652F0F" w:rsidRDefault="00652F0F" w:rsidP="009E7FAA">
+    <w:p w:rsidR="00F14300" w:rsidRDefault="00F14300" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC279B" w:rsidRDefault="00CC279B" w:rsidP="009E7FAA">
+    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+    <w:p w:rsidR="00856EDD" w:rsidRDefault="00124D10" w:rsidP="00124D10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Справка</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+        <w:t>Жалпы білім беретін мектептерде жекелеген</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00856EDD" w:rsidRDefault="00124D10" w:rsidP="00124D10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">о предоставлении бесплатного и льготного питания </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+        <w:t xml:space="preserve"> санаттарына тегін және жеңілдетілген </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124D10" w:rsidRDefault="00124D10" w:rsidP="00124D10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>в общеобразовательной школе</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001D64DB">
+        <w:t>тамақтандыруды ұсынау туралы анықтама</w:t>
+      </w:r>
+      <w:r w:rsidR="002634CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0AB9">
-[...10 lines deleted...]
-    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+    </w:p>
+    <w:p w:rsidR="00124D10" w:rsidRPr="00E90454" w:rsidRDefault="00124D10" w:rsidP="00124D10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="009E7FAA" w:rsidRPr="002F1481" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124D10" w:rsidRDefault="00124D10" w:rsidP="00124D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124D10" w:rsidRPr="002F1481" w:rsidRDefault="00124D10" w:rsidP="00124D10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Справка </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Осы анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-    <w:p w:rsidR="009E7FAA" w:rsidRPr="000E5CA1" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+    </w:p>
+    <w:p w:rsidR="00124D10" w:rsidRPr="000E5CA1" w:rsidRDefault="00124D10" w:rsidP="00124D10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E5CA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(ФИО ребенка.)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т.А.Ә. баланың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E5CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124D10" w:rsidRDefault="00124D10" w:rsidP="00124D10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E7FAA" w:rsidRPr="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+    <w:p w:rsidR="00124D10" w:rsidRDefault="00124D10" w:rsidP="00124D10">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>в</w:t>
-[...26 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="002634CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> - 20</w:t>
       </w:r>
-      <w:r w:rsidR="004B26B9">
-[...18 lines deleted...]
-    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+      <w:r w:rsidR="002634CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылында тегін және жеңілдетілген тамақтандырумен қамтамасыз етілетін білімалушылар мен тәрбиеленушілердің тізіміне енгізі үшін берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124D10" w:rsidRDefault="00124D10" w:rsidP="00124D10">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+    <w:p w:rsidR="00124D10" w:rsidRDefault="00124D10" w:rsidP="00124D10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«___»_________20___года </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+        <w:t>«___»_________20___жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124D10" w:rsidRDefault="00124D10" w:rsidP="00124D10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E7FAA" w:rsidRDefault="009E7FAA" w:rsidP="009E7FAA">
+    <w:p w:rsidR="00124D10" w:rsidRDefault="00124D10" w:rsidP="00124D10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001D64DB" w:rsidRDefault="00B30292" w:rsidP="001D64DB">
-[...78 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00124D10" w:rsidRDefault="00124D10" w:rsidP="00124D10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00441672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E90454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Саран қаласының білім бөлімі» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124D10" w:rsidRDefault="00124D10" w:rsidP="00124D10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ММ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E90454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00353961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00852F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="00856EDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жашибеков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00353961" w:rsidRDefault="00353961" w:rsidP="00124D10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00353961" w:rsidRDefault="00353961" w:rsidP="00124D10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:sectPr w:rsidR="001122DC" w:rsidSect="00CC279B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орынд.Алигулова С.С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7FAA" w:rsidRPr="009E7FAA" w:rsidRDefault="00353961" w:rsidP="00353961">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т.50601</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009E7FAA" w:rsidRPr="009E7FAA" w:rsidSect="00353961">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="850" w:bottom="426" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="850" w:bottom="568" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F1481"/>
     <w:rsid w:val="000245B9"/>
-    <w:rsid w:val="000566B6"/>
     <w:rsid w:val="00063D8A"/>
     <w:rsid w:val="000E5CA1"/>
-    <w:rsid w:val="001122DC"/>
-[...5 lines deleted...]
-    <w:rsid w:val="002950C8"/>
+    <w:rsid w:val="000F64E6"/>
+    <w:rsid w:val="00124D10"/>
+    <w:rsid w:val="00160698"/>
+    <w:rsid w:val="002634CD"/>
+    <w:rsid w:val="002E1E35"/>
     <w:rsid w:val="002F1481"/>
-    <w:rsid w:val="0033107E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003635DC"/>
+    <w:rsid w:val="00353961"/>
+    <w:rsid w:val="00441672"/>
     <w:rsid w:val="004454C4"/>
-    <w:rsid w:val="004B26B9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00652F0F"/>
     <w:rsid w:val="006E0C2E"/>
     <w:rsid w:val="007C6F56"/>
-    <w:rsid w:val="00803C17"/>
+    <w:rsid w:val="00852F1E"/>
+    <w:rsid w:val="00856EDD"/>
     <w:rsid w:val="008D1857"/>
-    <w:rsid w:val="009725C0"/>
     <w:rsid w:val="009E7FAA"/>
-    <w:rsid w:val="00B30292"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BD2F2D"/>
+    <w:rsid w:val="00BA62C2"/>
     <w:rsid w:val="00BD7EA7"/>
     <w:rsid w:val="00BE3719"/>
-    <w:rsid w:val="00C649F5"/>
-    <w:rsid w:val="00CC279B"/>
+    <w:rsid w:val="00CA7896"/>
+    <w:rsid w:val="00CD7918"/>
     <w:rsid w:val="00D55E57"/>
-    <w:rsid w:val="00D80EC1"/>
-    <w:rsid w:val="00DE2B7E"/>
     <w:rsid w:val="00E75AE0"/>
     <w:rsid w:val="00E90454"/>
+    <w:rsid w:val="00F14300"/>
+    <w:rsid w:val="00F52F95"/>
     <w:rsid w:val="00FA62F8"/>
-    <w:rsid w:val="00FC0AB9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11266"/>
+    <o:shapedefaults v:ext="edit" spidmax="9218"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1439,51 +1532,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008D1857"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1725,87 +1818,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>134</Words>
-  <Characters>766</Characters>
+  <Words>170</Words>
+  <Characters>974</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>899</CharactersWithSpaces>
+  <CharactersWithSpaces>1142</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>QueueRequester1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>