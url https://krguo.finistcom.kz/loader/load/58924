--- v0 (2025-10-21)
+++ v1 (2026-02-01)
@@ -1,1663 +1,3447 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+    <w:p w:rsidR="00D64FB0" w:rsidRDefault="00D64FB0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A3618">
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00D64FB0" w:rsidRPr="00956299" w:rsidRDefault="00D64FB0" w:rsidP="00956299">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">КГКП «Ясли-сад </w:t>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осакаров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000F1ED8">
+      <w:r w:rsidRPr="00956299">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауданының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D64FB0" w:rsidRPr="00956299" w:rsidRDefault="00D64FB0" w:rsidP="00956299">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Балапан</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A3618">
+      <w:r w:rsidRPr="00956299">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>»</w:t>
+        <w:t>бөбекжайы</w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00956299">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> » </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> отдела образования </w:t>
+        <w:t>КМҚК</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00D64FB0" w:rsidRPr="00956299" w:rsidRDefault="00D64FB0" w:rsidP="00956299">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000F1ED8">
+      <w:r w:rsidRPr="00956299">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Осакаровского</w:t>
+        <w:t>консультативтік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00956299">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> района</w:t>
+        <w:t>пунктінің</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+    <w:p w:rsidR="00D64FB0" w:rsidRPr="00956299" w:rsidRDefault="00D64FB0" w:rsidP="00956299">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a6"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A3618">
+      <w:r w:rsidRPr="00956299">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...9 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>на 202</w:t>
+        <w:t xml:space="preserve">2023-2024 </w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00956299">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>оқу</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3618">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00956299">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>-202</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00956299">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>жылына</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3618">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00956299">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> учебный год.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00956299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+    <w:p w:rsidR="00D64FB0" w:rsidRPr="008A3618" w:rsidRDefault="00D64FB0" w:rsidP="00D64FB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2D4359"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A3618">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2D4359"/>
           <w:sz w:val="25"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5551" w:type="pct"/>
         <w:tblInd w:w="-843" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4197"/>
         <w:gridCol w:w="6577"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidTr="008A3618">
+      <w:tr w:rsidR="00D64FB0" w:rsidRPr="008A3618" w:rsidTr="0078660D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRDefault="00D64FB0" w:rsidP="0078660D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="008A3618" w:rsidRDefault="00D64FB0" w:rsidP="0078660D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A3618">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="00D64FB0" w:rsidRDefault="00D64FB0" w:rsidP="00D64FB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008A3618">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>информация</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ақпарат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A3618" w:rsidRPr="000F1ED8" w:rsidTr="008A3618">
+      <w:tr w:rsidR="00D64FB0" w:rsidRPr="00956299" w:rsidTr="0078660D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="00D64FB0" w:rsidRDefault="00D64FB0" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008A3618">
-[...42 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұйымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="000F1ED8" w:rsidRDefault="000F1ED8" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="00D64FB0" w:rsidRDefault="00956299" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Балапан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бөбекжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D64FB0" w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> " </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D64FB0" w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>коммуналдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D64FB0" w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D64FB0" w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D64FB0" w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D64FB0" w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қазыналық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D64FB0" w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D64FB0" w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсіпорны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A3618" w:rsidRPr="000F1ED8" w:rsidTr="000F1ED8">
+      <w:tr w:rsidR="00D64FB0" w:rsidRPr="00956299" w:rsidTr="0078660D">
         <w:trPr>
           <w:trHeight w:val="997"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="00D64FB0" w:rsidRDefault="00D64FB0" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008A3618">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кен-жайы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="000F1ED8" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="00D64FB0" w:rsidRDefault="00D64FB0" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қарағанды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>облысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Осакаров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ауданы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Молодежный </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кенті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Пушкин </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, № 31</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A3618" w:rsidRPr="000F1ED8" w:rsidTr="008A3618">
+      <w:tr w:rsidR="00D64FB0" w:rsidRPr="000F1ED8" w:rsidTr="0078660D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="008A3618" w:rsidRDefault="00C3765D" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A3618">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Руководитель</w:t>
-            </w:r>
+              <w:t>Басшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="000F1ED8">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="008A3618" w:rsidRDefault="00956299" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A3618">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="000F1ED8">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Акибасова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Акибасова</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="000F1ED8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="000F1ED8">
+              <w:t>Меруерт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Меруерт</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="000F1ED8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="000F1ED8">
+              <w:t>Ту</w:t>
+            </w:r>
+            <w:r w:rsidR="00D64FB0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Туграмбековна</w:t>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidR="00D64FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>амбековна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A3618" w:rsidRPr="000F1ED8" w:rsidTr="008A3618">
+      <w:tr w:rsidR="00D64FB0" w:rsidRPr="00956299" w:rsidTr="0078660D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="00C3765D" w:rsidRDefault="00C3765D" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A3618">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>режимі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="00C3765D" w:rsidRDefault="00C3765D" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A3618">
-[...128 lines deleted...]
-              <w:t xml:space="preserve"> 12 час.)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кеңес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>пункті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балабақшада</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>айына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>әр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>айдың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бейсенбісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сейсенбі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сәрсенбі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сағ</w:t>
+            </w:r>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 11:00-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:00 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidTr="008A3618">
+      <w:tr w:rsidR="00D64FB0" w:rsidRPr="00956299" w:rsidTr="0078660D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="00C3765D" w:rsidRDefault="00C3765D" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008A3618">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мамандар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="000F1ED8" w:rsidP="008A3618">
+          <w:p w:rsidR="00C3765D" w:rsidRPr="00C3765D" w:rsidRDefault="00C3765D" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:i/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="000F1ED8" w:rsidP="008A3618">
+          <w:p w:rsidR="00C3765D" w:rsidRPr="00C3765D" w:rsidRDefault="00C3765D" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:i/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Медбике</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="000F1ED8" w:rsidP="008A3618">
+          <w:p w:rsidR="00C3765D" w:rsidRPr="00C3765D" w:rsidRDefault="00C3765D" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:i/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Педагог-психолог</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00C3765D" w:rsidRPr="00C3765D" w:rsidRDefault="00C3765D" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:i/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A3618">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Дефектолог</w:t>
             </w:r>
-            <w:r w:rsidR="000F1ED8">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="00C3765D" w:rsidRDefault="00C3765D" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A3618">
-[...37 lines deleted...]
-              <w:t>и др.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тәрбиеші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> т. б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A3618" w:rsidRPr="000F1ED8" w:rsidTr="008A3618">
+      <w:tr w:rsidR="00D64FB0" w:rsidRPr="00956299" w:rsidTr="0078660D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="00C3765D" w:rsidRDefault="00C3765D" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008A3618">
-[...23 lines deleted...]
-              <w:t>консультации</w:t>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Концультация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тәртібі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRDefault="00C3765D" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A3618">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> учебный год.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Консультативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пункт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2023-2024 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жоспарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>істейді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алдын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жасалған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кесте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ат</w:t>
+            </w:r>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а-аналарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>аналарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00956299">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қандай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сұрақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қызықтыратынын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>хабарлайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>консультативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пунктке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бару</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қолайлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>уақыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>таңдалады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мәлімделген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тақырыпқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сүйене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кеңес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>беруге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қажетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ақпаратты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>меңгерген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>маманды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тартады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата-аналарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кеңес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>беруді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мәселенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мәніне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>байланысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бірнеше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мамандар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>уақытта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жүргізеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. 20 -30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00956299" w:rsidRPr="00C3765D" w:rsidRDefault="00956299" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A3618">
-[...35 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidTr="008A3618">
+      <w:tr w:rsidR="00D64FB0" w:rsidRPr="008A3618" w:rsidTr="0078660D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="008A3618" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="00C3765D" w:rsidRDefault="00C3765D" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008A3618">
-[...69 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кунцультацияның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>шамамен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C3765D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>уақыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008A3618" w:rsidRPr="000F1ED8" w:rsidRDefault="008A3618" w:rsidP="008A3618">
+          <w:p w:rsidR="00D64FB0" w:rsidRPr="000F1ED8" w:rsidRDefault="00D64FB0" w:rsidP="00956299">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A3618">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">20 -30 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008A3618">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>минут</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008A3618">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="000F1ED8">
-[...9 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F325D" w:rsidRPr="008A3618" w:rsidRDefault="005F325D">
+    <w:p w:rsidR="00D64FB0" w:rsidRDefault="00D64FB0" w:rsidP="00D64FB0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005F325D" w:rsidRPr="008A3618" w:rsidSect="008A3618">
+    <w:p w:rsidR="00D64FB0" w:rsidRDefault="00D64FB0" w:rsidP="00D64FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D64FB0" w:rsidRDefault="00D64FB0" w:rsidP="00D64FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D64FB0" w:rsidRDefault="00D64FB0" w:rsidP="00D64FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D64FB0" w:rsidRDefault="00D64FB0" w:rsidP="00D64FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D64FB0" w:rsidRPr="008A3618" w:rsidRDefault="00D64FB0" w:rsidP="00D64FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D64FB0" w:rsidRPr="008A3618" w:rsidRDefault="00D64FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D64FB0" w:rsidRPr="008A3618" w:rsidSect="008A3618">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00F04904" w:rsidRDefault="00F04904" w:rsidP="00956299">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00F04904" w:rsidRDefault="00F04904" w:rsidP="00956299">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00F04904" w:rsidRDefault="00F04904" w:rsidP="00956299">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00F04904" w:rsidRDefault="00F04904" w:rsidP="00956299">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A3618"/>
     <w:rsid w:val="000F1ED8"/>
     <w:rsid w:val="005F325D"/>
     <w:rsid w:val="008A3618"/>
+    <w:rsid w:val="00956299"/>
+    <w:rsid w:val="00C3765D"/>
+    <w:rsid w:val="00D64FB0"/>
+    <w:rsid w:val="00F04904"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="594D6464"/>
   <w15:docId w15:val="{FF39DC8E-E0D3-435E-810E-958114B860BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2070,78 +3854,131 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="008A3618"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008A3618"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00956299"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00956299"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00956299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00956299"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00956299"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1121725070">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2385,57 +4222,72 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>189</Words>
-  <Characters>1082</Characters>
+  <Words>170</Words>
+  <Characters>972</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1269</CharactersWithSpaces>
+  <CharactersWithSpaces>1140</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ПК</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>