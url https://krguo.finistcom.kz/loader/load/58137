--- v0 (2025-10-20)
+++ v1 (2025-10-20)
@@ -6,5059 +6,7970 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6657"/>
-        <w:gridCol w:w="4146"/>
+        <w:gridCol w:w="6674"/>
+        <w:gridCol w:w="4129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidTr="002B2A42">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00160D11" w:rsidTr="00160D11">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6657" w:type="dxa"/>
+            <w:tcW w:w="6674" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060073">
+            <w:r w:rsidRPr="00A96EE4">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4146" w:type="dxa"/>
+            <w:tcW w:w="4129" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidRDefault="00060073" w:rsidP="008717C7">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00283690" w:rsidRDefault="00A96EE4" w:rsidP="00283690">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008717C7">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...20 lines deleted...]
-              <w:t>10-қосымша</w:t>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 24 апреля 2020 года № 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z265"/>
-      <w:r w:rsidRPr="00060073">
+      <w:bookmarkStart w:id="0" w:name="z680"/>
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> "Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік қызметті көрсету қағидалары</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z266"/>
+      <w:bookmarkStart w:id="1" w:name="z681"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00060073">
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Жалпы ережелер</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z267"/>
+      <w:bookmarkStart w:id="2" w:name="z682"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00060073">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящие Правила оказания государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – Правила) разработаны в соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан "О государственных услугах" (далее - Закон) и определяют порядок предоставления бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
+      <w:r w:rsidRPr="00A96EE4">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 1 - в редакции приказа Министра просвещения РК от 12.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 95</w:t>
       </w:r>
-      <w:r w:rsidRPr="008717C7">
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="008717C7">
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2. Алып тасталды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Исключен приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="z269"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00060073">
+      <w:bookmarkStart w:id="3" w:name="z688"/>
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету тәртібі</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z270"/>
+      <w:bookmarkStart w:id="4" w:name="z689"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       3. "Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) облыстардың, Астана, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарына, республикалық маңызы бар қалалардың және астананың білім басқармаларына, аудандардағы, облыстық маңызы бар қалалардағы білім бөлімдеріне, білім беру ұйымдарына (бұдан әрі – көрсетілетін қызметті беруші) немесе "электрондық үкіметтің" веб-порталы (бұдан әрі – портал) арқылы осы Қағидаларға 2-қосымшаға сәйкес "Жалпы білім </w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>беретін</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для получения государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – государственная услуга) физические лица (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) подают в местные исполнительные органы областей, городов Астана, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Шымкент, районов и городов областного значения, управления образования областей, городов республиканского значения и столицы, отделы образования районов, городов областного значения, организации образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) или через</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдікпен тамақтандыруды ұсыну" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде (бұдан әрі – мемлекеттік қызмет көрсетуге қойылатын талаптар) көзделген құжаттарды қоса бере отырып, осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтініш береді.</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" (далее – портал) заявление по форме, согласно приложению 1 к настоящим Правилам с приложением документов, предусмотренных перечнем основных требований к оказанию государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – Требования к оказанию государственной услуги), согласно приложению 2 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008717C7">
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 3 - в редакции приказа Министра просвещения РК от 12.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 95</w:t>
       </w:r>
-      <w:r w:rsidRPr="008717C7">
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="z271"/>
-[...6 lines deleted...]
-        <w:t>      4. Портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызметке сұрау салудың қабылданғаны туралы мәртебе, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетілген хабарлама жіберіледі.</w:t>
+      <w:bookmarkStart w:id="5" w:name="z690"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z272"/>
+      <w:bookmarkStart w:id="6" w:name="z691"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>      5. Көрсетілетін қызметті беруші құжаттарды алған сәттен бастап 1 (бір) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня с момента получения документов, проверяет полноту представленных документов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дает мотивированный отказ в дальнейшем рассмотрении заявления.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
+      <w:r w:rsidRPr="00A96EE4">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 5 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="008717C7">
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z692"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сведения о документах, удостоверяющих личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, рождение ребенка, заключение или расторжении брака (при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС"), о регистрации в качестве безработного, о принадлежности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, о доходах лиц, не получающих государственную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, справку об опеке и попечительстве (для опекунов) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008717C7">
-[...23 lines deleted...]
-        <w:t>туралы мәліметтерді, қорғаншылық және қамқоршылық туралы анықтаманы көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электронды үкімет" шлюзі арқылы алады.</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственной услуги, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 6-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 6 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="z274"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       7. Құжаттарды тексеру қорытындысы бойынша көрсетілетін қызметті беруші 3 (үш) жұмыс күні ішінде осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдікпен тамақтандыруды ұсыну туралы анықтама (бұдан әрі - анықтама) дайындайды.</w:t>
+      <w:bookmarkStart w:id="8" w:name="z1110"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. По итогам проверки документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 3 (трех) рабочих дней готовит справку о предоставлении бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах (далее - справка) по форме, согласно приложению 3 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       Осы Қағидалардың Мемлекеттік қызмет көрсетуге қойылатын талаптарының 9-тармағында көрсетілген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту үшін негіз анықталған кезде, көрсетілетін қызметті беруші Қазақстан Республикасы Әкімшілік рәсімдік–процестік кодексінің (бұдан әрі - ҚР ӘПК) 73-бабына сәйкес мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірмей көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешімдер туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымнын білдіруге мүмкіндік беру үшін тыңдауды өткізу уақыты мен орны туралы хабарламаны жолдайды.</w:t>
+      <w:bookmarkStart w:id="9" w:name="z999"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При выявлении оснований для отказа в оказании государственной услуги по основаниям, указанным в пункте 9 Требований к оказанию государственной услуги настоящих Правил </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>позднее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги согласно статьи 73 Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) направляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомление о предварительном решений об отказе в оказании государственной услуги, а также о времени и месте проведения заслушивания для возможности выразить </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="10" w:name="z1000"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Процедура заслушивания проводится в соответствии со статьей 74 АППК РК.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="11" w:name="z1001"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По результатам заслушивания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня направляет справку либо мотивированный отказ в оказании государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 7-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 03.10.2022 </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 7 - в редакции приказа Министра просвещения РК от 03.10.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 414</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="z377"/>
-[...6 lines deleted...]
-        <w:t>      7-1. Мемлекеттік қызмет көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасымен көрсетілетін қызметті берушінің және мемлекеттік органдардың ақпараттық жүйелері арқылы көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін www.egov.kz "электрондық үкімет" веб-порталында тіркей отырып, проактивті жолмен көрсетуге болады және оған:</w:t>
+      <w:bookmarkStart w:id="12" w:name="z1111"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-1. Государственная услуга может оказываться </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проактивным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способом, в том числе без заявления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по инициативе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посредством информационных систем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и государственных органов при регистрации телефонного номера абонентского устройства сотовой связи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портале</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и включать в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> қызметті алушыға кезекке қою жөніндегі мемлекеттік қызметті көрсетуге сұраным жасалған автоматты хабарлама жіберу;</w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) отправку автоматических уведомлений </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с запросом на оказание государственной услуги;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> қызметті көрсету үшін көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының көмегімен көрсетілетін қызметті алушының келісімін алу, сондай-ақ көрсетілетін қызметті алушыдан басқа қажетті, оның ішінде шектеулі қолжетімді мәліметтерді алу енеді.</w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) получение согласия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на оказание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проактивной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги, а также иных необходимых сведений от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008717C7">
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 7-1 в соответствии с приказом Министра просвещения РК от 12.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 95</w:t>
       </w:r>
-      <w:r w:rsidRPr="008717C7">
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="008717C7">
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      8. Алып тасталды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Исключен приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="z276"/>
-[...6 lines deleted...]
-        <w:t>      9. Құжаттарды қараудың жалпы мерзімі және анықтаманы алу не мемлекеттік қызмет көрсетуден бас тарту 5 (бес) жұмыс күнін құрайды.</w:t>
+      <w:bookmarkStart w:id="13" w:name="z696"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Общий срок рассмотрения документов и получение справки либо отказ в оказании государственной услуги составляет 5 (пять) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z362"/>
-[...8 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z930"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00060073">
-[...14 lines deleted...]
-        <w:t>туралы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) пункта 2 статьи 5 Закона.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="15" w:name="z1002"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При сбое информационной системы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> незамедлительно с момента обнаружения уведомляет сотрудника структурного подразделения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, ответственного за информационно-коммуникационную инфраструктуру.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="16" w:name="z1003"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В этом случае ответственный сотрудник за информационно-коммуникационную инфраструктуру в течение срока, указанного в части второй настоящего пункта Правил, составляет протокол о технической проблеме и подписывает его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="17" w:name="z1004"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уполномоченный орган в области защиты прав детей Республики Казахстан извещает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в том числе Единый контакт-центр, о внесенных изменениях и дополнениях в Требования к оказанию государственной услуги.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 2-тарау 9-1-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила дополнены пунктом 9-1 в соответствии с приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 03.10.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 414</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008717C7">
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="z277"/>
-      <w:r w:rsidRPr="00060073">
+      <w:bookmarkStart w:id="18" w:name="z697"/>
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00060073">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00060073">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету процесінде көсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z278"/>
-[...7 lines deleted...]
-        <w:t>      10. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға (бұдан әрі – шағымды қарайтын орган) Қазақстан Республикасының заңнамасына сәйкес беріледі.</w:t>
+      <w:bookmarkStart w:id="19" w:name="z698"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Жалоба на решение, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг (далее – орган, рассматривающий жалобу), в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, органом, рассматривающим жалобу.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба подается </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее в орган, рассматривающий жалобу.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При этом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, должностное лицо, решение, действие (бездействие) обжалуются, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес органа, рассматривающего жалобу, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008717C7">
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 10 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008717C7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283690">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="z279"/>
-[...6 lines deleted...]
-        <w:t>      11. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
+      <w:bookmarkStart w:id="20" w:name="z701"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. В случаях несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5402"/>
-        <w:gridCol w:w="5386"/>
+        <w:gridCol w:w="5827"/>
+        <w:gridCol w:w="4961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidTr="008717C7">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00160D11" w:rsidTr="00283690">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcW w:w="5827" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="14"/>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:bookmarkEnd w:id="20"/>
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060073">
+            <w:r w:rsidRPr="00A96EE4">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008717C7" w:rsidRPr="008717C7" w:rsidRDefault="008717C7" w:rsidP="008717C7">
+          <w:p w:rsidR="00283690" w:rsidRPr="00283690" w:rsidRDefault="00283690" w:rsidP="00283690">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidRDefault="00060073" w:rsidP="008717C7">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00283690" w:rsidRDefault="00A96EE4" w:rsidP="00EB4A08">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008717C7">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008717C7">
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008717C7">
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB4A08">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008717C7">
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Предоставление бесплатного и</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB4A08">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>льготного питания отдельным</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB4A08">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категориям обучающихся и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...43 lines deleted...]
-              <w:t>1-қосымша</w:t>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>воспитанников в</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB4A08">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательных школах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidTr="008717C7">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidTr="00283690">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcW w:w="5827" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060073">
+            <w:r w:rsidRPr="00A96EE4">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidRDefault="00060073" w:rsidP="008717C7">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00283690" w:rsidRDefault="00A96EE4" w:rsidP="00283690">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008717C7">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidTr="008717C7">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00160D11" w:rsidTr="00283690">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcW w:w="5827" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060073">
+            <w:r w:rsidRPr="00A96EE4">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidRDefault="00060073" w:rsidP="008717C7">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00283690" w:rsidRDefault="00A96EE4" w:rsidP="00EB4A08">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008717C7">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководителю _____________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>от гражданина (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) _________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB4A08">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии) и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>индивидуальный</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB4A08">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>идентификационный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>номер заявителя,</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB4A08">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проживающег</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-ей) по адресу:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(наименование населенного</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB4A08">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>пункта, адрес места</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008717C7">
-[...21 lines deleted...]
-              <w:t>сәйкестендіру нөмірі)</w:t>
+            <w:r w:rsidRPr="00283690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проживания, телефон)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="008717C7">
-[...20 lines deleted...]
-    <w:p w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...17 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="21" w:name="z1113"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00EB4A08" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4A08">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Приложение 1 - в редакции приказа Министра просвещения РК от 12.04.2023 № 95 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу Вас включить моего несовершеннолетнего ребенка (фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4A08">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(при его наличии) и индивидуальный идентификационный номер, дата рождения),</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4A08">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающегося в (указать № школы, № и литер класса) в список обучающихся и</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4A08">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитанников, обеспечивающихся бесплатным и льготным питанием на (указать учебный</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4A08">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>год).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>      "___" _____________20__ жыл                   азаматтың (азаматшаның) қолы</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Согласе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а) на использования сведений, составляющих охраняемую Законом</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4A08">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан "О персональных данных и их защите" тайну, содержащихся в</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4A08">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "___" __________20__года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4A08">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подпись гражданина</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6252"/>
-        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="6394"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00160D11" w:rsidTr="00860084">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6252" w:type="dxa"/>
+            <w:tcW w:w="6394" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060073">
+            <w:r w:rsidRPr="00A96EE4">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E0303C" w:rsidRDefault="00E0303C" w:rsidP="00060073">
+          <w:p w:rsidR="00EB4A08" w:rsidRDefault="00EB4A08" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00E0303C">
+          <w:p w:rsidR="00EB4A08" w:rsidRDefault="00EB4A08" w:rsidP="00A96EE4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E4670" w:rsidRDefault="00A96EE4" w:rsidP="00860084">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidR="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Предоставление бесплатного и</w:t>
+            </w:r>
+            <w:r w:rsidR="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>льготного питания отдельным</w:t>
+            </w:r>
+            <w:r w:rsidR="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категориям обучающихся и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-              <w:t>2-қосымша</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>воспитанников в</w:t>
+            </w:r>
+            <w:r w:rsidR="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательных школах"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E0303C" w:rsidRPr="00E0303C" w:rsidRDefault="00E0303C" w:rsidP="00060073">
+          <w:p w:rsidR="00860084" w:rsidRPr="00860084" w:rsidRDefault="00860084" w:rsidP="00860084">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="z283"/>
-      <w:r w:rsidRPr="00E0303C">
+      <w:bookmarkStart w:id="22" w:name="z1114"/>
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>"Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E0303C">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860084">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Приложение 2 - в редакции приказа Министра просвещения РК от 12.04.2023 № 95 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10753" w:type="dxa"/>
+        <w:tblW w:w="10044" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="326"/>
-        <w:gridCol w:w="3543"/>
-        <w:gridCol w:w="137"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="278"/>
         <w:gridCol w:w="6667"/>
         <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>Облыстардың, Астана, Алматы және Шымкент қалаларының, аудандар мен облыстық маңызы бар қалалардың жергілікті атқарушы органдары, республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардағы, облыстық маңызы бар қалалардағы білім бөлімдері, білім беру ұйымдары.</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Местные исполнительные органы областей, городов Астана, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Алматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и Шымкент, районов и городов областного значения, управления образования областей, городов республиканского значения и столицы, отделы образования районов и городов областного значения, организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>Өтініштерді қабылдау және мемлекеттік қызмет көрсетудің нәтижелерін беру:</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>через</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) канцелярию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> үкіметтің" www.egov.kz веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...25 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>1) көрсетілетін қызметті берушіге құжаттарды тапсырған сәттен бастап, сондай-ақ портал арқылы өтініш берген кезде - 5 (бес) жұмыс күні;</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) с момента сдачи документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, а также при обращении на портал – 5 (пять) рабочих дней;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>2) көрсетілетін қызметті берушіге құжаттарды тапсыру үшін күтудің рұқсат берілетін ең ұзақ уақыты - 15 минут;</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи документов у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 15 минут;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> қызметті алушыға қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты - 30 минут.</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) максимально допустимое время обслуживания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронная (частично автоматизированная)\ бумажная/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проактивная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>Жалпы білім беретін мектепте тегін және жеңілдетілген тамақтандыруды ұсыну туралы анықтама не осы мемлекеттік қызмет көрсетуге қойылатын талаптарының 9-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Справка о предоставлении бесплатного и льготного питания в общеобразовательной школе либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 требований к оказанию государственной услуги.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі және сақталады.</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Көрсетілетін қызметті алушыдан алынатын төлем мөлшері </w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында көзделген жағдайларда мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету тәртібі және оны алу тәсілдері</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс графигі</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">График работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>1) көрсетілетін қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда сағат 13.00-ден 14.30-ға дейінгі аралықтағы түскі үзіліспен сағат 9.00-ден 18.30-ға дейін;</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...23 lines deleted...]
-              <w:t>: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (Қазақстан Республикасының еңбек заңнамасына сәйкес көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күнімен жүзеге асырылады).</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства просвещения Республики Казахстан: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>edu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>gov</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> интернет-ресурсында;</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> порталында орналасқан.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>портале</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень документов и сведений, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>истребуемых</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>көрсетілетін қызметті берушіге:</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>1) өтініш;</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (жеке басын сәйкестендіру үшін қажет);</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (требуется для идентификации личности);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>3) "АХАЖ тіркеу пункті" ақпараттық жүйесінде (бұдан әрі – АХАЖ АЖ) мәліметтер болмаған кезде не Қазақстан Республикасынан тыс жерде туған баланың (балалардың) туу туралы куәлігі электрондық нысанда немесе оның қағаз жеткізгіштегі көшірмесі;</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) свидетельство о рождении ребенка (детей) в электронной форме или его копия на бумажном носителе, при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС" (далее – ИС ЗАГС) либо родившегося за пределами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>4) неке қию немесе некені бұзу туралы куәліктің көшірмесі (АХАЖ АЖ-да мәліметтер болмаған жағдайда);</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) копия свидетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>5) мәртебесін растайтын құжаттың көшірмесі:</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5) копия документа, подтверждающего статус:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балалар үшін - көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>отбасыларда тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін - отбасыларда тәрбиеленетін жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар үшін қорғаншылықты (қамқоршылықты), патронаттық тәрбиелеуді бекіту туралы уәкілетті органның шешімі;</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей - сирот и детей, оставшиеся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> жағдайлардың салдарынан шұғыл көмекті талап ететін отбасылардан шыққан және білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - отбасының материалдық-тұрмыстық жағдайын тексеру негізінде алқалы органның шешімі.</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>Құжаттар салыстыру үшiн түпнұсқада ұсынылады, содан кейiн түпнұсқалар көрсетілетін қызметті алушыға қайтарылады.</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документы представляются в подлинниках для сверки, после чего подлинники возвращаются </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>порталда:</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на портал:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, при регистрации и подключения абонентского номера </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, предоставленного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>алушының ұялы байланыс операторы ұсынған абоненттік нөмірі порталдың есеп жазбасына тіркелген және қосылған кезде, бір рет пайдаланатын құпия сөзбен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+              <w:t>оператором сотовой связи, к учетной записи портала;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>2) АХАЖ АЖ-да мәліметтер болмаған жағдайда не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың туу туралы куәлігінің электрондық көшірмесі;</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) электронная копия свидетельства о рождении ребенка, при отсутствии сведений в ИС ЗАГС либо родившегося за пределами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>3) неке қию немесе некені бұзу туралы куәліктің электрондық көшірмесі (АХАЖ АЖ-да мәліметтер болмаған кезде);</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) электронная копия свидетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>4) мәртебесін растайтын құжаттың электрондық көшірмесі:</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) электронная копия документа, подтверждающего статус:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балалар үшін - көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>отбасыларда тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін - отбасыларда тәрбиеленетін жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар үшін қорғаншылықты (қамқоршылықты), патронаттық тәрбиелеуді бекіту туралы уәкілетті органның шешімі;</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей - сирот и детей, оставшихся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> жағдайлардың салдарынан шұғыл көмекті талап ететін отбасылардан шыққан және білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - отбасының материалдық-тұрмыстық жағдайын тексеру негізінде алқалы органның шешімі.</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>1) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным постановлением Правительства Республики Казахстан от 25 января 2008 года № 64 "Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) отсутствие согласия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">талаптар </w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-              <w:t>Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...14 lines deleted...]
-              <w:t>мәртебесі туралы ақпаратты Бірыңғай байланыс орталығы арқылы алады: 1414, 8 800 080 7777.</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информацию о порядке и статусе оказания государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает посредством Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді.</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:t>Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4006" w:type="dxa"/>
+            <w:tcW w:w="3297" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6747" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E0303C" w:rsidRDefault="00E0303C" w:rsidP="00E0303C">
+          <w:p w:rsidR="0071439F" w:rsidRDefault="0071439F" w:rsidP="0071439F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00E0303C">
+          <w:p w:rsidR="0071439F" w:rsidRDefault="0071439F" w:rsidP="0071439F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00E0303C">
+          </w:p>
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="0071439F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidR="0071439F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Предоставление бесплатного и</w:t>
+            </w:r>
+            <w:r w:rsidR="0071439F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>льготного питания отдельным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00E0303C">
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категориям обучающихся и</w:t>
+            </w:r>
+            <w:r w:rsidR="0071439F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>воспитанников в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00860084">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательных школах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4006" w:type="dxa"/>
+            <w:tcW w:w="3297" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6747" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00E0303C">
+          <w:p w:rsidR="008E4670" w:rsidRDefault="00A96EE4" w:rsidP="0071439F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00860084">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0071439F" w:rsidRPr="0071439F" w:rsidRDefault="0071439F" w:rsidP="0071439F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="0071439F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z1116"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>СПРАВКА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о предоставлении бесплатного и льготного питания в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>общеобразовательной школе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="0071439F" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="z285"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Жалпы білім беретін мектептерде тегін және жеңілдетілген тамақтандыруды ұсыну туралы анықтама</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0071439F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Приложение 3 - в редакции приказа Министра просвещения РК от 12.04.2023 № 95 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дана _______________________________ в том, что он/она включе</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E0303C">
-[...6 lines deleted...]
-        <w:t>Ескерту. 3-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 № 95 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-а) в список</w:t>
+      </w:r>
+      <w:r w:rsidR="0071439F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фамилия, имя. отчество (при его наличии))</w:t>
+      </w:r>
+      <w:r w:rsidR="0071439F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся и воспитанников, обеспечивающихся бесплатным питанием в 20__ - 20__ учебном году.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       Осы анықтама ________________________________________________ </w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...23 lines deleted...]
-        <w:t>, аты, әкесінің аты (бар болғанда))</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата, подпись руководителя</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       20__ - 20__ оқу жылында тегін тамақтандырумен қамтамасыз етілетін білім </w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
-[...71 lines deleted...]
-    <w:sectPr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidSect="00060073">
+    <w:sectPr w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidSect="00A96EE4">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00445E5B"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00E0303C"/>
+    <w:rsidRoot w:val="008E4670"/>
+    <w:rsid w:val="00072EB1"/>
+    <w:rsid w:val="000B715A"/>
+    <w:rsid w:val="00160D11"/>
+    <w:rsid w:val="00283690"/>
+    <w:rsid w:val="00481F4C"/>
+    <w:rsid w:val="0071439F"/>
+    <w:rsid w:val="00860084"/>
+    <w:rsid w:val="008E4670"/>
+    <w:rsid w:val="00A2586A"/>
+    <w:rsid w:val="00A96EE4"/>
+    <w:rsid w:val="00AA1129"/>
+    <w:rsid w:val="00C563D9"/>
+    <w:rsid w:val="00DE05B3"/>
+    <w:rsid w:val="00EB4A08"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5292,137 +8203,137 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00445E5B"/>
+    <w:rsid w:val="008E4670"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00445E5B"/>
+    <w:rsid w:val="008E4670"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00445E5B"/>
+    <w:rsid w:val="008E4670"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="00445E5B"/>
+    <w:rsid w:val="008E4670"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00060073"/>
+    <w:rsid w:val="00A96EE4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00060073"/>
+    <w:rsid w:val="00A96EE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -5684,65 +8595,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3410</Words>
-  <Characters>19442</Characters>
+  <Words>3256</Words>
+  <Characters>18560</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>162</Lines>
-  <Paragraphs>45</Paragraphs>
+  <Lines>154</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22807</CharactersWithSpaces>
+  <CharactersWithSpaces>21773</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>