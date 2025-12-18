--- v0 (2025-10-20)
+++ v1 (2025-12-18)
@@ -1,34407 +1,26300 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00963BBD" w:rsidP="00A94FC2">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11136" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6536"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidTr="00C22263">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 28 қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№ 39 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z45"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім туралы құжаттардың түрлері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 1-қосымша жаңа редакцияда - ҚР Білім және ғылым министрінің 07.06.2021 № 277 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z46"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. Білім алушының тиісті білім беру деңгейінің мемлекеттік жалпыға міндетті стандартын меңгергенін растайтын білім туралы мемлекеттік үлгідегі құжаттардың түрлері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) негізгі орта бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім туралы аттестат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) негізгі орта білім туралы үзді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) негізгі орта бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім туралы аттестат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) жалпы орта бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім туралы аттестат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) жалпы орта білім туралы үзді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) "Алтын белгі" жалпы орта бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім туралы аттестат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6695"/>
-        <w:gridCol w:w="4108"/>
+        <w:gridCol w:w="6682"/>
+        <w:gridCol w:w="4121"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A94FC2">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...15 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00A94FC2">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00A94FC2">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 28 қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-              <w:t>от 28 января 2015 года № 39</w:t>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№ 39 бұйрығына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...503 lines deleted...]
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A94FC2">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00581D29" w:rsidRDefault="00A94FC2" w:rsidP="00581D29">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...130 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00581D29" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00581D29">
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>Ескерту. 2-қосымша жаңа редакцияда – ҚР Білім және ғылым министрінің 14.03.2017 № 118 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="2" w:name="z75"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...93 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Негізгі орта білім туралы аттестат</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10815" w:type="dxa"/>
+        <w:tblW w:w="10753" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5003"/>
+        <w:gridCol w:w="5145"/>
         <w:gridCol w:w="1630"/>
-        <w:gridCol w:w="4040"/>
-        <w:gridCol w:w="142"/>
+        <w:gridCol w:w="3898"/>
+        <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidTr="00581D29">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidTr="00C22263">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5003" w:type="dxa"/>
+            <w:tcW w:w="5145" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00AE023E">
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негізгі орта бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім туралы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>АТТЕСТАТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>НОБ № _________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Осы аттестат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                (тегі, аты, әкесінің аты)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>берілді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ол _______ жылы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беру ұйымының толық атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бітірді және негізгі орта бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>імнің жалпы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AE023E">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AE023E">
-[...362 lines deleted...]
-              <w:t>бі</w:t>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беретін оқу бағдарламасын меңгерді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор_________/_________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары ______/______/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып жетекшісі _________/_________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>М.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>______ жылғы "___" ____________ берілді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Елді мекен ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тіркеу нөмі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AE023E">
-[...6 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AE023E">
-[...488 lines deleted...]
-            <w:r w:rsidRPr="00AE023E">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>і № _________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5812" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...18 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:t>АТТЕСТАТ</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="10"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00AE023E">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>об основном среднем образовании</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="00AE023E">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>НОБ № ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Настоящий аттестат выдан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...73 lines deleted...]
-            <w:r w:rsidRPr="00AE023E">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  (фамилия, имя, отчество)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                         (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>в том, что он</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AE023E">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AE023E">
-[...62 lines deleted...]
-            <w:r w:rsidRPr="00AE023E">
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) в _____ году ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>окончил (а) ______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(полное наименование организации образования)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AE023E">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>и освоил</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AE023E">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AE023E">
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00AE023E">
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) _____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>общеобразовательную учебную программу</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AE023E">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>основного среднего образования</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AE023E">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Директор _______/________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AE023E">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Заместитель директора _______/ ________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AE023E">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Классный руководитель ________/ _________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AE023E">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AE023E">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Выдан</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AE023E">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> "____" _________________ года</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="008F6283" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...65 lines deleted...]
-              <w:t xml:space="preserve"> № ____________</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Населенный пункт ____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрационный номер № ____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidTr="00581D29">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidTr="00C22263">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6633" w:type="dxa"/>
+            <w:tcW w:w="6775" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE023E">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4040" w:type="dxa"/>
+            <w:tcW w:w="3978" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00963BBD" w:rsidP="00A94FC2">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2015 жылғы 28 қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>№ 39 бұйрығына 3-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283" w:rsidTr="00581D29">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidTr="00C22263">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6633" w:type="dxa"/>
+            <w:tcW w:w="6775" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4040" w:type="dxa"/>
-[...106 lines deleted...]
-            <w:tcW w:w="6633" w:type="dxa"/>
+            <w:tcW w:w="3978" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...43 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00581D29" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...33 lines deleted...]
-        <w:t>Сноска. Приложение 3 в редакции приказа Министра образования и науки РК от 14.03.2017 № 118 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Негізгі орта білім туралы үзді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестат</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z42"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Аттестат с отличием об основном среднем образовании</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ескерту. 3-қосымша жаңа редакцияда – Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім және ғылым министрінің 14.03.2017 № 118 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblW w:w="10753" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4862"/>
-        <w:gridCol w:w="5528"/>
+        <w:gridCol w:w="5287"/>
+        <w:gridCol w:w="1630"/>
+        <w:gridCol w:w="3756"/>
+        <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidTr="00581D29">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidTr="00C22263">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4862" w:type="dxa"/>
+            <w:tcW w:w="5287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...70 lines deleted...]
-              <w:t xml:space="preserve"> үзді</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негізгі орта білім туралы үзді</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>к</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:bookmarkEnd w:id="12"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>АТТЕСТАТ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...66 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>НОБ № _________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Осы аттестат __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_____________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...112 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  (тегі, аты, әкесінің аты)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                      (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________берілді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ол _______ жылы _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_____________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...116 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беру ұйымының толық атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бітірді және негізгі орта бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>імнің жалпы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...109 lines deleted...]
-              <w:t xml:space="preserve"> орта бі</w:t>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беретін оқу бағдарламасын меңгерді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор_________/_________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары _______/______/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып жетекшісі _________/_________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>М.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>______ жылғы "___" ______________ берілді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Елді мекен ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тіркеу нөмі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...364 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>і № _________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00115C80">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>АТТЕСТАТ</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="14"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>с отличием об основном среднем образовании</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>НОБ № ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Настоящий аттестат выдан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="15"/>
-[...74 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               (фамилия, имя, отчество)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>__________ в том, что он</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...83 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) в ______ году</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>окончил (а) ___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(полное наименование организации</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>и освоил</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...41 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) ___ общеобразовательную</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>учебную программу основного среднего образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Директор _______/____________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Заместитель директора ________/ ________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Классный руководитель _______/ ________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Выдан</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> "____" _________________ года</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...64 lines deleted...]
-              <w:t xml:space="preserve"> № ____________</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Населенный пункт ____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрационный номер № ____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...27 lines deleted...]
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidTr="00C22263">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00115C80" w:rsidRDefault="00A94FC2" w:rsidP="00115C80">
+          <w:p w:rsidR="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00115C80">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00115C80">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00115C80">
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00115C80">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00115C80">
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2015 жылғы 28 қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00115C80">
-[...6 lines deleted...]
-              <w:t>от 28 января 2015 года № 39</w:t>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ 39 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="00A94FC2">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidTr="00C22263">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00115C80" w:rsidRDefault="00A94FC2" w:rsidP="00115C80">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="z577"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Приложение к аттестату об основном среднем образовании</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Негізгі орта білім туралы аттестатқа қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>Ескерту. 4-қосымша жаңа редакцияда - ҚР Білім және ғылым министрінің 07.06.2021 № 277 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10531" w:type="dxa"/>
+        <w:tblW w:w="10753" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5287"/>
-        <w:gridCol w:w="5244"/>
+        <w:gridCol w:w="1630"/>
+        <w:gridCol w:w="3756"/>
+        <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidTr="00115C80">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidTr="00C22263">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Негізгі орта білім туралы аттестатқа қосымша (НОБ № ___ аттестатсыз жарамсыз)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(тегі, аты, әкесінің аты (болған жағдайда))</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқыған кезінде ____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(білім беру ұйымының толық атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мынадай білімін көрсетті:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ тілі __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ әдебиеті __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ тілі мен әдебиеті __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс тілі __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс әдебиеті __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс тілі мен әдебиеті _________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ана тілі __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>( ) әдебиеті __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>шетел тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(оқыту тілі) ___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>алгебра __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>геометрия __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>информатика __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>география __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>биология __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>физика __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>химия __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дүние жүзі тарихы __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қазақстан тарихы __________________________ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>құқық негіздері __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>н-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>өзі тану __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>музыка __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көркем еңбек __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дене шынықтыру __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>таңдауы бойынша курстар __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>______________ факультативтік курстар бойынша бағдарламаны орындады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор _______/ __________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары _______/ ________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып жетекшісі _______/ ___________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>М.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение к аттестату об основном среднем образовании (без аттестата НОБ № ___ недействительно)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">за время обучения </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(полное наименование организации образования)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>показал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) следующие знания:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский язык ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахская литература ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский язык и литература ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>русский язык _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>русская литература _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>русский язык и литература _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>родной язык _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( ) литература _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> иностранный язык </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(язык обучения) ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>алгебра ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>геометрия ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>информатика _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>география _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>биология _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>физика _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>химия ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>всемирная история _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>история Казахстана ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основы права ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>самопознание ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>музыка ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>художественный труд _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>физическая культура _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы по выбору _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Выполнил</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) программу по факультативным курсам ________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор ________/ ___________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заместитель директора _______/ ________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Классный руководитель _______/ _______/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>М.П.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidTr="00C22263">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6917" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2015 жылғы 28 қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ 39 бұйрығына 5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidTr="00C22263">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6917" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Негізгі орта білім туралы аттестат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 5-қосымша жаңа редакцияда – ҚР Білім және ғылым министрінің 16.05.2018 № 210 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10673" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5287"/>
+        <w:gridCol w:w="5386"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidTr="00F009AB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...46 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негізгі орта бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>аттестат</w:t>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...215 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім туралы  АТТЕСТАТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Серия БТ № __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Осы аттестат ________жылы____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(білім беру ұйымының (мектебінің)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>толық атауы)_________________бітірген</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(тегі, аты, әкесінің аты) (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>______________________________берілді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор _______/ __________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары _______/ ______/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып жетекшісі ________/ __________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>М.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Елді мекен __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_____ жылғы "___" _________ берілді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тіркеу нөмірі № ______________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> АТТЕСТАТ об основном среднем образовании</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Серия БТ № __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Настоящий аттестат выдан_________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>фамилия, имя, отчество) (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>окончившему (-ей) в ______ году</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(полное наименование организации образования (школы))</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор _________/ __________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заместитель директора _______/ _________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Классный руководитель ________/ _______/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>М.П.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Населенный пункт __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Выдан</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "____" _______________ года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрационный номер № ___________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Осы нысанды толтыру бойынша түсіндірме: арнайы мектепте, арнайы сыныптарда және инклюзивті білім беру жағдайында жалпы білім беретін мектептерде ерекше білім беруге қажеттілігі бар білім алушыларға (жеңіл және орташа ақыл-ой кемістігі бар) арналған.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6682"/>
+        <w:gridCol w:w="4121"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00F009AB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F009AB" w:rsidRPr="00F009AB" w:rsidRDefault="00F009AB" w:rsidP="00F009AB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00F009AB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F009AB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>_____________________________________</w:t>
-[...30 lines deleted...]
-              <w:t>бі</w:t>
+              <w:t>2015 жылғы 28 қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ 39 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00F009AB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Негізгі орта білім туралы аттестатқа қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F009AB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Бұйрық 6-қосымшамен толықтырылды – ҚР Білім және ғылым министрінің 16.05.2018 № 210 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда – ҚР Білім және ғылым министрінің 07.06.2021 № 277 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10531" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5287"/>
+        <w:gridCol w:w="5244"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidTr="00F009AB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Негізгі орта білім туралы аттестатқа қосымша (БТ № ___ аттестатсыз жарамсыз) ___________________________________ (тегі, аты, әкесінің аты (болған жағдайда)) оқыған кезінде ____________________ (білім беру ұйымының толық атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бітірді және мынадай білімін көрсетті:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ тілі _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Орыс тілі _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу және тіл дамыту _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>математика _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>информатика _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>айналадағы әлем _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жаратылыстану _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>география _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қоғам және құқық _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тәрті</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...78 lines deleted...]
-              <w:t>бі</w:t>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мәдениеті _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бейнелеу өнері _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>музыка _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>әлеуметті</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к-т</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...984 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұрмыстық бағдарлау _________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы еңбекке даярлау _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсіби-еңбекке баулу_______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бейімделген дене шынықтыру____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Директор _______/ __________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...106 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары ______/ ______/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып жетекшісі ________/ __________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>М.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Елді мекен _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____ жылғы "___" ______берілді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тіркеу нөмірі № ______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...74 lines deleted...]
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение к аттестату об основном среднем образовании (без аттестата БТ № ___ недействительно) _________________________________ (фамилия, имя, отчество) (при его наличии)) за время обучения в ____________________ (полное наименование организации образования)</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">за время обучения </w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>показал</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>в</w:t>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...71 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) следующие знания:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский язык _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>русский язык _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>чтение и развитие речи _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>математика _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>информатика _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мир вокруг _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>естествознание _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>география _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>история Казахстана _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общество и право _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>культура поведения _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>изобразительное искусство _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>музыка _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>социально-бытовая ориентировка _________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общетрудовая подготовка______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально-трудовое обучение ______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>адаптивная физическая культура __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор _________/ __________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заместитель директора ______/ _____/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Классный руководитель ____/ _____/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>М.П.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Населенный пункт _____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (-</w:t>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Выдан</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...654 lines deleted...]
-              <w:t>М.П.</w:t>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "____" _______________ года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00F009AB" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрационный номер № ___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...5 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Осы нысанды толтыру бойынша түсіндірме: арнайы мектепте, жалпы білім беретін мектептердегі арнайы сыныптарда ерекше білім беруге қажеттілігі бар білім алушыларға (жеңіл ақыл-ой кемістігі бар) арналған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A95AAD" w:rsidRPr="00A95AAD" w:rsidRDefault="00A95AAD" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Негізгі орта білім туралы аттестатқа қосымша</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...1734 lines deleted...]
-        <w:tblW w:w="10815" w:type="dxa"/>
+        <w:tblW w:w="10532" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5570"/>
+        <w:gridCol w:w="5287"/>
         <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283" w:rsidTr="00275094">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidTr="00A95AAD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5570" w:type="dxa"/>
+            <w:tcW w:w="5287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...68 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Негізгі орта білім туралы аттестатқа қосымша (БТ № ___ аттестатсыз жарамсыз)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(тегі, аты, әкесінің аты (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(білім беру ұйымының толық атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бітірді және мынадай оқу пәндері бойынша оқытылды:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу, жазу және тіл дамыту _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>санау _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>айналадағы әлем _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адам және әлем _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәртіп мәдениеті _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бейнелеу өнері _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>музыка және ырғақ _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әлеуметтік-тұрмыстық бағдарлау ____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шаруашылық еңбек _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>аттестат</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...240 lines deleted...]
-              <w:t>бі</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бейімделген дене шынықтыру _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор _______/ __________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары ___/ ____/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып жетекшісі ______/ _______/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>М.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Елді мекен __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_____ жылғы "___" _________ берілді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тіркеу нөмі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...904 lines deleted...]
-              <w:t xml:space="preserve"> № ______________</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>і № ______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение к аттестату об основном среднем образовании (без аттестата БТ № ___ недействительно)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии)) окончил</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(полное наименование организации образования (школы)) и обучался по следующим учебным предметам:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>чтение, письмо и развитие речи ___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>счет _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Приложение к аттестату об основном среднем образовании (без аттестата БТ № </w:t>
-[...19 lines deleted...]
-              <w:t>) _________________________________ (фамилия, имя, отчество) (при его наличии)) за время обучения в ____________________ (полное наименование организации образования)</w:t>
+              <w:t>мир вокруг _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>человек и мир _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>культура поведения _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>изобразительное искусство ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>музыка и ритмика _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>социально-бытовая ориентировка _________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>хозяйственный труд ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ремесло ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>адаптивная физическая культура ______</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор _______/ ________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заместитель директора _____/ _______/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Классный руководитель _____/ ______/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>М.П.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Населенный пункт __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Выдан</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-[...549 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> "____" _______________ года</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="008F6283" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008F6283">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Регистрационный номер № ___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00963BBD" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Пояснение по заполнению настоящей формы: </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Осы нысанды толтыру бойынша түсіндірме: арнайы мектепте, жалпы білім беретін мектептердегі арнайы сыныптарда ерекше білім беруге қажеттілігі бар білім алушыларға (жеңіл ақыл-ой кемі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>предназначена</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> для обучающихся с особыми образовательными потребностями (с легкой умственной отсталостью) в специальных школах, специальных классах общеобразовательных школ.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ігі бар) арналған.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00033005" w:rsidRPr="00A94FC2" w:rsidRDefault="00033005" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00A95AAD" w:rsidRPr="00C22263" w:rsidRDefault="00A95AAD" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="z580"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Приложение к аттестату об основном среднем образовании</w:t>
+        <w:t xml:space="preserve"> Негізгі орта білім туралы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қа қосымша</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10673" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5570"/>
-        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="5287"/>
+        <w:gridCol w:w="5386"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283" w:rsidTr="00033005">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidTr="00A95AAD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5570" w:type="dxa"/>
+            <w:tcW w:w="5287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="18"/>
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Негізгі орта білім туралы </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>аттестат</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...92 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қа қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(БТ № ___ аттестатсыз жарамсыз)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(тегі, аты, әкесінің аты) (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(бі</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...66 lines deleted...]
-              <w:t xml:space="preserve"> (болған жағдайда)</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-[...49 lines deleted...]
-              <w:t>бі</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беру ұйымының толық атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бітірді және мынадай оқу </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...89 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>әндері бойынша оқытылды:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақ тілі _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ әдебиеті _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс тілі _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс әдебиеті _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ тілі мен әдебиеті _________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс тілі мен әдебиеті _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>п</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ана т</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...213 lines deleted...]
-              <w:t>тәрті</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілі _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( ) әдебиеті _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>шетел тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(оқыту тілі) _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>математика _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>алгебра _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>геометрия _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>информатика _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жаратылыстану _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>физика _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>химия _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>география _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>биология _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дүниежүзі тарихы _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>құқық негіздері _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>өзі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>п</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>н-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...228 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>өзітану _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>музыка _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көркем еңбек _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дене шынықтыру _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>таңдауы бойынша курстар _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>факультативтік курстар бойынша бағдарламаны орындады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Директор _______/ __________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...108 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары ____/ _____/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып жетекшісі _______/ _________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>М.О.</w:t>
-            </w:r>
-[...143 lines deleted...]
-              <w:t>і № ______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...71 lines deleted...]
-              <w:t>(фамилия, имя, отчество (при его наличии)) окончил</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение к аттестату об основном среднем образовании</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(без аттестата БТ № ___недействительно)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество) (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>окончил</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...41 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) _________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(полное наименование организации образования (школы)) и обучался по следующим учебным предметам:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...309 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский язык _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахская литература _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>русский язык _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>русская литература _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский язык и литература ___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>русский язык и литература ___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>родной язык _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( ) литература _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(язык обучения) _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>математика _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>алгебра _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>геометрия _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>информатика _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>естествознание _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>физика _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>химия _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>география _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>биология _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>всемирная история _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>история Казахстана _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основы права _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>самопознание _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>музыка _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>художественный труд _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>физическая культура _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы по выбору _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>выполнил</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) программу по факультативным курсам __________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор ________/ _________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заместитель директора ____/ _____/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Классный руководитель __/ ____/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>М.П.</w:t>
-            </w:r>
-[...72 lines deleted...]
-              <w:t>Регистрационный номер № ___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00963BBD" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Пояснение по заполнению настоящей формы: </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       Осы нысанды толтыру бойынша түсіндірме: жеке бағдарламалар бойынша инклюзивті білім беру жағдайында жалпы білім беретін мектептерде Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 31 қазандағы № 604 бұйрығымен (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17669 тіркелген) бекітілген тиісті деңгейдегі мемлекеттік жалпыға міндетті білім беру стандартында қарастырылған оқу пәндерінің көлемін меңгермеген ерекше білім беруге қажеттілігі бар білім алушыларға (жеңіл және орташа ақыл-ой кемістігі бар) арналған. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...2786 lines deleted...]
-        <w:t>".</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оқытылмаған пәндер бойынша "оқытылмады" сөзі жазылады.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6695"/>
-        <w:gridCol w:w="4108"/>
+        <w:gridCol w:w="6682"/>
+        <w:gridCol w:w="4121"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00A95AAD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A94FC2">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00981B2E" w:rsidRDefault="00981B2E" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00A95AAD" w:rsidRPr="00A95AAD" w:rsidRDefault="00A95AAD" w:rsidP="00A95AAD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00A95AAD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2015 жылғы 28 қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ 39 бұйрығына 7-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRDefault="00A94FC2" w:rsidP="00981B2E">
+            <w:r w:rsidRPr="00C22263">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00A95AAD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...75 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00981B2E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00981B2E">
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95AAD">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...21 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>Ескерту. 6-қосымшаның оң жақ бұрышы жаңа редакцияда – ҚР Білім және ғылым министрінің 16.05.2018 № 210 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> Аттестат об общем среднем образовании</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалпы орта білім туралы аттестат</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10753" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5429"/>
+        <w:gridCol w:w="5145"/>
         <w:gridCol w:w="1630"/>
-        <w:gridCol w:w="3614"/>
+        <w:gridCol w:w="3898"/>
         <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidTr="00981B2E">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidTr="00A95AAD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5429" w:type="dxa"/>
+            <w:tcW w:w="5145" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="20"/>
-[...39 lines deleted...]
-              <w:t>бі</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Жалпы орта бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...41 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім туралы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>АТТЕСТАТ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ЖОБ № ___________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Осы аттестат</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>___________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...98 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(тегі, аты, әкесінің аты)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:t>(болған жағдайда)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...103 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>__________________________________ берілді. ол _____________ жылы _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>___________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...27 lines deleted...]
-              <w:t>бі</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...88 lines deleted...]
-              <w:t xml:space="preserve"> орта бі</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беру ұйымының толық атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бітірді және жалпы орта бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...83 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>імнің жалпы білім</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>беретін оқу бағдарламасын меңгерді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Директор _________/ __________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...103 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары ______/ ___________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып жетекшісі ____________/ __________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>М.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...121 lines deleted...]
-              <w:t xml:space="preserve"> нөмі</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>________ жылғы "___" _____________ берілді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Елді мекен _________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тіркеу нөмі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>і № ____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...17 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:t>АТТЕСТАТ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>об общем среднем образовании</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ЖОБ № ______________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Настоящий аттестат выдан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(фамилия, имя, отчество)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...17 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_________ в том, что он</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>а) в _____ году</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>окончил</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>а) ____________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(полное наименование организации</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>образования)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>и освоил</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>а) _______ общеобразовательную</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>учебную программу общего среднего</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>образования.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Директор ___________/ _____________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Заместитель директора _______/ ________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Классный руководитель _________/ ______/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Выдан</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> "_____" _______________ года</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Населенный пункт _________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> № __________</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрационный номер № __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283" w:rsidTr="00981B2E">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidTr="00A95AAD">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7059" w:type="dxa"/>
+            <w:tcW w:w="6775" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00275094">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3694" w:type="dxa"/>
+            <w:tcW w:w="3978" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00981B2E" w:rsidRPr="00275094" w:rsidRDefault="00981B2E" w:rsidP="00A94FC2">
-[...11 lines deleted...]
-          <w:p w:rsidR="00963BBD" w:rsidRPr="008F6283" w:rsidRDefault="00A94FC2" w:rsidP="00981B2E">
+          <w:p w:rsidR="00A95AAD" w:rsidRDefault="00A95AAD" w:rsidP="00A95AAD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F6283">
-[...60 lines deleted...]
-          <w:p w:rsidR="00981B2E" w:rsidRPr="00275094" w:rsidRDefault="00981B2E" w:rsidP="00981B2E">
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00A95AAD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:i/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2015 жылғы 28 қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ 39 бұйрығына 8-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidTr="00A95AAD">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00A95AAD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00981B2E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00981B2E">
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95AAD">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>Ескерту. 7-қосымшаның оң жақ бұрышы жаңа редакцияда – ҚР Білім және ғылым министрінің 16.05.2018 № 210 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Форма</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы орта білім туралы үзді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестат</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10612" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5287"/>
+        <w:gridCol w:w="1630"/>
+        <w:gridCol w:w="3615"/>
+        <w:gridCol w:w="80"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidTr="00A95AAD">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Жалпы орта білім туралы үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>АТТЕСТАТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОБ № ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Осы аттестат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(тегі, аты, әкесінің аты)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________________ берілді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ол ___________ жылы _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беру ұйымының толық атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бітірді және жалпы орта бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>імнің жалпы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беретін оқу бағдарламасын меңгерді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор _________/ __________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары ______/ __________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып жетекшісі ______________/ _________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>М.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>________ жылғы "___" ____________ берілді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Елді мекен _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тіркеу нөмірі № __________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>АТТЕСТАТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с отличием об общем среднем образовании</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОБ № _________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Настоящий аттестат выдан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>__________ в том, что он</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) в ______ году</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>окончил</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) ______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(полное наименование организации</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и освоил</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) _________ общеобразовательную</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>учебную программу общего среднего</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор ___________/ _____________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заместитель директора ________/ _________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Классный руководитель _________/ _________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>М.П.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Выдан</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "_____" _____________ года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Населенный пункт ___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрационный номер № _______________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidTr="00A95AAD">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6917" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3695" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A95AAD" w:rsidRDefault="00A95AAD" w:rsidP="00A95AAD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00A95AAD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2015 жылғы 28 қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ 39 бұйрығына 9-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidTr="00A95AAD">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6917" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3695" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00A95AAD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="z31"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">                    Аттестат с отличием об общем среднем образовании</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95AAD">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 8-қосымшаның оң жақ бұрышы жаңа редакцияда – ҚР Білім және ғылым министрінің 16.05.2018 № 210 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы орта бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім туралы аттестат Алтын белгі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10753" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5429"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3614"/>
+        <w:gridCol w:w="5287"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="3543"/>
         <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidTr="00981B2E">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidTr="00A95AAD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5429" w:type="dxa"/>
+            <w:tcW w:w="5287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="21"/>
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> үзді</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Жалпы орта бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>к</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім туралы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>АТТЕСТАТ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>АЛТЫН БЕЛГІ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОБ № __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Осы аттестат</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...264 lines deleted...]
-              <w:t>бі</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(тегі, аты, әкесінің аты) (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>__________________________________ берілді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ол _____________ жылы _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...88 lines deleted...]
-              <w:t xml:space="preserve"> орта бі</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беру ұйымының толық атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бітірді және жалпы орта бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...39 lines deleted...]
-              <w:t>бі</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>імнің жалпы білім</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>беретін оқу бағдарламасын меңгерді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор _________/ __________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары ________/ _________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып жетекшісі ______________/ ________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>М.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>________ жылғы "___" ____________ берілді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Елді мекен _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тіркеу нөмі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
-[...2090 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>і № __________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>АТТЕСТАТ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>об общем среднем образовании</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>АЛТЫН БЕЛГІ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ЖОБ № ___________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Настоящий аттестат выдан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(фамилия, имя, отчество)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_____ в том, что он</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>а) ___ в _____ году</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>окончил</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>а) ____________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(полное наименование организации</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>образования)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>и освоил</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>а) общеобразовательную учебную</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>программу общего среднего образования.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Директор ___________/ _____________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Заместитель директора _______/ ______/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Классный руководитель ________/ _______/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Выдан</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> "_____" __________________ года</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Населенный пункт _________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> № __________</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрационный номер № __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283" w:rsidTr="00981B2E">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidTr="00A95AAD">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7059" w:type="dxa"/>
+            <w:tcW w:w="7130" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00275094">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="3623" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE023E" w:rsidRPr="00275094" w:rsidRDefault="00AE023E" w:rsidP="00AE023E">
+          <w:p w:rsidR="00A95AAD" w:rsidRDefault="00A95AAD" w:rsidP="00A95AAD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00AE023E">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00A95AAD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00275094">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00275094">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00275094">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2015 жылғы 28 қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00275094">
-[...6 lines deleted...]
-              <w:t>от 28 января 2015 года № 39</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ 39 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidTr="00981B2E">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidTr="00A95AAD">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7059" w:type="dxa"/>
+            <w:tcW w:w="7130" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00275094">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="3623" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00275094" w:rsidRDefault="00A94FC2" w:rsidP="00AE023E">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00A95AAD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="z583"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Приложение к аттестату об общем среднем образовании</w:t>
+        <w:t xml:space="preserve"> Жалпы орта білім туралы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қа қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00AE023E" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00AE023E">
+      <w:r w:rsidRPr="00A95AAD">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Сноска. Приложение 10 - в редакции приказа Министра образования и науки РК от 07.06.2021 № 277 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95AAD">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95AAD">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ескерту. 10-қосымша жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95AAD">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A95AAD">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім және ғылым министрінің 07.06.2021 № 277 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10815" w:type="dxa"/>
+        <w:tblW w:w="10803" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
-[...5 lines deleted...]
-        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5429"/>
-        <w:gridCol w:w="5386"/>
+        <w:gridCol w:w="5544"/>
+        <w:gridCol w:w="1113"/>
+        <w:gridCol w:w="4131"/>
+        <w:gridCol w:w="15"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidTr="00AE023E">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidTr="00FA540F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="15" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5429" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5544" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...38 lines deleted...]
-              <w:t>бі</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Жалпы орта бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B678AC">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B678AC">
-[...42 lines deleted...]
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім туралы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B678AC">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>аттестат</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B678AC">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>қа қосымша</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...121 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(ЖОБ № ________ аттестатсыз жарамсыз) ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тегі, аты, әкесінің аты</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B678AC">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>)(</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B678AC">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>болған жағдайда)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...80 lines deleted...]
-              <w:t>бі</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_____________________ оқыған кезінде</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B678AC">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B678AC">
-[...78 lines deleted...]
-              <w:t>бі</w:t>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беру ұйымының толық атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мынадай бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B678AC">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B678AC">
-[...269 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>імін көрсетті:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ тілі ___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ әдебиеті ________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ тілі мен әдебиеті__________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс тілі ____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс әдебиеті ________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс тілі мен әдебиеті__________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B678AC">
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ана т</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілі _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( ) әдебиеті __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>шетел тілі ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>алгебра және анализ бастамалары ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>геометрия ____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>информатика ____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>география _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>биология ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>физика __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>химия ___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дүние жүзі тарихы ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>құқық негіздері ____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>н-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>өзі тану ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көркем еңбек______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дене шынықтыру __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>алғашқы әскери және технологиялық даярлық ___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>әсіпкерлік және бизнес негіздері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>графика және жобалау ______________ ___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ана</w:t>
-[...759 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+              <w:t>қолданбалы курстар __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>таңдауы бойынша курстар ______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Директор ________/ __________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...102 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары ______/ __________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып жетекшісі ___________/ __________/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>М.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Приложение к аттестату</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>об общем среднем образовании</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00963BBD" w:rsidP="00A94FC2">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(без аттестата ЖОБ № ___ недействительно)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00963BBD" w:rsidP="00A94FC2">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(фамилия, имя, отчество) (при его наличии)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">за время обучения </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B678AC">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>в</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B678AC">
-[...30 lines deleted...]
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B678AC">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(полное наименование организации</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>образования)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>показал</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B678AC">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B678AC">
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>а) следующие знания:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>казахский язык _____________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>казахская литература ________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>казахский язык и литература _______</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>русский язык _____________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>русская литература ________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>русский язык и литература__________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>родной язык _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( ) литература ____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иностранный язык ________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>алгебра и начала анализа ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>геометрия ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>информатика ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>география ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>биология _________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>физика ___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>химия ____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>всемирная история _________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>история Казахстана _______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основы права __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>самопознание _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>художественный труд_______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>физическая культура _______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>начальная военная и технологическая</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подготовка ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основы предпринимательства и бизнеса</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>графика и проектирование ___________ ___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>русская литература ________________</w:t>
-[...496 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>прикладные курсы __________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>курсы по выбору ___________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Директор _____/ __________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Заместитель директора _____/ _________/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Классный руководитель ______/ _______/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00B678AC" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B678AC">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00A95AAD" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95AAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...28 lines deleted...]
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283" w:rsidTr="00773FCB">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FA540F" w:rsidTr="00FA540F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6695" w:type="dxa"/>
+            <w:tcW w:w="6657" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A94FC2">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4108" w:type="dxa"/>
+            <w:tcW w:w="4146" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00C5720F" w:rsidRDefault="00A94FC2" w:rsidP="00C5720F">
+          <w:p w:rsidR="00FA540F" w:rsidRDefault="00FA540F" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FA540F" w:rsidRDefault="00C22263" w:rsidP="00FA540F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5720F">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C5720F">
+            <w:r w:rsidRPr="00FA540F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FA540F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C5720F">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C5720F">
+            <w:r w:rsidRPr="00FA540F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FA540F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA540F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C5720F">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C5720F">
+            <w:r w:rsidRPr="00FA540F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2015 жылғы 28 қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA540F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C5720F">
-[...6 lines deleted...]
-              <w:t>от 28 января 2015 года № 39</w:t>
+            <w:r w:rsidRPr="00FA540F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ 39 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA540F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FA540F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>35-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="z609"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="3" w:name="z114"/>
+      <w:r w:rsidRPr="00FA540F">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила выдачи документов об образовании государственного образца</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білім туралы мемлекеттік үлгідегі құжаттарды беру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A91F85" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...19 lines deleted...]
-      </w:r>
+        <w:t>Ескерту. 35-қосымша жаңа редакцияда - ҚР Білім және ғылым министрінің 07.06.2021 № 277 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="z610"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="4" w:name="z164"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="z611"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> 1. Настоящие Правила выдачи документов об образовании государственного образца (далее - Правила) разработаны в соответствии со статьей 39 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и с пунктом 1 статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее - Закон).</w:t>
+      <w:bookmarkStart w:id="5" w:name="z246"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. Осы Білім туралы мемлекеттік үлгідегі құжаттарды беру қағидалары "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 39-бабына және "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының (бұдан әрі - Заң) 10-бабы 1-тармағына сәйкес әзірленген.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="z612"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> 2. Настоящие Правила устанавливают порядок выдачи документов об образовании государственного образца, а также выдачи дубликатов документов об образовании.</w:t>
+      <w:bookmarkStart w:id="6" w:name="z247"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Осы Қағидалар білім туралы мемлекеттік үлгідегі құжаттарды беру тәртібін, сондай-ақ білім туралы құжаттардың телнұсқаларын беру тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="z613"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="7" w:name="z248"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок выдачи документов об образовании государственного образца</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік үлгідегі білім туралы құжаттарды беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="z614"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> 3. Документы об образовании государственного образца выдаются организациями образования в соответствии с пунктом 3 статьи 39 Закона Республики Казахстан от 27 июля 2007 года "Об образовании".</w:t>
+      <w:bookmarkStart w:id="8" w:name="z249"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. Білім туралы мемлекеттік үлгідегі құжаттарды білім беру ұйымдары "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 39-бабының 3-тармағына сәйкес береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="z615"/>
-[...66 lines deleted...]
-        <w:t xml:space="preserve">, квалификационной, аттестационной) комиссии. </w:t>
+      <w:bookmarkStart w:id="9" w:name="z250"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4. Қорытынды аттестаттаудан өткен білім алушыларға негізгі орта білім туралы аттестат, жалпы орта білім туралы аттестат, техникалық және кәсіптік білім туралы диплом, орта білімнен кейінгі білім туралы диплом, бакалавр дәрежесі берілетін жоғары білім туралы диплом, біліктілік берілетін жоғары білім туралы диплом, магистр дәрежесі берілетін жоғары оқу орнынан кейінгі білім туралы диплом, сондай-ақ кәсіптік даярлау туралы куәлік беру үшін тиісті (емтихан, біліктілік, аттестаттау) комиссияның шешімі негіздеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="z616"/>
-[...37 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Интернатураны немесе резидентураны бітіргені туралы куәлікті беру үшін аттестаттау комиссиясының шешімі негіздеме болып табылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="z617"/>
-[...17 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ерекше білім беруге қажеттілігі бар білім алушыға негізгі орта білім туралы аттестат беру үшін білім беру ұйымы басшысының бұйрығы негіздеме болып табылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="z618"/>
-[...70 lines deleted...]
-        <w:t>), доктора по профилю.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Ерекше мәртебесі жоқ Сот төрелігі академиясы, әскери, арнаулы оқу орындарын, денсаулық сақтау саласындағы жоғары және (немесе) жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары жанындағы диссертациялық кеңестерде диссертация қорғаған адамдарға философия докторы (PhD), бейіні бойынша доктор дипломын беру үшін Қазақстан Республикасы Білім және ғылым министрлігінің Білім және ғылым саласында сапаны қамтамасыз ету комитеті (бұдан әрі – Комитет) төрағасының философия докторы (PhD), бейіні бойынша доктор дәрежесін беру жөніндегі бұйрығы негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="z619"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> Основанием для выдачи аттестата ассоциированного профессора (доцента) или профессора является приказ председателя </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>Комитета</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қауымдастырылған профессор (доцент) немесе профессор аттестатын беру үшін Комитет төрағасының қауымдастырылған профессор (доцент) немесе профессор ғылыми атағын беру жөніндегі бұйрығы негіздеме болып табылады.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="z620"/>
-[...111 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5. Білім беру ұйымдарында негізгі орта білім туралы үздік аттестат, жалпы орта білім туралы үздік аттестат, техникалық және кәсіптік білім туралы үздік диплом, орта білімнен кейінгі білім туралы үздік диплом Қазақстан Респубдикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне № 5191 болып тіркелген) бекітілген Білім алушылардың үлгеріміне ағымдық бақылау, аралық және қорытынды аттестаттау өткізудің үлгілік ережелерне сәйкес, жоғары білім туралы үздік диплом Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 30 қазандағы № 595 бұйрығымен (Қазақстан Республикасы Әділет министрлігінде 2018 жылғы 31 қазанда № 17657 тіркелген) бекітілген Жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдары қызметінің үлгілік қағидаларына сәйкес беріледі.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="z621"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> лично в торжественной обстановке не позднее пяти рабочих дней со дня принятия соответствующего решения.</w:t>
+      <w:bookmarkStart w:id="10" w:name="z251"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      6. Білім туралы құжат тиісті шешім қабылданған күннен бастап бес жұмыс күнінен кешіктірілмей салтанатты түрде білім алушының өзіне беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="z622"/>
-[...17 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Құжатты жеке өзі алу мүмкіндігі болмаған жағдайда ол үшінші тұлғаға Қазақстан Республикасының заңнамасында көзделген тәртіппен ресімделген сенімхат бойынша беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="z623"/>
-[...53 lines deleted...]
-        <w:t>:</w:t>
+      <w:bookmarkStart w:id="11" w:name="z252"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      7. Білім туралы мемлекеттік үлгідегі бланкілердің барлық түрлері (философия докторы (PhD), бейіні бойынша доктор дипломдарынан, қауымдастырылған профессор (доцент) және профессор аттестаттарынан басқа):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="z624"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> 160 мм;</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көлемі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 224 x 160 мм қатты мұқабадан;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="z625"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> 150 мм;</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көлемі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 210 x 150 мм қосымша парақтан;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="z626"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> 3) приложения.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қосымшадан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="z627"/>
-[...62 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:bookmarkStart w:id="12" w:name="z253"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      8. Философия докторы (PhD), бейіні бойынша доктор дипломдары, қауымдастырылған профессор (доцент) және профессор аттестаттары:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="z628"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> 110 мм; </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) көлемі 310 х 110 мм қатты мұқабадан;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="z629"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> 110 мм.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) көлемі 310 х 110 мм қосымша парақтан тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="z630"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="13" w:name="z254"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 9. Обложка бланка изготавливается:</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Бланк </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқабасы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="z631"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 1) для бланка с отличием – красного цвета; </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) үзді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бланк үшін - қызыл түстен;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="z632"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t>" - голубого цвета;</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) "Алтын белгі" белгісімен марапатталған тұлғаларға берілетін бланк үшін - көгілді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түстен;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="z633"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) магистр, доктор (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PhD</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>), доктора по профилю - бордового цвета;</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, бейіні бойынша) дипломдары үші</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – күрең қызыл түстен;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="z634"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 4) для всех остальных бланков – темно-синего цвета.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) басқа қалған бланкілер үшін - қою кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түстен дайындалады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="z635"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="14" w:name="z255"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> золотистым цветом:</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Бланкілердің барлық түрлерінің мұқабасында алтын түспен жасалған:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="51" w:name="z636"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t>";</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) жоғары жағында мемлекеттік тілде: "Қазақстан Республикасы" деген өрнектелген жазу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="z637"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 2) в центре – изображение Государственного герба Республики Казахстан;</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) ортасында Қазақстан Республикасы Мемлекеттік елтаңбасының бейнесі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="z638"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 3) под изображением Государственного герба Республики Казахстан – тисненое название вида бланка на государственном языке.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) Мемлекеттік елтаңба бейнесінің астында мемлекеттік тілде өрнектелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазылған құжат түрінің атауы орналасады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="z639"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="15" w:name="z256"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 11. Бланки и приложения к ним печатаются типографским способом (без учета данных, заполняются вручную или с помощью печатающих устройств).</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Бланкілер мен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ған қосымшалары баспаханалық тәсілмен басылады (баспа құрылғыларының көмегімен толтырылатын деректерді есепке алмағанда).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="55" w:name="z640"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="16" w:name="z257"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 12. Бланки и приложения к ним печатаются на специальной бумаге со степенями защиты (с водяными знаками):</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Бланкілер мен оған қосымшалары арнайы қорғаныш (су тамғысы белгілерімен) дәрежелері бар </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағазда басылады:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="z641"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) ақшы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызғылт түс – үздік белгісі бар бланкілер, магистр, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PhD</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t>";</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> докторы, бейіні бойынша докторы, сондай-ақ "Алтын белгі" белгісімен марапатталған тұлғаларға берілетін бланкілер үшін;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="57" w:name="z642"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 2) бледно-синего цвета – для всех остальных видов бланков.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) ақшыл-көк түс - барлық қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ған құжаттардың түрлері үшін қосымша парақтар мен қосымшалар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="z643"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="17" w:name="z258"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 13. На лицевой стороне бланков размещаются:</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Бланкінің бетжағында:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="z644"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">"; </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) жоғары жағында – "Қазақстан Республикасы" деген сөздер;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="z645"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 2) по центру – изображение Государственного герба Республики Казахстан; </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) ортасында - Қазақстан Республикасы Мемлекеттік елтаңбасының бейнесі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="z646"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 3) под изображением Государственного герба Республики Казахстан – название вида бланка на государственном языке.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) Қазақстан Республикасы Мемлекеттік елтаңба бейнесінің астында - бланк тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>інің мемлекеттік тілдегі атауы орналасады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="62" w:name="z647"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="18" w:name="z259"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 14. На обеих внутренних сторонах бланка в центре печатается изображение Государственного герба Республики Казахстан.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Бланкілердің ішкі екі жағында ортада Қазақстан Республикасы Мемлекеттік елтаңбасының бейнесі басылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="63" w:name="z648"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="19" w:name="z260"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 15. На левой внутренней стороне бланка указывается содержание на государственном языке, а на правой стороне – идентичное содержание на русском языке.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Бланкілердің сол жақ ішкі бетінде мемлекеттік тілдегі мазмұны, ал оң жағында - орыс тіліндегі бірдей мазмұны көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="z649"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жоғары білім туралы, магистр, доктор (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PhD</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>), доктора по профилю, аттестатов ассоциированного профессора (доцента) и профессора указывается содержание на государственном языке, а на правой стороне - идентичное содержание на русском и английском языках.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, бейіні бойынша) дипломдарының, доцент және профессор аттестаттарының сол жақ ішкі бетінде мемлекеттік тілдегі мазмұны, ал оң жағында орыс жә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ағылшын тілдерінде бірдей мазмұны көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="z650"/>
-[...6 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="20" w:name="z261"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 16. На обеих внутренних сторонах бланка с отличием типографским способом печатаются красным цветом слова "Үзді</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Үздік құжаттың қосымша парағының ішкі екі бетінде баспаханалық тәсілмен қызыл түспен "Үзді</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>" и "С отличием", для дипломов о высшем образовании слово "Үздік" печатается на лицевой стороне бланка.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" және "С отличием" деген сөздер жазылады, жоғары білім туралы дипломдар үшін "Үздік" деген сөз қосымша парақтардың бет жағына басылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="z651"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="21" w:name="z262"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...46 lines deleted...]
-        <w:t>".</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. "Алтын белгі" белгісімен марапатталған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>адамдар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға берілетін бланкінің ішкі екі бетінде баспаханалық тәсілмен, қола түспен "Алтын белгі" деген сөздер жазылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="z652"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="22" w:name="z263"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 18. Бланки всех видов имеют серию и семизначные номера.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Бланкілердің барлық түрлерінің қосымша парақтарының сериясы мен жеті саннан тұратын нөмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="z653"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="23" w:name="z264"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 19. Бланки составляются таким образом, чтобы вносимые в них записи могли выполняться с помощью печатающих устройств.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. Бланкілер оларға жазылатын жазулар басу құрылғыларының көмегімен жазылатындай еті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жасалуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="z654"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="24" w:name="z265"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. Блакілердің барлық түрлерінде деректерді автоматты сәйкестендіру және жинау технологиясын және (немесе) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>QR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> код. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коды қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="70" w:name="z655"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="25" w:name="z266"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> агентств, аккредитовавших заявленные образовательные программы.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім туралы мемлекеттік үлгідегі құжаттардың қосымшаларының бланкілерінде мәлімделген білім беру бағдарламаларын аккредиттеген аккредиттеу агенттіктерінің логотиптері орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="z656"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="26" w:name="z267"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Порядок выдачи дубликатов документов об образовании</w:t>
+        <w:t xml:space="preserve"> 3-тарау. Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім туралы құжаттардың телнұсқаларын беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="z657"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="27" w:name="z268"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 22. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. Білім туралы құжаттардың телнұсқалары және оларға қосымшалар (бұдан ә</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>Дубликаты документов об образовании и приложения к ним (далее - дубликат) выдаются вместо утраченных или пришедших в негодность, а также лицам, изменивших свою фамилию (имя, отчество (при его наличии).</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і – телнұсқа) жоғалған немесе бүлінген құжаттардың орнына, сондай-ақ, өзінің тегін (атын, әкесінің атын (болған жағдайда) өзгерткендерге беріледі.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="73" w:name="z658"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Основанием для выдачи дубликата является: </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Құжаттың телнұсқасын беру үшін мыналар негіздеме болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="74" w:name="z659"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 1) заявление обучавшегося или родителя (законного представителя) несовершеннолетнего ребенка, утерявшего или испортившего документ, на имя руководителя организации образования, в котором излагаются обстоятельства;</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) құжатын жоғалтқан немесе бүлдірген білім алушының немесе кәмелет жасқа толмаған баланың ата-анасының (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілінің) білім беру ұйымы басшысының атына оның мән-жайы баяндалған жазбаша өтініші;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="75" w:name="z660"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) білім алушының туу туралы куәлігі немесе жеке куәлігі (паспорты) және (немесе) цифрлық құжаттар сервисінен электрондық құ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>2) свидетельство о рождении или удостоверение личности (паспорт) обучавшегося и (или) электронный документ из сервиса цифровых документов (требуется для идентификации личности);</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жаты</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (жеке басын сәйкестендіру үшін талап етіледі);</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="76" w:name="z661"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 3) при изменении фамилии (имя, отчество (при его наличии)) и (или) порче документа об образовании прилагается оригинал документа об образовании. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) тегі (аты, әкесінің аты (болған жағдайда) өзгерген және білім туралы құжат бүлінген жағдайда білім туралы құжаттың тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсқасы қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="77" w:name="z662"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Для получения дубликата документов об образовании физическим лицам, не являющимся гражданами Республики Казахстан и не имеющим электронную цифровую подпись, необходимо самостоятельно обращаться в организацию образования. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім туралы құжаттардың телнұсқасын алу үшін Қазақстан Республикасының азаматтары болып табылмайтын және электрондық цифрлық қолтаңбасы жоқ жеке тұлғалар өз бетінше білім беру ұйымына жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="78" w:name="z663"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="28" w:name="z269"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 23. Дубликат выдается на бесплатной основе не позднее 15 рабочего дня со дня подачи заявления. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. Телнұсқа өтініш берілген күннен бастап 15 жұмыс күнінен кешікті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ілмей тегін негізде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="79" w:name="z664"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="29" w:name="z270"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 24. В случае ликвидации организации образования физические лица обращаются в архив по месту нахождения организации образования. Копии и выписки, выданные государственными архивами и их филиалами, ведомственными и частными архивами, являются официальными документами, имеющими юридическую силу подлинников. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. Білім беру ұйымдары жабылған жағдайда жеке тұлғалар білім беру ұйымының тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылықты орны бойынша архивке жүгінеді. Мемлекеттік архивтер мен олардың филиалдары, ведомстволық және жекеменшік архивтер берген көшірмелер мен үзінділер түпнұсқалық заңды күші бар ресми құжаттар болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="80" w:name="z665"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="30" w:name="z271"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 25. Дубликаты документов выдаются на бланках образца, действующего на момент принятия решения о выдаче дубликата, и подписываются руководителем организации образования, заместителем по учебной работе.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Құжаттардың телнұсқалары телнұсқа беру туралы шешім қабылданған сәтте қолданыста болған үлгідегі бланкілерде беріледі және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға білім беру ұйымының басшысы, оның оқу ісі жөніндегі орынбасары қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="81" w:name="z666"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="31" w:name="z272"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 26. Дубликат диплома государственного образца о высшем и послевузовском образовании выдается выпускникам организаций высшего и (или) послевузовского образования (далее - ОВПО), завершившим обучение до 1 января 2021 года.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Жоғары және жоғары оқу орнынан кейінгі б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м беру ұйымдары (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і - ЖЖОКБҰ) 2021 жылғы 1 қаңтарға дейін бітірген түлектерге жоғары және жоғары оқу орнынан кейінгі білім туралы мемлекеттік үлгідегі құжаттың телнұсқасы беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="z667"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="32" w:name="z273"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 27. На выдаваемом бланке документа в правом верхнем углу проставляется штамп "Дубликат взамен подлинника № ______________".</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. Берілетін құжаттың бланкісінде жоғары оң жақ бұрышында "Тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсқаның орнына берілген № ______ телнұсқа" деген мөртаңба қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="83" w:name="z668"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="33" w:name="z274"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. Жоғалған немесе бүлінген мемлекеттік үлгідегі құжаттардың орнына "ғылым кандидаты", "ғылым докторы", "философия докторы (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PhD</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>)", "доктора по профилю", дубликатов аттестатов "ассоциированного профессора (доцента)", "профессора" вместо утраченных либо испорченных документов являются приказы председателя Комитета о присуждении данным лицам степеней или ученых званий.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)", "бейіні бойынша доктор" дипломдарының, "қауымдастырылған профессор (доцент), "профессор" аттестаттарының телнұсқаларын беру үшін аталған тұлғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға ғылыми дәрежелер немесе ғылыми атақтар беру туралы Комитет төрағасының бұйрықтары негіздеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="84" w:name="z669"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өзіндік үлгідегі философия докторы (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PhD</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>"), "доктора по профилю" являются:</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), бейіні бойынша докторы дәрежесі берілетін жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қу орнынан кейінгі білім туралы дипломдардың телнұсқасын беру үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="85" w:name="z670"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> особый статус, решение диссертационного совета;</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) ерекше мәртебесі бар ЖЖОКБҰ үшін диссертациялық кеңестің шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="86" w:name="z671"/>
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 2) для ОВПО, не </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) ерекше мәртебесі жоқ ЖЖОКБҰ үшін Комитеттің шеші</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>имеющих</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мі ж</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> особого статуса, решение Комитета и приказ руководителя ОВПО.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әне ЖЖОКБҰ басшысының бұйрығы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="87" w:name="z672"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="34" w:name="z275"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 1. Порядок оказания государственной услуги "Выдача дубликатов документов об основном среднем, общем среднем образовании".</w:t>
+        <w:t xml:space="preserve"> 1-параграф. "Негізгі орта, жалпы орта білім туралы құжаттардың телнұсқаларын беру" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметін көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="z673"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="35" w:name="z276"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 29. Государственная услуга "Выдача дубликатов документов об основном среднем, общем среднем образовании" оказывается организациями основного среднего и общего среднего образования. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. "Негізгі орта, жалпы орта білім туралы құжаттардың телнұсқаларын беру" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметін негізгі орта және жалпы орта білім беру ұйымдары көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="z674"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="36" w:name="z277"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 30. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Негізгі орта, жалпы орта білім туралы құжаттардың телнұсқасын алу үшін жеке тұлға (бұдан әр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге "</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...68 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Азаматтар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Мемлекеттік корпорация) немесе негізгі орта және жалпы орта білім беру ұйымның кеңсесі немесе "электрондық үкіметтің" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>www</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>egov</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (далее - портал) заявление по форме или в форме электронного документа на имя руководителя организации основного среднего</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> веб-порталы (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> и общего среднего образования согласно приложению 1 к настоящим Правилам с приложением документов, указанных в пункте 8 стандарта государственной услуги "Выдача дубликатов документов об основном среднем, общем среднем образовании" согласно приложению 2 к настоящим Правилам.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і – портал) арқылы негізгі орта және жалпы орта білім беру ұйымы басшысының атына осы Қағидаларға 1-қосымшаға сәйкес нысанда немесе электронды құжат нысанында осы Қағидаларға 2-қосымшаға сәйкес "Негізгі орта, жалпы орта білім туралы құжаттардың телнұсқаларын беру" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының 8-тармағында көрсетілген құжаттарды қоса бере отырып өтініш жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="90" w:name="z675"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="37" w:name="z278"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 31. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в стандарте государственной услуги "Выдача дубликатов документов об основном среднем, общем среднем образовании" согласно приложению 2 к настоящим Правилам.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31. Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидаларға 2-қосымшаға сәйкес "Негізгі орта, жалпы орта білім туралы құжаттардың телнұсқаларын беру" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартында келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="91" w:name="z676"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="38" w:name="z279"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32. Жеке басты куәландыратын құжаттар туралы мәліметтерді Мемлекеттік корпорация қызметкері тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады және көрсетілетін қызметті берушіге жолдайды</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="92" w:name="z677"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="39" w:name="z280"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 33. При приеме документов через Государственную корпорацию или канцелярию организации основного среднего и общего среднего образования выдается расписка о приеме соответствующих документов согласно приложению 3 к настоящим Правилам.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33. Мемлекеттік корпорация немесе негізгі орта және жалпы орта білім беру ұйымының кеңсесі арқылы құжаттарды қабылдау кезінде көрсетілетін қызметті алушыға осы Қағидаларға 3-қосымшаға сәйкес тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і құжаттардың қабылданғаны туралы қолхат беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="93" w:name="z678"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="40" w:name="z281"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> отображается статус о принятии запроса для оказания государственной услуги, а также уведомление. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34. Көрсетілетін қызметті алушы портал арқылы өтініш берген жағдайда, оның "жеке кабинетінде" мемлекеттік қызметті көрсетуге арналған сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="94" w:name="z679"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="41" w:name="z282"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия, работник Государственной корпорации или организации основного среднего и общего среднего образования отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме, согласно приложению 4 к настоящим Правилам.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35. Көрсетілетін қызметті алушы құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кеткен құжаттарды ұсынған жағдайда, Мемлекеттік корпорацияның немесе негізгі орта және жалпы орта білім беру ұйымның қызметкері өтінішті қабылдаудан бас тартады және осы Қағидалардың 4-қосымшасына сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="z680"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="42" w:name="z283"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, регистрация заявления по оказанию государственной услуги осуществляется следующим рабочим днем.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36. Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда Қазақстан Республикасының еңбек заңнамасына сәйкес, мемлекеттік қызметті көрсету жөніндегі өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і тіркеу келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="96" w:name="z681"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="43" w:name="z284"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 37. Государственной корпорацией сформированные заявления (с пакетом документов при наличии) с двумя экземплярами реестра направляются в организацию основного среднего и общего среднего образования через курьерскую, и (или) почтовую связь согласно графику. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37. Мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорация тізілімнің екі данасымен қалыптастырылған өтініштерді (бар болған жағдайда құжаттар топтамасымен) негізгі орта және жалпы орта білім беру ұйымына кестеге сәйкес курьерлік және (немесе) пошта байланысы арқылы жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="97" w:name="z682"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="44" w:name="z285"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 38. Доставка принятых заявлений с прилагаемыми документами в организацию основного среднего и общего среднего образования осуществляется не менее двух раз в день приема данных заявлений.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 38. Қабылданған өтініштерді қоса берілген құжаттармен бірге негізгі орта және жалпы орта білім беру ұйымына жеткізу осы өтініштерді қабылдаған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үні кемінде екі рет жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="98" w:name="z683"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="45" w:name="z286"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 39. При обращении в Государственную корпорацию день приема документов не входит в срок оказания государственной услуги.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>корпорация</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жүгінген кезде құжаттарды қабылдау күні мемлекеттік қызметтерді көрсету мерзіміне кірмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="99" w:name="z684"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="46" w:name="z287"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 40. Сотрудник организации основного среднего и общего среднего образования осуществляет регистрацию документов в день их поступления.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40. Негізгі орта және жалпы орта бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымының қызметкері құжаттарды түскен күні тіркеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="100" w:name="z685"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="47" w:name="z288"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 41. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 41. Негізгі орта және жалпы орта білім беру ұйымының қызметкерлері 5 (бес) жұмыс күні ішінде қарайды, мемлекеттік </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>Сотрудники организации основного среднего и общего среднего образования в течение 5 (пяти) рабочих дней рассматривают, подготавливают результат государственной услуги и направляют дубликат документа об основном среднем, общем среднем образовании либо мотивированный ответ об отказе в Государственную корпорацию через курьерскую, и (или) почтовую связь не позднее, чем за сутки до истечения срока оказания государственной услуги, а в случае подачи заявления через</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> о готовности дубликата документа об образовании с указанием места получения результата государственной услуги либо мотивированный ответ об отказе.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет нәтижесін дайындайды және негізгі орта, жалпы орта білім туралы құжаттың телнұсқасын не бас тарту туралы дәлелді жауапты Мемлекеттік корпорацияға курьерлік және (немесе) пошта байланысы арқылы мемлекеттік қызмет көрсету мерзімі аяқталғанға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>дейін бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәуліктен кешіктірмей, ал портал арқылы өтініш берген жағдайда мемлекеттік қызмет нәтижесін алу орны көрсетілген білім туралы құжаттың телнұсқасының дайындығы туралы хабарлама не бас тарту туралы дәлелді жауап жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="101" w:name="z686"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="48" w:name="z289"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> места получения результата государственной услуги Государственной корпорации, сотрудники организации основного среднего и общего среднего образования направляют дубликат документа об образовании в Государственную корпорацию через курьерскую, и (или) почтовую связь не позднее, чем за сутки до истечения срока оказания государственной услуги.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42. Көрсетілетін қызметті алушы құжаттарды портал арқылы берген кезде көрсетілетін қызметті алушы Мемлекеттік корпорацияны мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет нәтижесін алу орны ретінде көрсеткен жағдайда, негізгі орта және жалпы орта білім беру ұйымының қызметкерлері білім туралы құжаттың телнұсқасын Мемлекеттік корпорацияға курьерлік және (немесе) пошта байланысы арқылы мемлекеттік қызмет көрсету мерзімі өткенге дейін бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәуліктен кешіктірмей жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="102" w:name="z687"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="49" w:name="z290"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 43. Результатом оказания государственной услуги является выдача дубликата документа об основном среднем, общем среднем образовании. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 43. Мемлекеттік қызмет көрсету нәтижесі – негізгі орта, жалпы орта бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім туралы құжаттардың телнұсқаларын беру болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="103" w:name="z688"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="50" w:name="z291"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 44. В Государственной корпорации выдача готовых документов осуществляется в соответствии с графиком работы Государственной корпорации, на основании расписки, при предъявлении документов, удостоверяющих личность, с отметкой в получении. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44. Мемлекеттік корпорацияда дайын құжаттарды беруді Мемлекеттік корпорацияның жұмыс кестесіне сәйкес, қолхаттың негізінде алу, белгісі бар жеке басын куәландыратын құжаттарды көрсеткен кезде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="104" w:name="z689"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="51" w:name="z292"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...86 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45. Мемлекеттік корпорация мемлекеттік қызмет көрсету нәтижесін бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ай ішінде сақтауды қамтамасыз етеді, содан кейін оны әрі қарай сақтау үшін көрсетілетін қызметті берушіге тапсырады. Көрсетілетін қызметті алушы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ай өткеннен кейін жүгінген жағдайда Мемлекеттік корпорацияның сұрауы бойынша көрсетілетін қызметті беруші көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорацияға дайын құжаттарды жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="105" w:name="z690"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="52" w:name="z293"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> документов в Государственную корпорацию или организацию основного среднего и общего среднего образования или на портал – 15 рабочих дней.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 46. Көрсетілетін қызметті алушы Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>корпорация</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға немесе негізгі орта және жалпы орта білім беру ұйымына немесе порталға құжаттарды тапсырған сәттен бастап жалпы қарау мерзімі – 15 жұмыс күні.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="106" w:name="z691"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="53" w:name="z294"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 47. Көрсетілетін қызметті беруш</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в установленном порядке, согласно подпункту 11) пункта 2 статьи 5 Закона.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і З</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аңның 5-бабының 2-тармағының 11) тармақшасына сәйкес тәртіппен мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызметті көрсету сатысы туралы мәліметтерді енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="107" w:name="z732"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="54" w:name="z295"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="z334"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>услугодателя</w:t>
-[...10 lines deleted...]
-        <w:t>, Государственной корпорации и (или) их работников по вопросам оказания государственных услуг</w:t>
+        <w:t xml:space="preserve"> 4-параграф. Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="108" w:name="z733"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="56" w:name="z335"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...46 lines deleted...]
-        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 86. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>контролю за</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті берушінің басшысының атына Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетт</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға берілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="109" w:name="z734"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="57" w:name="z336"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 87. Мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорация қызметкерінің әрекеттеріне (әрекетсіздігіне) шағым Мемлекеттік корпорация филиалының басшысына Мемлекеттік корпорацияның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>www</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gov</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. интернет-ресурсында көрсетілген мекенжайлар мен телефондар бойынша жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="57"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="110" w:name="z735"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Подтверждением принятия жалобы в Государственную корпорацию, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий номер и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе).</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік корпорацияға қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қол, сондай-ақ поштамен келіп түскен шағымдардың кеңсесінде қабылданғанын растау оны тіркеу болып табылады (мөртаңба, кіріс нөмірі және тіркелген күні шағымның екінші данасына немесе шағымға ілеспе хатқа қойылады).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="111" w:name="z736"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="58" w:name="z337"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> в соответствии с пунктом 2 статьи 25 Закона "О государственных услугах" подлежит рассмотрению:</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 88. Көрсетілетін қызметті алушының шағымын "Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтер туралы" Заңның 25-бабының 2-тармағына сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="58"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="112" w:name="z737"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t>, уполномоченным органом – в течение пяти рабочих дней со дня ее регистрации;</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті беруші, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әкілетті орган – тіркелген күнінен бастап бес жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="113" w:name="z738"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> уполномоченным органом по оценке и </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган – тіркелген күнінен бастап он бес жұмыс күні ішінде қарауға </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>контролю за</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> качеством оказания государственных услуг – в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="114" w:name="z739"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:bookmarkStart w:id="59" w:name="z338"/>
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">, уполномоченным органом, уполномоченным органом по оценке и </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 89. Көрсетілетін қызметті берушінің, уәкілетті органның, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі "Мемлекеттік </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>контролю за</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> качеством оказания государственных услуг в соответствии с пунктом 4  статьи 25 Закона "О государственных услугах" продлевается не более чем на десять рабочих дней в случаях необходимости:</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтер туралы" Заңның 25-бабының 4-тармағына сәйкес қажет болған жағдайда он жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:bookmarkEnd w:id="59"/>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="115" w:name="z740"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="116" w:name="z741"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 2) получения дополнительной информации.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осымша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпарат алу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="117" w:name="z742"/>
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау жөніндегі өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап үш жұмыс күні ішінде шағым берген өтініш берушіге ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы жазбаша нысанда (шағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="118" w:name="z743"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қа жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6498"/>
         <w:gridCol w:w="4305"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="118"/>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A94FC2">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A91F85" w:rsidRPr="00F642EE" w:rsidRDefault="00A91F85" w:rsidP="00A91F85">
+          <w:p w:rsidR="00FB60E4" w:rsidRPr="00FB60E4" w:rsidRDefault="00FB60E4" w:rsidP="00FB60E4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00F642EE" w:rsidRDefault="00A94FC2" w:rsidP="00A91F85">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00FB60E4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F642EE">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F642EE">
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім туралы мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F642EE">
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">үлгідегі құжаттарды </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...6 lines deleted...]
-              <w:t>образовании государственного образца</w:t>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="00A94FC2">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A94FC2">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00F642EE" w:rsidRDefault="00A94FC2" w:rsidP="00A91F85">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00FB60E4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A94FC2">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00F642EE" w:rsidRDefault="00A94FC2" w:rsidP="00F642EE">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00FB60E4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(оқу орнының атауы)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>азамат(ша) ____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Т.А.Ә. (бар болғанда) және</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB60E4" w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖКС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(аяқталу жылы)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F642EE">
-[...23 lines deleted...]
-              <w:t>заведения, в случае изменения</w:t>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу орнының атауы мен</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB60E4" w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы өзгерістер болған</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB60E4" w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="119" w:name="z747"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...115 lines deleted...]
-        <w:t xml:space="preserve"> Заявление</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="120" w:name="z748"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Сізден ________________________________________________________________ (себебін көрсету) ___________________________________________________________ маған аттестаттың (куәліктің) телнұсқасын беруіңізді сұраймын (қажетті құжаттың астын сызу қажет) байланысты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ақпараттық жүйелерде қамтылған "Дербес деректер және оларды қорғау туралы" 2013 жылғы 21 мамырдағы Қазақстан Республикасының Заңымен құпия қорғалатын мәліметтерді қолдануға келісемін.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">______________________________________________________________________________  </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "___" ____________20___ жыл                        ________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...149 lines deleted...]
-        <w:t xml:space="preserve"> Согласе</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>н(</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...66 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10872" w:type="dxa"/>
+        <w:tblW w:w="10854" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="444"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="84"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="3283"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="6704"/>
+        <w:gridCol w:w="66"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283" w:rsidTr="00621F6D">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6577" w:type="dxa"/>
+            <w:tcW w:w="3724" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7130" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="122"/>
-[...44 lines deleted...]
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A91F85">
+          <w:p w:rsidR="00FB60E4" w:rsidRPr="00FB60E4" w:rsidRDefault="00FB60E4" w:rsidP="00FB60E4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00621F6D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00621F6D">
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00FB60E4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім туралы мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00621F6D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00621F6D">
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">үлгідегі құжаттарды </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FB60E4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00621F6D">
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283" w:rsidTr="00621F6D">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="84" w:type="dxa"/>
+          <w:wAfter w:w="66" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10788" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00621F6D">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Стандарт государственная услуга "Выдача дубликатов документов об основном среднем, общем среднем образовании"</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Негізгі орта, жалпы орта білім туралы құжаттардың телнұсқаларын беру" мемлекеттік қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="123"/>
       </w:tr>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283" w:rsidTr="00621F6D">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="84" w:type="dxa"/>
+          <w:wAfter w:w="66" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="444" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00621F6D">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-          </w:p>
-[...56 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="3643" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...17 lines deleted...]
-              <w:t>Организации основного среднего и общего среднего образования</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...14 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="444" w:type="dxa"/>
+            <w:tcW w:w="6704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...16 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Негізгі орта және жалпы орта білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="125"/>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="66" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...87 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="3643" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...177 lines deleted...]
-              <w:t xml:space="preserve"> (далее – портал).</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...14 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="444" w:type="dxa"/>
+            <w:tcW w:w="6704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...16 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) негізгі орта және жалпы орта білім беру ұйымдарының кеңсесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) "</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үкімет" "www.egov.kz веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="127"/>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="66" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="3643" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...81 lines deleted...]
-              <w:t>3) максимально допустимое время обслуживания в Государственной корпорации – 15 минут.</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...14 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="444" w:type="dxa"/>
+            <w:tcW w:w="6704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...16 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті алушы құжаттарды Мемлекеттік корпорацияға немесе негізгі орта және жалпы орта білім беру ұйымына тапсырған сәттен бастап – 15 жұмыс күні.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) Мемлекеттік корпорацияда құжаттарды тапсыру үшін күтудің рұқсат берілетін ең ұзақ уақыты – 15 минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) Мемлекеттік корпорацияда қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты – 15 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="129"/>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="66" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="3643" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...17 lines deleted...]
-              <w:t>Электронная (частично автоматизированная) и (или) бумажная</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...14 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="444" w:type="dxa"/>
+            <w:tcW w:w="6704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...16 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электрондық (ішінара автоматтандырылған) және (немесе) қағаз жүзінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="130"/>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="66" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="3643" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...204 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...14 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="444" w:type="dxa"/>
+            <w:tcW w:w="6704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...16 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Негізгі орта, жалпы орта білім туралы құжаттардың телнұсқасы не мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нәтижесін беру нысаны: қағаз түрінде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік корпорацияда дайын құжаттарды беру жеке басын куәландыратын құжатты (не нотариалды куәландырылған сенімхат бойынша оның өкілінің) көрсеткен кезде жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Портал арқылы жүгінген кезде мемлекеттік қызметті көрсету нәтижесін сұрау салуда көрсетілген Мемлекеттік корпорацияның мекенжайы бойынша алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік корпорация 1 (бір) ай ішінде құжаттарды сақтауды қамтамасыз етеді, одан кейін оларды көрсетілетін қызметті алушыға одан әрі сақтауға береді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушы 1 (бір) ай өткен соң жүгінген кезде Мемлекеттік корпорацияның сұрау салуы бойынша көрсетілетін қызметті алушы 1 (бір) жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорацияға жібіреді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="132"/>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="66" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...37 lines deleted...]
-              <w:t xml:space="preserve">  при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="3643" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...17 lines deleted...]
-              <w:t>Государственная услуга оказывается на бесплатной основе физическим лицам.</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...14 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="444" w:type="dxa"/>
+            <w:tcW w:w="6704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...16 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызмет ақысыз негізде жеке тұлғаларға көрсетіледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="133"/>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="66" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="3643" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...440 lines deleted...]
-              <w:t>: www.egov.kz.</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...14 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="444" w:type="dxa"/>
+            <w:tcW w:w="6704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...17 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті берушіде – Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.00-ге дейін түскі үзіліспен, сағат 9.00-ден 18.00-ге дейін, көрсетілетін қызметті берушінің белгіленген жұмыс кестесіне сәйкес;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) Мемлекеттік корпорация – Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі - сенбі аралығында, жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) порталда – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының 2015 жылғы 23 қарашадағы Еңбек кодексіне сәйкес демалыс және мереке күндерінде жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күнінде жүзеге асырылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ілім және ғылым министрлігінің: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) Мемлекеттік корпорацияның: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) www.egov.kz порталында.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="135"/>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="66" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...17 lines deleted...]
-              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="3643" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...299 lines deleted...]
-              <w:t>, предоставленного оператором сотовой связи, к учетной записи портала.</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Құжаттардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...14 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="444" w:type="dxa"/>
+            <w:tcW w:w="6704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...16 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің кеңсесіне немесе Мемлекеттік корпорацияға жүгінген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) құжатын жоғалтқан немесе бүлдірген білім алушының немесе кәмелет жасқа толмаған баланың ата-анасының (заңды өкілінің) негізгі орта және жалпы орта білім беру ұйымы басшысының атына осы Қағидалардың 1-қосымшасына сәйкес өтініші;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) білім алушының туу туралы куәлігі немесе жеке куәлігі (паспорты) және (немесе) цифрлық құжаттар сервисінен электрондық құжаты (жеке басын сәйкестендіру үшін талап етіледі);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (аты, әкесінің аты (болған жағдайда) өзгерген және білім туралы құжат бүлінген жағдайда білім туралы құжаттың түпнұсқасы қоса беріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке басын куәландыратын құжат туралы мәліметті Мемлекеттік корпорацияның қызметкері "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады және оны көрсетілетін қызметті берушіге жолдайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>порталда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті алушының электронды цифрлық қолтаңбасымен куәландырылған немесе порталдың есептік жазбасына көрсетілетін қызметті алушының ұялы байланыс операторы ұсынған, абоненттік нөмірі қосылған және тіркелген жағдайда, бір рет қолданылатын парольмен куәландырылған электрондық құжат нысанындағы осы Қағидалардың 1-қосымшаға сәйкес негізгі орта және жалпы орта білім беру ұйымының басшысының атына өтініш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="137"/>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="66" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...17 lines deleted...]
-              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="3643" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...80 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...14 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="444" w:type="dxa"/>
+            <w:tcW w:w="6704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...16 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушы құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, Мемлекеттік корпорацияның немесе негізгі орта және жалпы орта білім беру ұйымның қызметкері өтінішті қабылдаудан бас тартады және осы Қағидалардың 4-қосымшасына сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="138"/>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="66" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="3643" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
-[...400 lines deleted...]
-              <w:t>Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсетудің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өз-өзіне қызмет көрсету, өздігінен қозғалу, бағдар жасау қабілетін немесе мүмкіндігін толық немесе жартылай жоғалтқан көрсетілетін қызметті алушылардан 1414, 8 800 080 7777 бірыңғай байланыс орталығы арқылы жүгіну кезінде мемлекеттік қызмет көрсету үшін қажетті құжаттар қабылдауды көрсетілетін қызметті алушының тұратын жеріне бара отырып, Мемлекеттік корпорацияның қызметкері жүргізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Электрондық цифрлық қолтаңба бар болған жағдайда қызмет алушы мемлекеттік қызметті электронды түрде портал арқылы алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі және мәртебесі туралы ақпаратты 1414, 8 800 080 7777 бірыңғай байланыс орталығы арқылы алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің ақпараттық қызметтерінің байланыс телефондары Министрліктің www.edu.gov.kz және бірыңғай байланыс орталығының www.egov.kz интернет-ресурстарында орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283" w:rsidTr="00621F6D">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6577" w:type="dxa"/>
+            <w:tcW w:w="3724" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7130" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00FB60E4" w:rsidRDefault="00FB60E4" w:rsidP="00FB60E4">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...13 lines deleted...]
-              <w:t> </w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00FB60E4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім туралы мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">үлгідегі құжаттарды </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidTr="00FB60E4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4295" w:type="dxa"/>
+            <w:tcW w:w="3724" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00621F6D" w:rsidRDefault="00621F6D" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...57 lines deleted...]
-              <w:t>образовании государственного образца</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6577" w:type="dxa"/>
+            <w:tcW w:w="7130" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00FB60E4">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...46 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="140" w:name="z825"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> № _______</w:t>
+        <w:t xml:space="preserve"> Құжаттардың қабылданғаны туралы қолхат № ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="141" w:name="z826"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">граждан"\организация образования </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы филиалының № __________ бөлімі/ білім беру ұйымы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Получены </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________________________________________ </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>от</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> ______________________________ следующие документы:</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттар алынды: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті алушының Т.А.Ә. (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">1. Заявление </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">2. Другие __________________________________________________________ </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. Басқа _____________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">___________________________________________________________________ </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">___________________________________________________________________ </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t>_____________________________________________________ _____________</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Мемлекеттік корпорация қызметкерінің/ білім беру ұйымы қызметкерінің Т.А.Ә. (бар болған жағдайда) ______________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A94FC2">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> (подпись) </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">работника Государственной корпорации) \ работника организации образования </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Алдым: көрсетілетін қызметті алушының ______________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      20 ___ ж. "___" ______________</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6498"/>
-        <w:gridCol w:w="4305"/>
+        <w:gridCol w:w="6511"/>
+        <w:gridCol w:w="4292"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00FB60E4">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A94FC2">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00621F6D" w:rsidRPr="00621F6D" w:rsidRDefault="00621F6D" w:rsidP="00621F6D">
+          <w:p w:rsidR="00FB60E4" w:rsidRPr="00FB60E4" w:rsidRDefault="00FB60E4" w:rsidP="00FB60E4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00621F6D">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00FB60E4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00621F6D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00621F6D">
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім туралы мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00621F6D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00621F6D">
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">үлгідегі құжаттарды </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FB60E4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00621F6D">
-[...6 lines deleted...]
-              <w:t>образовании государственного образца</w:t>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="00A94FC2">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A94FC2">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00621F6D">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00FB60E4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963BBD" w:rsidRPr="008F6283">
+      <w:tr w:rsidR="00982DA3" w:rsidRPr="00C22263">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A94FC2">
+            <w:r w:rsidRPr="00C22263">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00963BBD" w:rsidRPr="00621F6D" w:rsidRDefault="00A94FC2" w:rsidP="00621F6D">
+          <w:p w:rsidR="00982DA3" w:rsidRPr="00FB60E4" w:rsidRDefault="00C22263" w:rsidP="00FB60E4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...16 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB60E4" w:rsidRPr="00326B0F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00621F6D">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе көрсетілетін қызметті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00621F6D">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушы ұйымының атауы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00621F6D">
-[...28 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(көрсетілетін қызмет алушының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FB60E4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="142" w:name="z830"/>
-      <w:r w:rsidRPr="00A94FC2">
+      <w:r w:rsidRPr="00C22263">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тартылғаны туралы қолхат</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="143" w:name="z831"/>
-[...37 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 20-бабының 2-тармағын басшылыққа ала отырып, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы филиалының № бөлімі (мекенжайын көрсету)/білім беру ұйымы ___________________________________ (мекенжайы көрсетілсін) Сіздің (атауы) мемлекеттік көрсетілетін қызмет стандартында көзделген тізбеге сәйкес _________ толық құжаттар топтамасын ұсынбауыңызға байланысты мемлекеттік қызмет көрсету үшін құжаттарды қабылдаудан бас тартады, атап айтқанда:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="144" w:name="z832"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> Наименование отсутствующих документов:</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Жоқ құжаттардың атауы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="145" w:name="z833"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> 1)________________________________________;</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) ____________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="146" w:name="z834"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 2)________________________________________;</w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) ____________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="147" w:name="z835"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны. </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________;....</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="148" w:name="z836"/>
-[...17 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осы қолхат әр тарапқа бір-бірден 2 данада жасалды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="149" w:name="z837"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> Исполнитель: Ф. И. О. (при его наличии) _____________ </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік корпорация қызметкерінің/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="150" w:name="z838"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> Телефон __________ </w:t>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымы қызметкерінің </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidRDefault="00A94FC2" w:rsidP="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="151" w:name="z839"/>
-[...38 lines deleted...]
-      <w:bookmarkEnd w:id="151"/>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Т.А.Ә. (бар болған жағдайда) ______________ (қолы)</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00963BBD" w:rsidRPr="00A94FC2" w:rsidSect="00A94FC2">
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Орындаушының Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Телефоны __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Алдым: Т.А.Ә. (бар болған жағдайда)/көрсетілетін қызметті алушының қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidRDefault="00C22263" w:rsidP="00C22263">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22263">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      20 ___ ж. "___" ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00982DA3" w:rsidRPr="00C22263" w:rsidSect="00C22263">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00963BBD"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00F642EE"/>
+    <w:rsidRoot w:val="00982DA3"/>
+    <w:rsid w:val="00326B0F"/>
+    <w:rsid w:val="00982DA3"/>
+    <w:rsid w:val="00A95AAD"/>
+    <w:rsid w:val="00C22263"/>
+    <w:rsid w:val="00F009AB"/>
+    <w:rsid w:val="00FA540F"/>
+    <w:rsid w:val="00FB60E4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -34635,152 +26528,152 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00963BBD"/>
+    <w:rsid w:val="00982DA3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00963BBD"/>
+    <w:rsid w:val="00982DA3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00963BBD"/>
+    <w:rsid w:val="00982DA3"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="00963BBD"/>
+    <w:rsid w:val="00982DA3"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A94FC2"/>
+    <w:rsid w:val="00C22263"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A94FC2"/>
+    <w:rsid w:val="00C22263"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -35022,85 +26915,69 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>48570</Characters>
+  <Pages>17</Pages>
+  <Words>8345</Words>
+  <Characters>47570</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>404</Lines>
-  <Paragraphs>113</Paragraphs>
+  <Lines>396</Lines>
+  <Paragraphs>111</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>56978</CharactersWithSpaces>
+  <CharactersWithSpaces>55804</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>