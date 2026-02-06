--- v0 (2025-10-19)
+++ v1 (2026-02-06)
@@ -1,12806 +1,14005 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00876BB7">
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36BEBBA5" wp14:editId="4E3167A8">
-            <wp:extent cx="1567543" cy="435428"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3050EEB7" wp14:editId="2BE2BABF">
+            <wp:extent cx="1606732" cy="446315"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1562582" cy="434050"/>
+                      <a:ext cx="1612771" cy="447993"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00876BB7">
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...32 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 12 қазандағы №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 564 бұйрығы.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 16 қазанда № 17553 болып тіркелді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Білім туралы" Қазақстан Республикасы Заңының 5-бабы 29) тармақшасына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Кіріспе жаңа редакцияда - ҚР Оқу-ағарт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у министрінің 07.08.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Қоса беріліп отырған Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>іске асыратын білім беру ұйымдарына қабылдаудың үлгілік қағидалары бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім департаменті (Ш.Т. Каринова) заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>қтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z5"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның көшірмесін қағаз және электронды түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z6"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрық ресми жарияланғаннан кейін оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z7"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>армақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z8"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі Э.А. Суханбердиеваға жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z9"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...312 lines deleted...]
-        <w:t>Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10221" w:type="dxa"/>
+        <w:tblW w:w="10505" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="260"/>
-        <w:gridCol w:w="2181"/>
+        <w:gridCol w:w="2465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="8"/>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00876BB7">
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00876BB7">
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7" w:rsidP="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="009263DA">
             <w:pPr>
               <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00876BB7">
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім және ғылым министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2181" w:type="dxa"/>
+            <w:tcW w:w="2465" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="0"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00876BB7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>Е. Сагадиев</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Е. Сағадиев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2441" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...31 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2018 жылғы 12 қазандағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...17 lines deleted...]
-              <w:t>от 12 октября 2018 года № 564</w:t>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ 564 бұйрығына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z11"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00876BB7">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z12"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Осы Бастауыш, негізгі орта және жалпы орта, білімнің жалпы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидалары (бұдан әрі – Үлгілік қағидалар) "Білім туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 5-бабы 29) тармақшасына және "Мемлекеттік көрсетілет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 10-бабының 1) тармақшасына сәйкес әзірленді және бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына (бұдан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>әрі - білім беру ұйымдары) оқуға қабылдаудың тәртібін, сондай-ақ "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттар қабылдау және оқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>уға қабылдау" және "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" мемлекеттік көрсетілетін қызметтер тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 1-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 07.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">08.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z13"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Білім беру ұйымдары оқуға қабылдауды Қазақстан Республикасының Конституциясына, Заңға, осы Қағидаларға, өзге де нормативтік құқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ықтық актілерге, сондай-ақ олардың негізінде әзірленген білім беру ұйымдарының жарғыларына сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z14"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Білім алушылардың қатарына қабылдау білім беру ұйымы басшысының бұйрығы негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z15"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Сыныптарды білім алушылардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>даярлық деңгейі және даму дәрежесі бойынша жасақтауға рұқсат етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z16"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5. Білім беру ұйымдарына білім алушыларды қабылдау кезінде білім беру ұйымдарының басшылары Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардығы № 93 бұй</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>рығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13227 болып тіркелген) бекітілген білім беру қызметтерін көрсетудің үлгілік шартына сәйкес білім беру қызметтерін көрсету үшін балалардың немесе білім алушылардың ата-аналарымен немес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>е өзге де заңды өкілдерімен шарт жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Алынып тасталды - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z18"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Баланың немесе білім </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>алушының ата-аналары немесе өзге де заңды өкілдері баланың немесе білім алушының тілегі, жеке бейімділігі мен ерекшеліктерін ескере отырып және қабылдау шарттарына сәйкес білім беру ұйымдарын таңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 7-тармақ жаңа редакцияда - ҚР Білім жән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z19"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      8. Білім беру ұйымына оқуға қабылдаудан бас тартылған жағдайда білім алушының ата-анасы немесе өзге заңды ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кілдері тұрғылықты жері бойынша білім беруді басқарудың жергілікті органдарына жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z20"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2-бөлім.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z21"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      9. Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>астауыш білімнің жалпы оқу бағдарламаларын іске асыратын білім беру ұйымдары дайындық деңгейіне қарамастан, білім беру ұйымы қызмет көрсететін аумақта тұратын барлық балалардың қолжетімділігін қамтамасыз ете отырып, алты жастағы және күнтізбелік жылда алты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жасқа толатын балаларды бірінші сыныпқа қабылдауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымына қызмет ету аумағы республикалық маңызы бар қалалардың, астананың, аудандардың (облыстық маңызы бар қалалардың) білім беруді басқару органдарының бұйрығымен бекіт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>іледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 9-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z55"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      9-1. "Бастауыш, негізгі орта, жалпы орта білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызметін (бұдан әрі - мемлекеттік көрсетілетін қызмет) алу үшін құжаттарды қаб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ылдау және мемлекеттік қызмет көрсету нәтижесін беру "электрондық үкімет" веб-порталы (бұдан әрі – портал) және бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арқылы (бұдан әрі - көрсетілетін қызметті беруші) қағаз тасығышта жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметті алу үшін баланың ата-аналары немесе өзге заңды өкілдері (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге осы Қағидаларға 1-қосымшаға сәйкес бекітілген мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>збесіне (бұдан әрі – Тізбе) сәйкес құжаттар ұсынады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер осы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Қағидаларға 1-қосымшаға сәйкес көрсетілген.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидаларға өзгерістер және (немесе) толықтырулар енгізілген кезде білім беру саласындағы уәкілетті орган нормативтік құқықтық акті мемлекеттік тіркелгеннен кейін үш жұмыс күні ішінде енгізілген өзгерістер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мен (немесе) толықтырулар туралы ақпаратты "электрондық үкімет" ақпараттық- коммуникациялық инфрақұрылымының операторына және көрсетілетін қызметті берушіге, сондай-ақ Бірыңғай байланыс орталығына жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 9-1-тармақпен толықтырылды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 04.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>к он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z54"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9-2. Бастауыш білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарының бірінші сыныбына қабылданатын баланың ата-аналарынан немесе өзге де заңды өкілдерінен құжатт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>арды қабылдау ағымдағы күнтізбелік жылдың 1 сәуірі мен 31 тамызы аралығында жүзеге асырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 9-2-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кен соң </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">қолданысқа енгізіледі); жаңа редакцияда – ҚР Оқу-ағарту министрінің 30.01.2024 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z53"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9-3. Портал арқылы жүгінген көрсетілетін қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызмет нәтижесінің алу күні мен уақытын көрсете отырып, мемлекеттік қызметті көрсету үшін өтінімнің қабылданғаны туралы хабарлама (құжаттарды қабылдау не дәлелді бас тарту) жіберіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ида 9-3-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z52"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      9-4. Портал арқылы жүгінген кезде көрсетілетін қызметті алушын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ың "жеке кабинетіне" бір жұмыс күні ішінде көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасымен (бұдан әрі - ЭЦҚ) қол қойылған электрондық құжат нысанында баланың ағымдағы жылдың 1 қыркүйегінен бастап білім беру ұйымына қа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>былданатыны туралы хабарлама не болмаса дәлелді бас тарту келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 9-4-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізілед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>і) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z51"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      9-5. Көрсетілетін қызметті беруші оқуға қабылдау кезінде ағымдағы жылғы 1 қыркүйектен бастап білім беру ұйымының қызмет көрсету аумағынан көрсетілетін қызметті алушыларға өтініш берген бірінші үшеуге оқуға қабылданғаны туралы, содан с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>оң - ағымдағы жылғы 1 қыркүйектен бастап бірінші болып тіркелгендердің ішінен білім беру ұйымының қызмет көрсету аумағынан тыс 1 (бір) үміткерге оқуға қабылданғаны туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 9-5-тармақпен толықтырылды - ҚР Білім және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z50"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9-6. Көрсетілетін қызметті беруші арқылы өтінімді қағаз жеткізгіште берген кезде көрсетілетін қызметті беруш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>інің қызметкері құжаттарды тіркейді және бір жұмыс күні ішінде көрсетілетін қызметті алушыға Үлгілік қағидаларға 1-қосымшаға сәйкес нысан бойынша баланың ағымдағы жылғы 1 қыркүйектен бастап қабылданатыны немесе дәлелді бас тарту туралы қолхат береді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтінімді қағаз жеткізгіште берген жағдайда, көрсетілетін қызметті беруші баланы қабылдаған кезде ағымдағы жылғы 1 қыркүйектен бастап білім беру ұйымының қызмет көрсету аумағынан көрсетілетін қызметті алушыға өтініш берген бірінші үшеуін қабылдау туралы, с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>одан кейін - ағымдағы жылғы 1 қыркүйектен бастап бірінші болып тіркелгендердің ішінен білім беру ұйымының қызмет көрсету аумағынан тыс 1 (бір) үміткерге қабылдау туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымы бірінші сыныпқа қабылдау туралы бұйрықты ағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мдағы жылғы 25 тамыздан кейін шығарады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 9-6-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z93"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9-7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балаларды гимназиялар мен лицейлердің бірінші сыныбына қабылдау үшін білім беру ұйымдары мерзімдері, нысандары мен тапсырмалары күнтізбелік жылғы 15 маусымға дейін дербес белгілейтін емтихандар өткізеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 9-7-тармақпен толықтырылды - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z29"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10. Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жаттарды қабылдау осы Үлгілік қағидаларға 2-қосымшаға сәйкес "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" мемлекеттік көрсетілетін қызметіне сәйкес портал немесе көрсетілетін қызметті беруші </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы қағаз жеткізгіште жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 10-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 30.01.2024 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z56"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>10-1. "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" мемлекеттік көрсетілетін қызметін алу үшін көрсетілетін қызметті алушы Үлгілік қағидаларға 2-қосымшада бекітілген мемлекеттік қызметін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетуге қойылатын негізгі талаптар тізбесіне сәйкес портал немесе қағаз тасығыш арқылы тапсырады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      Қағидаларға өзгерістер мен (немесе) толықтырулар енгізілген кезде білім беру саласындағы уәкілетті орган нормативтік құқықтық акті мемлекеттік тіркел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>геннен кейін үш жұмыс күні ішінде енгізілген өзгерістер мен (немесе) толықтырулар туралы ақпаратты "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымының операторына және көрсетілетін қызметті берушіге, сондай-ақ Бірыңғай байланыс орталығына жолд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>айды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 10-1-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 04.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z57"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      10-2. Портал арқылы жүгінген жағдайда, көрсетілетін қызметті алушының "жеке кабинетіне" бір ұйымнан екінші білім беру ұйымына ауысуы тур</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>алы тегі, аты, әкесінің аты (болған жағдайда), туған күні, сыныбы, тілі және мектебі (телефон, пошталық мекен-жай, электрондық пошта мекен-жайы (ресми интернет-ресурс), мемлекеттік көрсетілетін қызметтен бас тарту кезінде - бас тарту себептерін көрсете оты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>рып, дәлелді бас тарту туралы көрсетілген қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасымен (бұдан әрі - ЭЦҚ) қол қойылған хабарлама келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 10-2-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>зіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z58"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>10-3. Көрсетілетін қызметті алушыдан қағаз жеткізгіште құжаттарды қабылдау кезінде көрсетілетін қызметті беруші келетін ұйымға ұсыну үшін тегі, аты, әкесінің аты (болған жағдайда), туған күні, сыныбы, оқыту тілі және мектебі (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телефон, пошталық мекен-жай, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>электрондық пошта мекен-жайы (ресми интернет-ресурс) көрсетілген келу туралы есептен шығару талонын береді немесе дәлелді бас тартады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 10-3-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>іледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z59"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      10-4. Көрсетілетін қызметті қағаз жеткізгіште алған жағдайда білім алушы келетін көрсетілетін қызметті беруші басқа білім беру ұйымына келу туралы тегі, аты, әкесінің аты (болған жағдайда), туған күні, оқу сыныбы, білім беру ұй</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ымының мекенжайы, телефоны, электрондық мекенжайы (ресми интернет-ресурс) көрсетілген есептен шығару талонын ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 10-4-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z60"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-5. Оқуға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">келгені туралы есептен шығару талонының түпнұсқасы (құжаттар басқа орта білім беру ұйымына келгені туралы есептен шығару талонының түпнұсқасын ұсынғаннан кейін беріледі) білім алушы кететін орта білім беру ұйымынан құжаттарды (білім алушының жеке ісі) алу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>үшін ұсынылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Келу туралы сырттай куәліктің түпнұсқасы (құжаттар басқа орта білім беру ұйымына келу туралы сырттай куәліктің түпнұсқасын ұсынғаннан кейін беріледі) білім алушы құжаттарды (білім алушының жеке ісі) алуға кететін орта білім беру ұйымы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдары білім алушыны орта білім беру ұйымына/ұйымынан қабылдау/ шығару туралы бұйрықтар шығарады және салыстыру жүргізеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 10-5-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>йрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z61"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>10-6. Сынып жиынтығы шамадын тыс толуы және осы Қағидаларда белгіленген өтінім беру мерзімдері сақталмаған жағдайда, көрсетілетін қызметті беруші өтінімді қабылдаудан бас тартады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 10-6-тармақпен толықтырылды - ҚР Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z62"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>10-7. Көрсетілетін қызметті беруші Заңның 5-бабы 2-тармағының 11) тармақшасына сәйкес тәртіппен мемлекеттік қызметтерді көрсетуді мониторингілеу ақпараттық жүйесіне мемлекеттік қызмет көрсет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>у сатысы туралы мәліметтерді енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 10-7-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қолданысқа енгізіледі) бұйрығ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z31"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      11. Білім алушыларды бастауыш және негізгі орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарының екінші, үшінші, төртінші, бесінші, алтыншы, жетінші, сегізінші, тоғызыншы сыныптарына қабылдау білім беру ұйы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мының қызмет көрсету аумағында тұратын білім алушылардың қолжетімділігін қамтамасыз ете отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z101"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       11-1. Шетелдіктерді және азаматтығы жоқ тұлғаларды білім беру ұйымына қабылдау тәртібі және үміткердің білім деңдейін айқындау Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республикасы Білім және ғылым министрінің 2010 жылғы 28 қыркүйектегі № 468 бұйрығымен бекітілген Қазақстан Республикасында тұрақты тұратын шетелдіктердің және азаматтығы жоқ тұлғалардың мектепалды, бастауыш, негізгі орта және жалпы орта білім алу ережесім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6573 болып тіркелді) реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 11-1-тармақпен толықтырылды - ҚР Оқу-ағарту министрінің 04.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z32"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      12. Жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарының оныншы, он бірінші (он екінші) сыныптарына білім алушыларды қабылдау білім беру ұйымының қызмет көрсету а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>умағында тұратын білім алушылардың қолжетімділігін қамтамасыз ете отырып және білім алушының жеке өтініші не олардың ата-аналарының немесе өзге де заңды өкілдерінің өтініші, сондай-ақ негізгі орта білім туралы мемлекеттік үлгідегі құжатының негізінде жүзег</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>е асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініштер күнтізбелік жылдың 31 тамызына дейін қабылданады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 12-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 30.01.2024 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z33"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      13. Білім алушыларды гимназиялардың, лицейлердің оныншы, он бірінші сыныптарына қабылдау гимназияның, лицейдің жарғысына сәйкес аталған білім беру ұйымдары түрлерінің қызмет көрсету аумағы ескерілместен білім алушының жеке өтінішінің не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> олардың ата-аналарының немесе өзге де заңды өкілдерінің өтініші және негізгі орта білім туралы мемлекеттік үлгідегі құжаты негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z34"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      14. Гимназиялар және лицейлер білім беру ұйымдарының қызмет көрсету аумағында тұратын білім алушыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ардың қолжетімділігін қамтамасыз ете отырып, Қазақстан Республикасының мемлекеттік жалпыға міндетті білім беру стандарттарында айқындалған міндетті білім көлемін алуын қамтамасыз ету үшін жалпы білім беретін сыныптарды қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z35"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       15. Маманданды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рылған білім беру ұйымдарына оқуға қабылдау конкурстық негізде жүргізіледі (бұдан әрі-конкурс). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Мамандандырылған білім беру ұйымы өзінің интернет-ресурсында конкурстық іріктеуді жүргізу кезінде сынып-жинақтарды қалыптастыруды жүзеге асыруға мүмкінді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>к беретін квотаны орналастырады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 15-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z36"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      16. Мамандандырылға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>н білім беру ұйымына оқуға түсуге баланың ата-анасынан немесе өзге де заңды өкілінен конкурсқа қатысу үшін құжаттарды қабылдау ағымдағы күнтізбелік жылдың 1 ақпанынан бастап 15 сәуір аралығында жүргізіледі, қосымша мерзімдерді Қазақстан Республикасының біл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ім беру саласындағы уәкілетті орган белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 16-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z37"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      17. Мамандандырылған білім беру ұйымы б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">асшысының бұйрығымен құжаттарды қабылдау үшін жауапты тұлға тағайындалады. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Жауапты тұлға конкурсқа қатысуға үміткерлердің электрондық базасын құруға (мамандандырылған білім беру ұйымының атауы, аты-жөні, ЖСН, сыныбы, оқыту тілі, электрондық мекен-жайы, дип</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ломдарының көшірмелері (бар болса) жауапты болады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 17-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z42"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>8. Конкурсқа қатысу үшін баланың ата-анасы немесе өзге де заңды өкілі белгіленген мерзімде мамандандырылған білім беру ұйымының интернет-ресурсында тіркеуден өтеді немесе мамандандырылған білім беру ұйымының жауапты адамына мынадай құжаттарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>аның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-анасынан немесе өзге де заңды өкілінен өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      2) ЖСН көрсете отырып, баланың туу туралы куәлігінің көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электрондық мекенжайын көрсете отырып, оқу орнынан ұйымның мөрімен расталған фотосуреті бар анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>4) б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t>аланың 3х4 көлеміндегі 2 дана фотосуретін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z17"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> 5) халықтың әлеуметтік осал топтарына жататынын растайтын құжаттардың көшірмелерін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ақпараттық жүйе болған кезде осы тармақта көрсетілген құжаттар электрондық форматта ұсынылады. Ақпараттық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүйе болмаған жағдайда сканерленген құжаттар электрондық </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жіберіледі немесе қағаз нұсқасында мамандандырылған білім беру ұйымның кеңсесіне ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ескерту. 18-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқы р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>есми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z98"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18-1. Қабылданатын білім алушылардың жалпы санынан 15% мөлшерінде і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іктелетін халықтың әлеуметтік осал топтарына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атаулы әлеуметтік көмек алатын ауылдық жерден шыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>н отбасының балалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ата-аналарының</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біреуі бірінші топтағы мүгедектігі бар отбасының балалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үгедек баласы бар немесе оны тәрбиелеп отырған отбасылар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Настоящие Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего, образования (далее </w:t>
+        <w:t xml:space="preserve"> жетім балалар мен ата-анасының қамқорлығынсыз қ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>–Т</w:t>
+        <w:t>ал</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">иповые правила) разработаны в соответствии с подпунктом 29) статьи 5 Закона Республики Казахстан "Об образовании" (далее – Закон) и подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", которые определяют порядок приема на обучение в </w:t>
+        <w:t>ған балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отбасыларда тұр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атын жет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м балалар, ата-анасының қамқорлығынсыз қ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего, образования (далее – организации образования), а также порядок оказания государственных услуг "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования" и "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования".</w:t>
+        <w:t>ал</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...4 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>ған балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сноска. Пункт 1 - в редакции приказа Министра просвещения РК от 07.08.2023 </w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> төтенше жағдайлар салдарынан шұғыл көмекке мұқтаж отбасылардан шыққан балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>№ 248</w:t>
-[...3 lines deleted...]
-          <w:color w:val="FF0000"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> экологиялық зілзалалар, табиғи және техногендік сипаттағы төтенше жағдай салдарынан тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ғын үйінен айы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рылған отбасыларының;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.</w:t>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> мемлекеттік немесе қоғамдық міндеттерді, әскери қызметті атқарған кезінде, ғарыш кеңі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Организации образования осуществляют прием на обучение в соответствии с Конституцией Республики Казахстан, Законом, настоящими Правилами, иными нормативными правовыми актами, а также разработанными на их основе уставами организаций образования.</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>ігіне ұшуға дайындалу немесе жүзеге асыру кезінде қаза тапқан (қайтыс болған) адамдардың отбасыларының балалары жатады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Зачисление в число </w:t>
-[...1842 lines deleted...]
-          <w:color w:val="FF0000"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 11-1 в соответствии с приказом Министра просвещения РК от 04.04.2023 </w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Ескерту. Қағида </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>№ 84</w:t>
-[...3 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>18-1-тармақпен толықтырылды - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования).</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z43"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 12. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>19. Конкурсқа қатысу туралы өтінішті белгіленген мерзімнен кеш беру немесе құжаттар топтамасын толық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсынбау құжаттарды қабылдаудан бас тарту үшін негіз бола алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 19-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z44"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      20. Құжаттарды қабылдау аяқталғаннан кейін 2 жұмыс күні ішінде әрбір мамандандырылған білім беру ұйымының жауапты адамы конкурсқа қатысу үшін білім алушының электрондық базасын тест материалдарын әзірлеу үшін "Дарын" орталығына тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 20-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z45"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      21. "Дарын" орталығы басшысының бұйрығымен үміткерлердің электрондық базасымен жұмыс істеуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>е жауапты тұлға анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 21-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z46"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      22. "Дарын" орталығы оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ға қабылдау үшін конкурсты ұйымдастыру және өткізу үшін конкурстық комиссия құрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 22-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z47"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      23. Конкурстық комиссияның құрамына конкурстық комиссияның төрағасы, Қазақстан Республикасы Білім және ғылым министрлігі Білім және ғылым саласындағы сапаны қамтамасыз ету комитетінің өңірлік органдарының, "Дарын" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>орталығының оқу-әдістемелік кеңесінің, арнайы мониторингтік топтар қызметкерлері, білім беру саласындағы қоғамдық ұйымдар өкілдері кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 23-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>н күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Прием обучающихся в десятые, одиннадцатые (двенадцатые) классы организаций образования, реализующих общеобразовательные учебные программы общего среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования, и на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей, а также наличия документа государственного образца об основном среднем образовании.</w:t>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z48"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Конкурстық комиссияның төрағасы Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...4 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">үшелерінің арасынан сайланады. Комиссия мүшелерінің саны тақ санды құрауы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, бірақ жеті адамнан кем болмауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Прием заявлений производится до 31 августа календарного года.</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>Ескерту. 24-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z49"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сноска. Пункт 12 - в редакции приказа Министра просвещения РК от 30.01.2024 </w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>25. Мамандандырылған білім беру ұйымы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      1) "Мың бала"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ауыл мектептерінің ұлттық зияткерлік олимпиада жеңімпаздары үшін 7-сыныпқа қабылданатын білім алушылардың жалпы санынан 10% мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) осы Қағидалардың 18-1) тармағында көрсетілген халықтың әлеуметтік осал топтары үшін 5, 6, 7, 8 және 10-сыныпта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>рға қабылданатын білім алушылардың жалпы санынан 15% мөлшерінде квоталарды бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 25-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z99"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>25-1. Осы Қағидаларға 25-тармақта көрсетілген 5, 6, 7, 8 және 10-сыныптарға қабылданатын білім алушылар жергілікті атқарушы өкілді органдардың және/немесе меншік нысанындағы барлық білім беру ұйымдарының басқару органының шешімі бойынша бюджет қаража</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ты есебінен тамақпен қамтамасыз етіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 25-1-тармақпен толықтырылды - ҚР Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z100"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>25-2. Құжаттарды қабылдау аяқталғанна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>н кейін конкурстық комиссия ұсынылған құжаттардың іріктеу өлшемшарттарға сәйкестігін тексереді және растайтын құжаттардың түпнұсқаларын қосымша сұратады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 25-2-тармақпен толықтырылды - ҚР Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z63"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      26. Мамандандырылған білім беру ұйымдарына іріктеу жүргізу үшін конкурстық материалдарды "Дарын" орталығының оқу-әдістемелік кеңесі әзірлейді және бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z64"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      27. Конкурс 15 мамыр – 15 маусым аралығындағы кезеңде апта сайын әрб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ір сенбі-жексенбі күндері өтеді. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Қосымша мерзімдерді Қазақстан Республикасының білім беру саласындағы уәкілетті орган келесі оқу жылы басталғанға дейін белгілейді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 27-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z65"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      28. Конк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>урстық іріктеуді өткізу кестесі мамандандырылған білім беру ұйымдарының және "Дарын" орталығының интернет-ресурстарында конкурс басталғанға дейін 10 жұмыс күні бұрын орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 28-тармақпен толықтырылды - ҚР Білім және ғылым мин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">истрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>№ 16</w:t>
-[...3 lines deleted...]
-          <w:color w:val="FF0000"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z66"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t>29. Конкурс оффлайн режимінде (тестілеу форматында) өтеді. Конкурсты электрондық форматта өткізу үшін оператор мамандандырылған бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымдарымен келіседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 13. Прием обучающихся в десятые, одиннадцатые классы гимназий, лицеев осуществляется в соответствии с уставом гимназии, лицея на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа государственного образца об основном среднем образовании без учета </w:t>
+        <w:t xml:space="preserve"> Ескерту. Қағида 29-тармақпен толықтырылды - Қ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>территории обслуживания данных видов организаций образования</w:t>
+        <w:t>Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> Білім және ғылым министрінің 24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 14.</w:t>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Гимназии и лицеи формируют общеобразовательные классы для обеспечения получения обязательного объема знаний, определенных государственными общеобязательными стандартами образования Республики Казахстан, с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 15. Прием на обучение в специализированные организации образования производится на конкурсной основе (далее-конкурс). </w:t>
-[...973 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
-[...152 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z67"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1) в размере 10% от общего количества обучающихся, принимаемых в 7 классы, для победителей национальной интеллектуальной олимпиады из сельских школ "</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>30. Конкурсты өткізу үшін тест материалдарын "Дарын" орталығының қызметкерлері конкурс басталғанға дейін бір күн бұрын мамандандырылған білім беру ұйымдарына қағаз түрінде (пломбаланған) жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00876BB7">
-[...3 lines deleted...]
-        <w:t>M</w:t>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 30-тармақпен толықтырылды - ҚР Білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z68"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      31. Конкурс әрбір өңірде жергілікті атқарушы органдармен келісім бойынша "Дарын" орталығы алдын ала айқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ындайтын мамандандырылған білім беру ұйымының базасында өтеді. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Үміткерлер арасында конкурс және қорытынды шығару әрбір мамандандырылған білім беру ұйымы бөлінісінде өткізіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 30-тармақпен толықтырылды - ҚР Білім және ғылым министрін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z69"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      32. Білім алушыларды мамандандырылған білім беру ұйымдарына қабылдаудың ашықтығын қамтамасыз ету үшін ғимаратқа, аудиторияға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және конкурстық іріктеу алаңына енгізу үшін қолданылатын бейнебақылау және дыбыс жазу жүйесі орнатылады. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Мамандандырылған білім беру ұйымы конкурсты өткізу үшін техникалық жабдықтармен жарақтандырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 32-тармақпен толықтырылды - ҚР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z70"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      33. Оқуға түсушілерге арналған тестілеу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      1) 7-сыныпқа арналған тестілеу мынадай пәндер бойы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>нша 75 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>математика</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және логика - 55 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сауаттылығы - 10 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы - 10 сұрақ.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      2) 6-сыныпқа арналған тестілеу мынадай пәндер бойынша 60 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>математика</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және логика - 35 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сауаттылығы - 15 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы - 10 сұрақ.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      3) 5-сыныпқа арналған тестілеу мынадай пәндер бойынша 40 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>математика</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және логика - 30 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сауаттылығы - 10 сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) 10-сыныпқа арналған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>тестілеу мынадай пәндер бойынша 95 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>математика</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және логика - 60 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сауаттылығы – 10 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы - 25 сұрақ.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 33-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z71"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      34. Тестіл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>еуге бөлінген уақыт 7 сыныпта – 120 минут, 6 сыныпта – 90 минут, 5 сыныпта – 60 минут, 10 сыныпта – 180 минут (тест материалдарын тарату, Жауап парағының бөлімдерін толтыру, сондай-ақ түсіндіру жұмыстарының уақыты көрсетілген уақытқа кірмейді).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ту. Қағида 34-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқы ресм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>и жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z72"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      35. Тестілеудің қорытынды нәтижелерін есептеу кезінде дұрыс жауаптар саны "4" (төрт) коэффициентіне көбейтіледі, ал бір дұрыс емес жауап "-1" коэффициентіне көбейтіледі. Осылайша, жал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пы қорытынды есептеледі (4* дұрыс жауап + </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>( -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) * дұрыс емес жауап= жалпы қорытынды балл).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 35-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z73"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      36. Нәтижелерді өңдеуді Конкурстық комиссия жауап парақтарын сканерлеу арқылы жүргізеді, нәтижелерді алу "Дарын" орталығының бірыңғай тексеру жүйесі арқылы қамтамасыз етіледі. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Сұрақ-кітапшасы қарастырылмайды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 36-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z74"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      37. Конкурстық іріктеу нәтижелері бойынша апел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ляция жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 37-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z75"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      38. "Дарын" орталығы, об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>лыстық, Астана, Алматы, Шымкент қалаларының білім басқармалары өткізетін республикалық олимпиадаларға қатысу туралы дипломның облыстық кезеңінің жеңімпаздары мен жүлдегерлері бірдей балл жинаған жағдайда мамандандырылған білім беру ұйымына қабылдау кезінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басымдыққа ие болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 38-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нің 07.08.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z76"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      39. "Білім-инновация лицейді" қоспағанда, мамандандырылған білім беру ұйымдарына оқуға түсушілерге конкурстық іріктеу бі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р турда (тестілеу) өткізіледі. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>"Білім-инновация" лицейіне конкурстық іріктеу және қабылдау "Білім-Инновация" халықаралық қоғамдық қоры белгілеген тәртіппен жүргізіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 39-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z77"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       40. Мамандандырылған білім беру ұйымына оқуға үміткерлерді, оның ішінде осы Қағидалардың 25-тармағының 2) тармақшасында көрсетілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дерді қабылдау мамандандырылған білім беру ұйымының бөлінісінде бос орындарға сәйкес баллдардың ең көп санына қарай жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 40-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жариялан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z78"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      41. Үміткерлерді конкурстық іріктеудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қорытындылары конкурстық комиссияның хаттамасымен ресімделеді және "Дарын" орталығының және мамандандырылған білім беру ұйымының интернет-ресурстарында конкурстық іріктеу өткізілгеннен кейінгі келесі күннен кешіктірмей орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да 41-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z79"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      42. Конкурс қорытындысы бойынша мамандандырылған білім беру ұйым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ының басшысы конкурстық іріктеуден өткен үміткерлерді оқу жылының басталуына дейін мамандандырылған білім беру ұйымына қабылдау туралы бұйрық шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 42-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 № 350 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z80"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      43. Конкурстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссия негізгі бос орындарға кірмеген конкурс үміткерлерінің қатарынан санды кеміту тәртібімен жиналған баллдардың сомасы бойынша үміткерлердің резервтік тізімін қалыптастырады және мамандандырылған білім беру ұйымының интернет-ресурсында орналастырылад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 43-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - жаңа редакцияда - ҚР Оқу-ағарту министріні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ң 05.08.2022 № 350 (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z81"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      44. Резервтік тізімге енгізілген үміткерлер мамандандырылған білім беру ұйымдарына бос орын болған жағдайда оқу жылының ішінде қабылдана алады. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бос </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>орындардың болуы мамандандырылған білім беру ұйымның интернет-ресурсында орналастырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 44-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>оң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z82"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       45. 8-11-сыныптарда орын босаған жағдайда мамандандырылған білім беру ұйымы конкурстық іріктеуді дербес жүргізеді, бірақ Қазақстан Республикасы Денсаулық сақтау министрлігінің 2021 жылғы 5 тамыздағы № ҚР ДСМ-76</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізбесінде № 23890 болып тіркелген) Білім беру объектілеріне қойылатын санитариялық-эпидемиологиялық талаптарға сәйкес бекітілген оқушылар санынан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 45-т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">армақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 07.08.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z83"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      46. Әскери іс, спорттың және өнердің негіздері бойынша дарынды балаларды жетілдіруге бағытталған білім беретін мамандандырылған білім беру ұйымдары, мектеп Жарғысына сәй</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кес, функционалды кәсіби, психологиялық және физиологиялық мәліметтерді ескере отырып, талапкерлердің екінші турын өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Қағида 46-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z84"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызметтерді көрсету мәселелері бойынша республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 3-тараумен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 № 264 (алғашқы ресми жарияланға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>н күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z85"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      47. Мемлекеттік қызмет көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақыла</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>у жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті беруші, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап үш жұмыс күнінен кешіктірмей шағымды және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Бұл ретте көрсетілетін қызметті берушіге, шешіміне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам, егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Кө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>рсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Мемлекеттік көрсетілетін қызметтер туралы Заңның 25-бабының 2-тармағына сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>еттер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 47-тармақ жаңа редакцияда - ҚР Оқу-ағарт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у министрінің 04.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z86"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       48. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, сотқа шағым жасауға Қазақстан Республикасы Әкімш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ілік рәсімдік-процестік кодексінің 91-бабының 5-тармағына сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ың бала";</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 48-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 04.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="62" w:name="z285"/>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10505" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4551"/>
+        <w:gridCol w:w="5954"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7" w:rsidP="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жалпы орта білімнің жалпы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>беретін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарламаларын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдарына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оқуға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қабылдаудың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:r w:rsidR="00490897" w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қағидасына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z95"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>"Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алаптардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ескерту. 1-қосымшамен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 № 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 04.04.2023 № 84 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізілді - ҚР Оқу-ағарту министрінің 30.01.2024 № 16 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9965" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="3455"/>
+        <w:gridCol w:w="225"/>
+        <w:gridCol w:w="5534"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта, жалпы орта білім беру ұйымдар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ы (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электрондық үкімет" веб-порталы (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>і – портал)арқылы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ін қызметтің мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушіге құжаттар топтамасын тапсырған күннен бастап, сондай-ақ портал арқылы жүгінген кезде - бір жұмыс күні.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Электронды (ішінара автоматтандырылған) / қағаз түрінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Портал арқылы жүгінген кезде көрсетілетін қызметті алушының "жеке кабинетіне" ағымдағы жылдың 1 қыркүйегінен бастап орта білім беру ұйымына қабылдау және оқуға қабылдау туралы хабарлама алады, құжаттардың тол</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ық емес пакетін ұсынған кезде - бас тарту себебін көрсете отырып, дәлелді бас тарту туралы хабарлама келеді. - көрсетілетін қызметті берушіге: Көрсетілетін қызметті беруші қабылдау барысында ағымдағы жылғы 1 қыркүйектен бастап өз аумағынан өтініш берген үш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көрсетілетін қызметті алушыға, содан кейін - басқа аумақтан алдыңғы тіркелгендер қатарынан 1 (бір) үміткерге ағымдағы жылғы 1 қыркүйектен бастап қабылданғаны туралы хабарлама жолдайды. Көрсетілетін қызметті беруші арқылы жүгінген кезде (қағаз жүзінде) - а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғымдағы жылдың 1 қыркүйегінен бастап білім беру ұйымына қабылдағаны және оқуға қабылданғаны, құжаттардың толық емес пакетін тапсыру кезінде - бас тартудың себебін көрсете отырып, дәлелді бас тарту туралы хабарлама беріледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызм</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ет кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті беруші - Қазақстан Республикасының Еңбек кодексіне (бұдан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>әрі – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен, белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>портал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – жөндеу жұмыстарын жүргізу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Кодекске сәйкес демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік көрсетілетін қызмет нәтижелерін беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> келесі жұмыс күні жүзеге асырылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> порталында орналасқан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету үшін қажетті құжаттардың тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>порталға:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1) "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызметін көрсетуге қойыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>атын негізгі талаптардың тізбесіне сәйкес нысан бойынша ата-аналардың немесе басқа заңды өкілдердің өтініші;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды бекіту туралы" Қазақстан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген "Профилактикалық екпелер картасы" № 065/у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нысанды және "Бала денсаулығының паспорты" № 052-2/у нысанды медициналық анықтамалар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баланың</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3х4 см өлшеміндегі цифрлық фотосуретi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>- көрсетілетін қызметті берушіге (қағаз түрінде):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1) "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім бере</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>тін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесіне сәйкес нысан бойынша ата-аналардың немесе ба</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сқа заңды өкілдердің өтініші;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2) жеке басын растайтын құжат (түпнұсқасы сәйкестендіру үшін қажет, ол көрсетілетін қызметті алушыға қайтарылады) немесе цифрлық құжаттар сервисінен алынған электрондық құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) "Денсаулық сақтау саласындағы есепке алу құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>тамасының нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тіркеу тізілімінде № 21579 болып тіркелген) бекітілген "Профилактикалық екпелер картасы" № 065/у нысанды және "Бала денсаулығының паспорты" № 052-2/у нысанды медициналық анықтамалар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) баланың 3х4 см өлшеміндегі 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дана</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фотосурет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ти</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мемлекетт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к орга</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ндар шектеу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с-шараларын жүзеге асырған, төтенше жағдай енг</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зілген, белг</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р аумақта әлеуметт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к, табиғи және техногенд</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к сипаттағы төтенше жағдайлар туындаған жағдайларда шектеу шараларын алып тастау, төтенше жағдайды тоқтату шаралары қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>абылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ға дейін №</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 065/у және № 052-2/у нысанындағы медициналық анықтамаларды осы аумақтағы көрсетілетін қызметті алушылар тікелей бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беру ұйымына қажеттілігіне қарай береді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметтер көрсетуден бас тарту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) көрсетілетін қызметті алушының мемлекеттік қызметті көрсету үшін қажетті ұсынғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ан құжаттарының Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 12 қазандағы № 546 бұйрығымен бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17553 тіркелген) Бастауыш, негізгі орта және жалпы орта білім берудің ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>алпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларында белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3) сынып-жинақталымының шамадан тыс толуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік қызметтерді, оның ішінде электрондық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>нысанда және Мемлекеттік корпорация арқылы ұсыну ерекшеліктерін ескеретін өзге де талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1)Құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты 15 (жиырма) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2)Қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көрсетудің ең ұзақ мерзімі 15 минуттан аспайды. Көрсетілетін қы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">зметті алушы ата-анасының (заңды өкілдерінің) ЭЦҚ болған жағдайда портал арқылы мемлекеттік көрсетілетін қызметті электрондық нысанда алуға мүмкіндігі бар. Көрсетілетін қызметті алушының мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі туралы ақпаратты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">порталдың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс-орталығы, және бірыңғай байланыс-орталығы (1414), 8-800-080-7777 арқылы қашықтықтан қолжетімділік режимінде алу мүмкіндігі бар. Үшінші тұлғалардың қыз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>мет алу шарттары: Порталдағы "жеке кабинеттен" ақпарат сұралатын тұлғаның келісімімен, үшінші тұлғалардың электрондық сұранысы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4431" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5534" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897" w:rsidP="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>орта білім берудің жалпы білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>беретін бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша оқыту үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ведомстволық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бағыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тылығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қарамастан білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдарына құжаттарды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қабылдау және оқуға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қабылдау" мемлекеттік қызмет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетуге қойылатын негізгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">талаптардың тізбесіне </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4431" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5534" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>білім беру ұйымының атауы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директордың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ТАӘ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(болған жағдайда) кімнен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>__________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ата-ананың (заңды өкілдің)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ТАӘ (болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Телефоны: _________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Менің балам _________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Т.А.Ә. (болған жағдайда) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00876BB7">
-[...4 lines deleted...]
-        <w:t>2) в размере 15% от общего количества обучающихся, принимаемых в 5, 6, 7, 8 и 10 классы, для социально уязвимых категории населения, указанных в пункте 18-1) настоящих Правил.</w:t>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>елді</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...571 lines deleted...]
-        <w:t xml:space="preserve"> 32. Для обеспечения прозрачности приема </w:t>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекеннің, ауданның, қаланың және облыстың атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00876BB7">
-[...4 lines deleted...]
-        <w:t>обучающихся</w:t>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00876BB7">
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> 33. Тестирование для </w:t>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекенжайы бойынша </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00876BB7">
-[...4 lines deleted...]
-        <w:t>поступающих</w:t>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00876BB7">
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> 1) в 7 кла</w:t>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымының толық атауы) қабылдауды сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00876BB7">
-[...4 lines deleted...]
-        <w:t>сс вкл</w:t>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>пайдалануға</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00876BB7">
-[...1808 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келісемін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________ "___" ________ 20__ жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5812"/>
-        <w:gridCol w:w="3965"/>
+        <w:gridCol w:w="5945"/>
+        <w:gridCol w:w="3832"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Приложение 1</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Бастауыш, негізгі орта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы орта білімнің жалпы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білім беретін </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарламаларын іске асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>білім беру ұйымдарына оқуға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қабылдаудың үлгілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...17 lines deleted...]
-              <w:t>и общего среднего образования</w:t>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қағидаларына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z97"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00876BB7">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги: "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для </w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>"Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00876BB7">
-[...5 lines deleted...]
-        <w:t>обучения по</w:t>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 2-қосымшамен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 № 264 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізілед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>і); жаңа редакцияда - ҚР Оқу-ағарту министрінің 04.04.2023 № 84 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00876BB7">
-[...52 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10349" w:type="dxa"/>
+        <w:tblW w:w="9681" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-269" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1034"/>
         <w:gridCol w:w="3680"/>
-        <w:gridCol w:w="856"/>
-        <w:gridCol w:w="5346"/>
+        <w:gridCol w:w="420"/>
+        <w:gridCol w:w="4547"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...2989 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Наименование услугодателя</w:t>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-              <w:t>Организации начального, основного среднего, общего среднего образования (далее - услугодатель).</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бастауыш, негізгі орта, жалпы орта білім </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Способы предоставления государственной услуги</w:t>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1) "электрондық үкіметтің" веб-порталы www.egov.kz (бұдан әрі – портал);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00876BB7">
-[...3 lines deleted...]
-              <w:t>услугодателя</w:t>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00876BB7">
-[...3 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті беруші арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Срок оказания государственной услуги</w:t>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>у мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Срок оказания – 30 минут.</w:t>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Қызмет көрсету мерзімі – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Форма оказания государственной услуги</w:t>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Электронная (частично автоматизированная) /бумажная </w:t>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Электронды (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...7 lines deleted...]
-            <w:bookmarkEnd w:id="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көрсетілетін қызметті алушыдан қағаз жеткізгіште құжаттарды қабылдау кезінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызметті беруші келетін ұйымға ұсыну үшін тегі, аты, әкесінің аты (бар болса), туған күні, сыныбы, оқыту тілі және мектебі (телефон, пошталық мекен-жай, электрондық пошта мекен-жайы (ресми интернет-ресурс) көрсетілген келу туралы есептен шығар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>у талонын береді немесе дәлелді бас тартады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...28 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті қағаз жеткізгіште алған жағдайда білім алушы келетін көрсетілетін қызметті беруші басқа білім беру ұйымына келу туралы тегі, аты, әкесінің аты (бар болса), туған күні, оқу сыныбы, білім бер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>у ұйымының мекенжайы, телефоны, электрондық мекенжайы (ресми интернет-ресурс) көрсетілген есептен шығару талонын ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...34 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Оқуға келгені туралы есептен шығару талонының түпнұсқасы (құжаттар басқа орта білім беру ұйымына келгені туралы есептен шығару талонын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ың түпнұсқасын ұсынғаннан кейін беріледі) білім алушы кететін орта білім беру ұйымынан құжаттарды (білім алушының жеке ісі) алу үшін ұсынылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...71 lines deleted...]
-              <w:t xml:space="preserve"> организации среднего образования.</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Келу туралы сырттай куәліктің түпнұсқасы (құжаттар басқа орта білім беру ұйымына келу туралы сырттай куәліктің т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>үпнұсқасын ұсынғаннан кейін беріледі) білім алушы құжаттарды (білім алушының жеке ісі) алуға кететін орта білім беру ұйымына беріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымдары білім алушыны орта білім беру ұйымына/ұйымынан қабылдау/ шығару туралы бұйрықтар шығарады және салыст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ыру жүргізеді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету кезінде көрсетілген қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Бесплатно</w:t>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>График работы</w:t>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Жұмыс уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті беруші - Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республикасының Еңбек кодексіне (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>дүйсенбіден бастап жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>портал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілген қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және Мемлекеттік қызмет көрсету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелерін беру Кодекске сәйкес келесі жұмыс күні жүзеге асырылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...58 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>2) портале www.egov.kz</w:t>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> порталында орналастырылған</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> для оказания государственной услуги</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>- портал арқылы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1) ата-аналардың немесе басқа заңды өкілдердің 2-қосымшасының нысанына сәйкес өтініші (келу мектебі мен кету мектебіне);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>- көрсетілетін қызметті берушіге (қағаз түрінде)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) ата-аналардың немесе басқа заңды </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>өкілдердің 2-қосымшасының нысанына сәйкес өтініші (келу мектебі мен кету мектебіне);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">2) открепительный талон о приеме документов, в котором указывается ФИО (при его наличии) ребенка, класс, язык обучения, школа, телефоны и электронный адрес (официальный интернет-ресурс) организации образования (за исключением обучающихся, выбывающих за пределы Республики Казахстан, которые </w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00876BB7">
-[...4 lines deleted...]
-              <w:t>предоставляют документ</w:t>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаттарды</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00876BB7">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> подтверждающий выезд за пределы Республики Казахстан).</w:t>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қабылдау туралы есептен шығару талонында баланың толық аты-жөні, сыныбы, оқыту тілі, мектебі, білім беру ұйымының телефондары мен электронды мекен-жайы (ресм</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и интернет-ресурсы) (Қазақстан Республикасынан кетуін растайтын құжат ұсынатын, Қазақстан Республикасынан кетіп жатқан білім алушыларды қоспағанда) көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту ү</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>шін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1) сынып-жинақталымының шамадан тыс толуы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-              <w:t>2) сроки подачи заявления не соответствуют установленным в настоящих правилах срокам.</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2) Өтініш беру мерзімі осы ережелерде белгіленген мерзімге сәйкес келмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...15 lines deleted...]
-              <w:t>через Государственную корпорацию</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты 15 (он бес) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...42 lines deleted...]
-              <w:t xml:space="preserve">Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого </w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00876BB7">
-[...4 lines deleted...]
-              <w:t>контакт-центра</w:t>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00876BB7">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> "1414", 8-800-080-7777.</w:t>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көрсетудің ең ұзақ мерзімі 30 минуттан аспайды. Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда мемлекеттік көрсетілет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар. Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті беруш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>інің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 Бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4289" w:type="dxa"/>
+            <w:tcW w:w="4714" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6059" w:type="dxa"/>
+            <w:tcW w:w="4967" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876BB7" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7" w:rsidP="00876BB7">
-[...8 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRDefault="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897" w:rsidP="00490897">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="79" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="79"/>
+          </w:p>
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>орта бі</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беру бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша ведомстволық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бағыныстылығына қарамастан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...8 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білім беру ұйымына </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>құжаттарды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қабылдау" мемлекеттік қызмет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетуге қойылатын негізгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>талаптардың тізбесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...4 lines deleted...]
-              <w:t>общего среднего образования"</w:t>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidTr="00876BB7">
+      <w:tr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidTr="00490897">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4289" w:type="dxa"/>
+            <w:tcW w:w="4714" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6059" w:type="dxa"/>
+            <w:tcW w:w="4967" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00847569">
-[...33 lines deleted...]
-          <w:p w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7">
+          <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...39 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...8 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...8 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>білім беру ұйымының атауы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...8 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...8 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>директордың ТАӘ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...8 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(болған жағдайда) кімнен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...8 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>___________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...8 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ата-ананың (з</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>аңды өкілдің)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876BB7">
-[...4 lines deleted...]
-              <w:t>Телефон:___________</w:t>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ТАӘ (болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00490897">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Телефоны: _________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00876BB7" w:rsidRPr="00876BB7" w:rsidRDefault="00876BB7" w:rsidP="00876BB7">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00490897" w:rsidRPr="00490897" w:rsidRDefault="00490897">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="108" w:name="z308"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00876BB7">
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...55 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Менің _____________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымының толық атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>сыныпта</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім алатын балам </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...8 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ______________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      (Т. А. Ә. (болған жағдайда) _</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>елді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекеннің, ауданның, қаланың және облыстың атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...8 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекенжайы бойынша </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымының толық атауы) ауыстыруды сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...8 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...317 lines deleted...]
-        <w:t xml:space="preserve"> Даю согласие на использование </w:t>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ______________ "___" ________ 20__ жыл </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00876BB7">
-[...4 lines deleted...]
-        <w:t>защищенной</w:t>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00876BB7">
-[...110 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00876BB7">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00847569" w:rsidRPr="00876BB7" w:rsidSect="00876BB7">
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidRDefault="00D61FF7">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>© 2012.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының За</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>ңнама және құқықтық ақпарат институты» ШЖҚ РМК</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009263DA" w:rsidRPr="00490897" w:rsidSect="00490897">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="426" w:right="1080" w:bottom="426" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="1080" w:bottom="1134" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="73"/>
+  <w:hideSpellingErrors/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00847569"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00876BB7"/>
+    <w:rsidRoot w:val="009263DA"/>
+    <w:rsid w:val="00490897"/>
+    <w:rsid w:val="009263DA"/>
+    <w:rsid w:val="00D61FF7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -13110,67 +14309,67 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00876BB7"/>
+    <w:rsid w:val="00490897"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00876BB7"/>
+    <w:rsid w:val="00490897"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -13623,66 +14822,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>50443</Characters>
+  <Pages>20</Pages>
+  <Words>8681</Words>
+  <Characters>49488</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>420</Lines>
-  <Paragraphs>118</Paragraphs>
+  <Lines>412</Lines>
+  <Paragraphs>116</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>59174</CharactersWithSpaces>
+  <CharactersWithSpaces>58053</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>