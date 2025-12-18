--- v0 (2025-10-20)
+++ v1 (2025-12-18)
@@ -1,1451 +1,3019 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0086101B" w:rsidRPr="00C16122" w:rsidRDefault="0086101B" w:rsidP="0086101B">
+    <w:p w:rsidR="006B5CC5" w:rsidRPr="00CA3CC8" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16122">
-[...9 lines deleted...]
-        <w:t>ОБЪЯВЛЕНИЕ О ПРОВЕДЕНИИ КОНКУРСА НА ВАКАНТНОЕ МЕСТО ПЕДАГОГИЧЕСКОГО РАБОТНИКА</w:t>
+      <w:r w:rsidRPr="00CA3CC8">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГ ҚЫЗМЕТКЕРЛЕРДІҢ БОС ОРЫНДАРЫНА КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0086101B" w:rsidRPr="00C16122" w:rsidRDefault="0086101B" w:rsidP="0086101B">
+    <w:p w:rsidR="006B5CC5" w:rsidRPr="00CA3CC8" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16122">
-[...9 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="00CA3CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасы Саран қаласы білім бөлімінің «№1 мектеп-лицейі» КММ бос жұмыс орнына конкурс жариялайды:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0086101B" w:rsidRPr="00C16122" w:rsidRDefault="0086101B" w:rsidP="0086101B">
+    <w:p w:rsidR="006B5CC5" w:rsidRPr="00CA3CC8" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бос лауазым: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Психолог</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRPr="00CA3CC8" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жүктеме көлемі:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 ставка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRPr="00BF1498" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқыту тілі: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОРЫСША</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRPr="003E78D7" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E78D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұйымның мекен-жайы: Саран қаласы, Жамбыл көшесі 50, тел./факс: 8 (72137) 75869ф, 75978</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRPr="00DC4943" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...383 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="3689B2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-      <w:hyperlink r:id="rId4" w:history="1">
+      <w:r w:rsidRPr="00DC4943">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4943">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="00C16122">
           <w:rPr>
             <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
             <w:color w:val="3689B2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>studioworkz</w:t>
         </w:r>
-        <w:r w:rsidRPr="00C16122">
+        <w:r w:rsidRPr="00DC4943">
           <w:rPr>
             <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
             <w:color w:val="3689B2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
         <w:r w:rsidRPr="00C16122">
           <w:rPr>
             <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
             <w:color w:val="3689B2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>yandex</w:t>
         </w:r>
-        <w:r w:rsidRPr="00C16122">
+        <w:r w:rsidRPr="00DC4943">
           <w:rPr>
             <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
             <w:color w:val="3689B2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="00C16122">
           <w:rPr>
             <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
             <w:color w:val="3689B2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C16122">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00DC4943">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>сайт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="3689B2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E6231">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="3689B2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>http://sar-liz1.edu.kz/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0086101B" w:rsidRPr="00FD048A" w:rsidRDefault="0086101B" w:rsidP="0086101B">
-[...716 lines deleted...]
-    <w:p w:rsidR="0086101B" w:rsidRDefault="0086101B" w:rsidP="0086101B">
+    <w:p w:rsidR="006B5CC5" w:rsidRPr="00BF1498" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rStyle w:val="a4"/>
+        <w:rPr>
           <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Педагогтердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>сипаттамаларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>тізім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>ұсынған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>педагогтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>қызметкерлердің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>уақыты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>кестесімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>оларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>мектептің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Жарғысымен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>жүктелетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>міндеттермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>мектептің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>тәрті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Ережесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>анықталады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1498">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға құжаттарды қабылдау конкурс өткізу туралы хабарландыру жарияланған соңғы күннен бастап жеті жұмыс күні ішінде жүргізіледі.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0086101B" w:rsidRDefault="0086101B" w:rsidP="0086101B">
+    <w:p w:rsidR="006B5CC5" w:rsidRPr="003E78D7" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104009">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбек ақысының мөлшері мен шарттары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104009">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 145115 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E78D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">теңгеден </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басталады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRPr="00104009" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104009">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құжаттар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00104009">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>тізімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00104009">
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа қатысу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>басты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәландыратын құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>жаты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не цифрлық құжаттар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>сервисінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электрондық құжаттың көшірмесі (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>кадрларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толтырылған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> парағы (нақты тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғылықты жерінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>мекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>жайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>телефондарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсете </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагогтердің үлгілік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>сипаттамаларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>лауазым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға қойылатын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еңбек қызметін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттың көшірмесі (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Денсаулық сақтау саласындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттамасының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Денсаулық сақтау министрінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>міндетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушының 2020 жылғы 30 қазандағы № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/V2000021579" \l "z2"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> денсаулық жағдайы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтама (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>тізі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>імінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 21579 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұлттық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сертификаты (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і – ҰБТ) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> санатының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлік (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидаттың толтырылған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>ағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5CC5" w:rsidRDefault="006B5CC5" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құжаттарды қабылдау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 2023 жылдың 14 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>тамыздан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>тамыз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Geometria" w:hAnsi="Geometria"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00357A8C" w:rsidRPr="006B5CC5" w:rsidRDefault="00357A8C" w:rsidP="006B5CC5">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00357A8C" w:rsidRPr="0086101B" w:rsidRDefault="00357A8C">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00357A8C" w:rsidRPr="0086101B" w:rsidSect="00357A8C">
+    <w:sectPr w:rsidR="00357A8C" w:rsidRPr="006B5CC5" w:rsidSect="00357A8C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Helvetica">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Geometria">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="66BB5471"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="909087D2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="86"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="0086101B"/>
     <w:rsid w:val="00357A8C"/>
+    <w:rsid w:val="006B5CC5"/>
     <w:rsid w:val="0086101B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1589,51 +3157,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0086101B"/>
+    <w:rsid w:val="006B5CC5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -1647,61 +3215,72 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0086101B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="0086101B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006B5CC5"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:studioworkz@yandex.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:studioworkz@yandex.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1948,50 +3527,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>384</Words>
-  <Characters>2190</Characters>
+  <Words>355</Words>
+  <Characters>2025</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2569</CharactersWithSpaces>
+  <CharactersWithSpaces>2376</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>77013</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>