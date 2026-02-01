--- v0 (2025-10-19)
+++ v1 (2026-02-01)
@@ -1,17807 +1,4348 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="7715CBE9" w14:textId="259990CE" w:rsidR="000D45EE" w:rsidRDefault="008A0911" w:rsidP="00A043A9">
+    <w:p w:rsidR="007939EC" w:rsidRPr="009154B6" w:rsidRDefault="007939EC" w:rsidP="007939EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="10915"/>
+        <w:ind w:left="12036"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="000D45EE" w:rsidRPr="009154B6" w:rsidRDefault="008A0911" w:rsidP="007939EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="12036"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009154B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="009B686C">
+      <w:r w:rsidR="007939EC" w:rsidRPr="009154B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бекітемін</w:t>
+        <w:t>Утверждаю</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009154B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42C2CE9E" w14:textId="56B5C4BC" w:rsidR="007939EC" w:rsidRDefault="009B686C" w:rsidP="00A043A9">
+    <w:p w:rsidR="007939EC" w:rsidRPr="009154B6" w:rsidRDefault="0022646C" w:rsidP="007939EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="10915"/>
+        <w:ind w:left="12036"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009154B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қа</w:t>
+        <w:t>Р</w:t>
       </w:r>
-      <w:r w:rsidR="00AD3CC6">
+      <w:r w:rsidR="007939EC" w:rsidRPr="009154B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>р</w:t>
-[...9 lines deleted...]
-        <w:t>ағанды облысының білім басқармасының басшысы</w:t>
+        <w:t xml:space="preserve">уководитель </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467D5E49" w14:textId="7204026E" w:rsidR="007939EC" w:rsidRPr="00A043A9" w:rsidRDefault="00834F14" w:rsidP="00A043A9">
+    <w:p w:rsidR="007939EC" w:rsidRPr="009154B6" w:rsidRDefault="007939EC" w:rsidP="007939EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="10915"/>
+        <w:ind w:left="12036"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009154B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">управления образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007939EC" w:rsidRPr="009154B6" w:rsidRDefault="007939EC" w:rsidP="007939EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="12036"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009154B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007939EC" w:rsidRPr="009154B6" w:rsidRDefault="00834F14" w:rsidP="007939EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="12036"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009154B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Кожахметова Г.Ш.</w:t>
       </w:r>
-      <w:r w:rsidR="00A043A9">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5296FD05" w14:textId="2AC5E92B" w:rsidR="00562DCA" w:rsidRDefault="00AD3CC6" w:rsidP="00A043A9">
+    <w:p w:rsidR="00562DCA" w:rsidRPr="009154B6" w:rsidRDefault="00562DCA" w:rsidP="007939EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="10915"/>
+        <w:ind w:left="12036"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009154B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">«      »  </w:t>
       </w:r>
-      <w:r w:rsidR="009B686C">
+      <w:r w:rsidR="004B31D9" w:rsidRPr="009154B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қаңтар</w:t>
+        <w:t>августа</w:t>
       </w:r>
-      <w:r w:rsidR="006A444D">
+      <w:r w:rsidR="006A444D" w:rsidRPr="009154B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D30A83">
+      <w:r w:rsidR="00D30A83" w:rsidRPr="009154B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="009154B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00834F14" w:rsidRPr="009154B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="004B31D9" w:rsidRPr="009154B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009154B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0575953E" w14:textId="77777777" w:rsidR="00A56C5B" w:rsidRDefault="00A56C5B" w:rsidP="00F476E7">
+    <w:p w:rsidR="00A56C5B" w:rsidRPr="009154B6" w:rsidRDefault="00A56C5B" w:rsidP="00F476E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AEB18A2" w14:textId="77777777" w:rsidR="00D43660" w:rsidRDefault="00D43660" w:rsidP="00F476E7">
+    <w:p w:rsidR="00D43660" w:rsidRPr="009154B6" w:rsidRDefault="00D43660" w:rsidP="00F476E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ADE0F16" w14:textId="77777777" w:rsidR="009B686C" w:rsidRDefault="009B686C" w:rsidP="00B32946">
+    <w:p w:rsidR="004B31D9" w:rsidRPr="009154B6" w:rsidRDefault="004B31D9" w:rsidP="00F476E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B686C">
+      <w:r w:rsidRPr="009154B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының педагогтерін лауазымдарға тағайындау, лауазымдардан босату </w:t>
+        <w:t>АЛГОРИТМ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D853559" w14:textId="5A5C8819" w:rsidR="009B686C" w:rsidRDefault="009B686C" w:rsidP="00B32946">
+    <w:p w:rsidR="00D43660" w:rsidRPr="009154B6" w:rsidRDefault="004B31D9" w:rsidP="00F476E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B686C">
+      <w:r w:rsidRPr="009154B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>алгоритмі</w:t>
+        <w:t xml:space="preserve"> назначения на должности, освобождения от должностей </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="009154B6">
         <w:rPr>
-          <w:sz w:val="28"/>
-[...31 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="009154B6">
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға тағайындау, </w:t>
+        <w:t>педагогов государственных организаций образования</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A6355E" w14:textId="7C6513D0" w:rsidR="00B32946" w:rsidRPr="009B686C" w:rsidRDefault="009B686C" w:rsidP="009B686C">
-[...27 lines deleted...]
-    <w:p w14:paraId="6357ABD9" w14:textId="7D000517" w:rsidR="00C71970" w:rsidRPr="00AD3CC6" w:rsidRDefault="00C71970" w:rsidP="00C71970">
+    <w:p w:rsidR="00B32946" w:rsidRPr="009154B6" w:rsidRDefault="00F7426A" w:rsidP="00B32946">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD3CC6">
+      <w:r w:rsidRPr="009154B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 21 февраля 2012 года № 57 «</w:t>
       </w:r>
-      <w:r w:rsidR="009B686C" w:rsidRPr="00AD3CC6">
+      <w:r w:rsidR="00B32946" w:rsidRPr="009154B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>Об утверждении правил назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009154B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505A1B56" w14:textId="77777777" w:rsidR="00F7426A" w:rsidRPr="009B686C" w:rsidRDefault="00F7426A" w:rsidP="00B32946">
+    <w:p w:rsidR="00F7426A" w:rsidRPr="009154B6" w:rsidRDefault="00F7426A" w:rsidP="00B32946">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="2"/>
         <w:tblW w:w="15309" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="596"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="9071"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w14:paraId="27247DCE" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="2BD787F6" w14:textId="6412A975" w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w:rsidRDefault="009B686C" w:rsidP="008A42AA">
+      <w:tr w:rsidR="00EE0DDD" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0DDD" w:rsidRPr="009154B6" w:rsidRDefault="00EE0DDD" w:rsidP="008A42AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009154B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="0687BA6B" w14:textId="4A970830" w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w:rsidRDefault="009B686C" w:rsidP="008A42AA">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0DDD" w:rsidRPr="009154B6" w:rsidRDefault="000612B2" w:rsidP="008A42AA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Порядок назначения на должности, освобождения педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005B0837" w:rsidRPr="009154B6" w:rsidRDefault="00E5673C" w:rsidP="008A42AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Исполни</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE0DDD" w:rsidRPr="009154B6" w:rsidRDefault="00E5673C" w:rsidP="008A42AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009B686C">
+            <w:r w:rsidRPr="009154B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t>Педагогтерді</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тели</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009B686C">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0DDD" w:rsidRPr="009154B6" w:rsidRDefault="005B0837" w:rsidP="008A42AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="009B686C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="009B686C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0DDD" w:rsidRPr="009154B6" w:rsidRDefault="00992A0D" w:rsidP="008A42AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="009B686C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...144 lines deleted...]
-              <w:t xml:space="preserve">Мерзімі </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE0DDD" w:rsidRPr="009B686C" w14:paraId="75377B03" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="3DFAFF5C" w14:textId="77777777" w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w:rsidRDefault="00EE0DDD" w:rsidP="008A42AA">
+      <w:tr w:rsidR="00EE0DDD" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0DDD" w:rsidRPr="009154B6" w:rsidRDefault="00EE0DDD" w:rsidP="008A42AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="00C5EE4A" w14:textId="4453454E" w:rsidR="00CD40F7" w:rsidRPr="00F95AA4" w:rsidRDefault="00CD40F7" w:rsidP="00237F32">
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0DDD" w:rsidRPr="009154B6" w:rsidRDefault="00836637" w:rsidP="00237F32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>На все имеющиеся вакантные и (или) временно вакантные должности педагогов государственная организация образования проводит конкурс, за исключением малокомплектных школ</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE0DDD" w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...263 lines deleted...]
-          <w:p w14:paraId="1EF844C9" w14:textId="39B966EC" w:rsidR="00866BD4" w:rsidRPr="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00B01856">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00866BD4" w:rsidRPr="009154B6" w:rsidRDefault="00C96495" w:rsidP="00B01856">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="35738F1D" w14:textId="77777777" w:rsidR="00B466B5" w:rsidRPr="00572115" w:rsidRDefault="00992A0D" w:rsidP="00992A0D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B466B5" w:rsidRPr="009154B6" w:rsidRDefault="00992A0D" w:rsidP="00992A0D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2694" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2D4618F0" w14:textId="1FBCD21F" w:rsidR="00EE0DDD" w:rsidRPr="00137186" w:rsidRDefault="009B686C" w:rsidP="00137186">
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0DDD" w:rsidRPr="009154B6" w:rsidRDefault="00277F6A" w:rsidP="006118B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
-              <w:jc w:val="both"/>
-[...18 lines deleted...]
-              <w:t>Конкурсқа қатысуға құжаттарды қабылдау конкурс өткізу туралы хабарландыру жарияланған соңғы күннен бастап жеті жұмыс күні ішінде жүргізіледі</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В течение 10 </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD3CF3" w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">календарных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дней </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00572115" w14:paraId="23FCE49F" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="6C771B65" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="00C96495" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C96495" w:rsidRPr="009154B6" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3062F4E4" w14:textId="21E41662" w:rsidR="00F95AA4" w:rsidRPr="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C96495" w:rsidRPr="009154B6" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="5F59AAC3" w14:textId="6C0014CF" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В конкурсе участвуют педагоги, соответствующие Типовым квалификационным характеристикам педагогов и предоставившие документы согласно перечню, указанному в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>приложении</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C96495" w:rsidRPr="009154B6" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...16 lines deleted...]
-          <w:p w14:paraId="0DF8F62D" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E2098D" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C96495" w:rsidRPr="009154B6" w:rsidRDefault="00992A0D" w:rsidP="00992A0D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2694" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2308CF14" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C96495" w:rsidRPr="009154B6" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="25F4FF60" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="37DB5DA3" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="00C96495" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C96495" w:rsidRPr="009154B6" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a9"/>
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C96495" w:rsidRPr="009154B6" w:rsidRDefault="00C96495" w:rsidP="00C96495">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...966 lines deleted...]
-          <w:p w14:paraId="2FBB7545" w14:textId="45CEF2A7" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс проводится на вакантную и (или) временно вакантную должность педагога с учебной нагрузкой 16 и более часов в неделю </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оличество часов на каждого педагога при вакантных должностях не может быть больше полутора ставок педагога)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C96495" w:rsidRPr="009154B6" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...17 lines deleted...]
-          <w:p w14:paraId="458EB25B" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00401D6A" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C96495" w:rsidRPr="009154B6" w:rsidRDefault="00992A0D" w:rsidP="00992A0D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2694" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0E5D222E" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00401D6A" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C96495" w:rsidRPr="009154B6" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="3F0D23A6" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="42F5D659" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...131 lines deleted...]
-          <w:p w14:paraId="4EC574E9" w14:textId="77777777" w:rsidR="00B11037" w:rsidRPr="00B11037" w:rsidRDefault="00B11037" w:rsidP="00AD3CC6">
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...575 lines deleted...]
-          <w:p w14:paraId="0822F47A" w14:textId="77777777" w:rsidR="00B11037" w:rsidRPr="00B11037" w:rsidRDefault="00B11037" w:rsidP="00AD3CC6">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Порядок организации конкурса включает в себя следующие этапы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...195 lines deleted...]
-          <w:p w14:paraId="40099A07" w14:textId="77777777" w:rsidR="00B11037" w:rsidRPr="00B11037" w:rsidRDefault="00B11037" w:rsidP="00AD3CC6">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      1) публикация объявления о проведении конкурса на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования и (или) органа управления образованием соответствующего уровня;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...155 lines deleted...]
-          <w:p w14:paraId="4B66D0BD" w14:textId="77777777" w:rsidR="00B11037" w:rsidRPr="00B11037" w:rsidRDefault="00B11037" w:rsidP="00AD3CC6">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      2) определение даты и места проведения конкурса и формирование конкурсной комиссии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...339 lines deleted...]
-          <w:p w14:paraId="3C0070E7" w14:textId="6BA85E76" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      3) прием документов от кандидатов, желающих принять участие в конкурсе;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      4) рассмотрение документов кандидатов на соответствие квалификационным требованиям, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      5) заключительное заседание конкурсной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...16 lines deleted...]
-          <w:p w14:paraId="77F813AC" w14:textId="001F062B" w:rsidR="00F95AA4" w:rsidRPr="00E2098D" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="0317B1D0" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00401D6A" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Этапы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="7A536987" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="761D5BCA" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="13C12AE2" w14:textId="77777777" w:rsidR="00BF4F88" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...135 lines deleted...]
-          <w:p w14:paraId="7496ECC0" w14:textId="77777777" w:rsidR="00BF4F88" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Объявление о проведении конкурса включает следующие сведения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...355 lines deleted...]
-          <w:p w14:paraId="5D057AFC" w14:textId="77777777" w:rsidR="00BF4F88" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">      1) наименование организации образования, имеющей вакантную и (или) временно вакантную должность (часы), с указанием местонахождения, почтового адреса, номеров телефонов, адреса электронной почты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...295 lines deleted...]
-          <w:p w14:paraId="364BEB7E" w14:textId="77777777" w:rsidR="00BF4F88" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      2) наименование вакантной и (или) временно вакантной должности с обозначением основных функциональных обязанностей, размера и условий оплаты труда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...195 lines deleted...]
-          <w:p w14:paraId="1996015D" w14:textId="77777777" w:rsidR="00BF4F88" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      3) квалификационные требования, предъявляемые к кандидату, утвержденные Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...295 lines deleted...]
-          <w:p w14:paraId="2ABF164B" w14:textId="5E0CEBDD" w:rsidR="00BF4F88" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      4) срок приема документов, который исчисляется со следующего рабочего дня после последней публикации объявления о проведении конкурса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...75 lines deleted...]
-          <w:p w14:paraId="2933CCDA" w14:textId="073D7583" w:rsidR="00F95AA4" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      5) перечень документов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...180 lines deleted...]
-          <w:p w14:paraId="43468F93" w14:textId="75857639" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      6) срок временно вакантной должности педагога, при проведении конкурса на временно вакантную должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...16 lines deleted...]
-          <w:p w14:paraId="04FEE614" w14:textId="2AD2EFCC" w:rsidR="00F95AA4" w:rsidRPr="00401D6A" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">организаций </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="41CD416A" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="17E1F1FC" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="6D046111" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...233 lines deleted...]
-          <w:p w14:paraId="705FEDF3" w14:textId="3247B68C" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сроки проведения конкурса и состав конкурсной комиссии определяется приказом государственной организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...16 lines deleted...]
-          <w:p w14:paraId="2B387AB7" w14:textId="367645C0" w:rsidR="00F95AA4" w:rsidRDefault="00BF4F88" w:rsidP="00F95AA4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="30C886A3" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приказ директора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="79BD83B5" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="520D110F" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2104B828" w14:textId="430C1140" w:rsidR="00337FB9" w:rsidRPr="00337FB9" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...857 lines deleted...]
-          <w:p w14:paraId="4D199492" w14:textId="0509C79F" w:rsidR="00337FB9" w:rsidRPr="00337FB9" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурсная комиссия является коллегиальным органом, состоящая не менее чем из пяти членов комиссии, в том числе председателя, избираемого из числа членов конкурсной комиссии. В состав конкурсной комиссии включаются представители администрации организации образования, методисты методических кабинетов (центров) соответствующего уровня или организации образования, гражданского общества сферы образования, специалисты районного (городского) отдела образования, педагоги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="69658E29" w14:textId="2805CC33" w:rsidR="00337FB9" w:rsidRPr="00337FB9" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Допускается включение в состав конкурсной комиссии представителей других организаций образования по согласованию с ними. Секретарь конкурсной комиссии организует заседания конкурсной комиссии, не является ее членом. Замещение отсутствующих членов конкурсной комиссии не допускается. При возникновении конфликта интересов в деятельности конкурсной комиссии, состав конкурсной комиссии пересматривается. Изменение состава конкурсной комиссии осуществляется по решению руководителя организации образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="59F85018" w14:textId="3B5338AF" w:rsidR="00F95AA4" w:rsidRPr="00337FB9" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заседания конкурсной комиссии оформляется протоколом, подписанным председателем, членами комиссии, присутствовавшими на заседании, и секретарем.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...362 lines deleted...]
-          <w:p w14:paraId="26259B70" w14:textId="2F9E8555" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        Заседание конкурсной комиссии считается состоявшимся, а его решение правомочным, если на нем присутствовали не менее двух третей членов от общего состава комиссии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         Заседания конкурсной комиссии сопровождается аудиовидеозаписью. Аудиовидеозаписи хранятся в организациях образования, объявившие конкурс, в течение одного года со дня проведения первого заседания.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...16 lines deleted...]
-          <w:p w14:paraId="0BC8CEB0" w14:textId="03753E78" w:rsidR="00F95AA4" w:rsidRDefault="00BF4F88" w:rsidP="00F95AA4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="00B43513" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="31ADF5DA" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Протокол конкурсной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="7D5351E8" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="7672BCF3" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00067976" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2AC79C68" w14:textId="6B6C75AF" w:rsidR="00F95AA4" w:rsidRPr="008B3640" w:rsidRDefault="008B3640" w:rsidP="00F95AA4">
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="46C80B70" w14:textId="23186DC0" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прием документов на участие в конкурсе производится в течение семи рабочих дней со дня последней даты опубликования объявления о проведении конкурса.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...16 lines deleted...]
-          <w:p w14:paraId="036B905F" w14:textId="6F4A8775" w:rsidR="00F95AA4" w:rsidRPr="00256DCC" w:rsidRDefault="00337FB9" w:rsidP="00F95AA4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="00B47E65" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="508E4754" w14:textId="54A6C585" w:rsidR="00F95AA4" w:rsidRPr="00256DCC" w:rsidRDefault="00F95AA4" w:rsidP="00337FB9">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00512FEA" w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прием документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="00B47E65" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...22 lines deleted...]
-              <w:t>жұмыс күні</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337FB9" w:rsidRPr="00E709A8" w14:paraId="7ADC2BC6" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="007A1CCF" w14:textId="77777777" w:rsidR="00337FB9" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+      <w:tr w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...53 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...1510 lines deleted...]
-          <w:p w14:paraId="0FE83442" w14:textId="0F2FA76E" w:rsidR="00337FB9" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...17 lines deleted...]
-          <w:p w14:paraId="5A297408" w14:textId="76726BCD" w:rsidR="00337FB9" w:rsidRPr="00256DCC" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="03554F9F" w14:textId="356BA48A" w:rsidR="00337FB9" w:rsidRPr="00256DCC" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Прием документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C318A" w:rsidRPr="009154B6" w:rsidRDefault="008C318A" w:rsidP="008C318A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>7 жұмыс күні</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="6B8840CB" w14:textId="77777777" w:rsidR="00D803F9" w:rsidRPr="00E709A8" w:rsidRDefault="00D803F9" w:rsidP="00D803F9">
+      <w:tr w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidRDefault="006F429B" w:rsidP="006F429B">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...25 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кандидат при наличии представляет дополнительную информацию, касающуюся его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических степеней и званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidRDefault="006F429B" w:rsidP="006F429B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         Отсутствие одного из документов, указанных в приложении 1, является основанием для возврата документов кандидату.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...800 lines deleted...]
-          <w:p w14:paraId="66DFE396" w14:textId="610841AE" w:rsidR="00D803F9" w:rsidRDefault="00D803F9" w:rsidP="00D803F9">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...16 lines deleted...]
-          <w:p w14:paraId="362AD2AD" w14:textId="1B890E57" w:rsidR="00D803F9" w:rsidRPr="00256DCC" w:rsidRDefault="00D803F9" w:rsidP="00D803F9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="23E100E1" w14:textId="07272A42" w:rsidR="00D803F9" w:rsidRPr="00256DCC" w:rsidRDefault="00D803F9" w:rsidP="00D803F9">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Прием документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>7 жұмыс күні</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="5B8FC5A9" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="2A235022" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3E55E30D" w14:textId="77777777" w:rsidR="005D5F49" w:rsidRPr="005D5F49" w:rsidRDefault="005D5F49" w:rsidP="005D5F49">
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1286 lines deleted...]
-          <w:p w14:paraId="70383B86" w14:textId="4E7B1C8A" w:rsidR="00F95AA4" w:rsidRPr="005D5F49" w:rsidRDefault="005D5F49" w:rsidP="005D5F49">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Государственной организацией в течение трех рабочих дней после принятия документов кандидата направляется запрос о наличии либо отсутствии сведений о совершении коррупционного преступления и/или уголовного правонарушения в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>уполномоченный орган по правовой статистике и специальным учетам или его территориальные подразделения, а также о нарушении педагогической этики в Комитет по обеспечению качества в сфере образования и науки Министерства образования и науки Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...680 lines deleted...]
-          <w:p w14:paraId="385082AF" w14:textId="07E6EEBB" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            При выявлении сведений о совершении коррупционного преступления и/или уголовного правонарушения и/или нарушении норм педагогической этики, запрещающие трудоустройство в соответствии с действующим законодательством Республики Казахстан, педагог отстраняется от конкурса на любом этапе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...16 lines deleted...]
-          <w:p w14:paraId="03B248EC" w14:textId="2CD180FF" w:rsidR="00F95AA4" w:rsidRPr="00256DCC" w:rsidRDefault="005D5F49" w:rsidP="00F95AA4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="69A434F0" w14:textId="492EB3D6" w:rsidR="00F95AA4" w:rsidRPr="00256DCC" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Запрос</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006F429B" w:rsidRPr="009154B6" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...22 lines deleted...]
-              <w:t>жұмыс күні</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="2D27CCF2" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="359EC281" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="007E250F" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007E250F" w:rsidRPr="009154B6" w:rsidRDefault="007E250F" w:rsidP="007E250F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007E250F" w:rsidRPr="009154B6" w:rsidRDefault="007E250F" w:rsidP="007E250F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...367 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Комиссия в течение пяти рабочих дней после даты завершения приема документов проводит рассмотрение документов кандидатов на соответствие квалификационным требованиям, утвержденными Типовыми квалификационными требованиями педагогов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007E250F" w:rsidRPr="009154B6" w:rsidRDefault="007E250F" w:rsidP="007E250F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        По результатам рассмотрения документов кандидатов на соответствие квалификационным требованиям, конкурсная комиссия осуществляет подсчет баллов, указанных кандидатом в               Оценочном листе согласно приложению </w:t>
+            </w:r>
+            <w:r w:rsidR="00515EB2" w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FE6ACBB" w14:textId="03B931DD" w:rsidR="009D1537" w:rsidRPr="009D1537" w:rsidRDefault="009D1537" w:rsidP="00AD3CC6">
-[...2 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:p w:rsidR="007E250F" w:rsidRPr="009154B6" w:rsidRDefault="007E250F" w:rsidP="007E250F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...478 lines deleted...]
-          <w:p w14:paraId="44C7B5B7" w14:textId="71062066" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        Решение по итогам конкурса принимается конкурсной комиссией на основании набранных баллов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007E250F" w:rsidRPr="009154B6" w:rsidRDefault="007E250F" w:rsidP="007E250F">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...17 lines deleted...]
-          <w:p w14:paraId="3C930838" w14:textId="028087A8" w:rsidR="00F95AA4" w:rsidRPr="00256DCC" w:rsidRDefault="005D5F49" w:rsidP="005D5F49">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007E250F" w:rsidRPr="009154B6" w:rsidRDefault="007E250F" w:rsidP="007E250F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="6FAF24E8" w14:textId="2DFE43B1" w:rsidR="00F95AA4" w:rsidRPr="00256DCC" w:rsidRDefault="00F95AA4" w:rsidP="005D5F49">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рассмотрение документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007E250F" w:rsidRPr="009154B6" w:rsidRDefault="000675E6" w:rsidP="007E250F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...22 lines deleted...]
-              <w:t>жұмыс күні</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="007E250F" w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="32E0DE03" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="6AEE32B5" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...324 lines deleted...]
-          <w:p w14:paraId="17746BA6" w14:textId="493F00AC" w:rsidR="00FE384A" w:rsidRPr="00FE384A" w:rsidRDefault="00FE384A" w:rsidP="00FE384A">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кандидат, получивший наибольшее количество баллов, считается прошедшим конкурс и рекомендуется первому руководителю государственной организации образования к назначению.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...315 lines deleted...]
-          <w:p w14:paraId="68528848" w14:textId="1FBB8DBC" w:rsidR="00FE384A" w:rsidRPr="00FE384A" w:rsidRDefault="00FE384A" w:rsidP="00FE384A">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       При равном количестве баллов у кандидатов, конкурсной комиссией принимается решение о проведении собеседования, по результатам которого определяется кандидат на назначение.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...355 lines deleted...]
-          <w:p w14:paraId="079F0795" w14:textId="5C73CB6F" w:rsidR="00F95AA4" w:rsidRPr="00FE384A" w:rsidRDefault="00FE384A" w:rsidP="00F95AA4">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      При несогласии с решением конкурсной комиссии любой член комиссии излагает свое мнение, которое прилагается к протоколу заседания комиссии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...320 lines deleted...]
-          <w:p w14:paraId="7AF2978C" w14:textId="47667FF8" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Решение конкурсной комиссии оформляется протоколом, который подписывается председателем и членами комиссии, а также секретарем, осуществляющим протоколирование.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...16 lines deleted...]
-          <w:p w14:paraId="47ACCD72" w14:textId="5C10BE5E" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00253BD1" w:rsidP="00253BD1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="00A302A4" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="4B52645B" w14:textId="26F474F1" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00253BD1">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Решение конкурсной комиссии оформляется протоколом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="003E3D17" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...21 lines deleted...]
-              <w:t>жұмыс күні</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="45CB02EF" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="77B1E297" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D43D745" w14:textId="244433BD" w:rsidR="00214D31" w:rsidRPr="00214D31" w:rsidRDefault="00214D31" w:rsidP="00214D31">
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...50 lines deleted...]
-          <w:p w14:paraId="4EA6314E" w14:textId="77777777" w:rsidR="00214D31" w:rsidRPr="00214D31" w:rsidRDefault="00214D31" w:rsidP="00214D31">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кандидат, участвовавший на собеседовании, но не рекомендованный на назначение, конкурсная комиссия рекомендует к зачислению в кадровый резерв.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="459E9E1F" w14:textId="067137D1" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00214D31" w:rsidP="00F95AA4">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Срок нахождения в кадровом резерве составляет один год с момента зачисления в кадровый резерв.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="7124DE6E" w14:textId="6A29E41F" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Кандидаты, зачисленные в кадровый резерв, при объявлении конкурса проходят этап собеседования с конкурсной комиссией.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...16 lines deleted...]
-          <w:p w14:paraId="2E7613A1" w14:textId="20FC3A3C" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="006839B5" w:rsidP="00F95AA4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="003A48FC" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...46 lines deleted...]
-          <w:p w14:paraId="02DBD019" w14:textId="05AF7A9B" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00FE384A">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Зачисление кадровый резерв</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="00937C1A" w:rsidP="00937C1A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...22 lines deleted...]
-              <w:t>жыл</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="0FD2C2EE" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="183C58FB" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...321 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Результаты конкурса объявляются на Интернет-ресурсе государственной организации образования, официальных аккаунтах социальных сетей организации в день проведения заключительного заседания конкурсной комиссии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...224 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>талаптарына</w:t>
-[...281 lines deleted...]
-          <w:p w14:paraId="2A0E1FB9" w14:textId="4D04E134" w:rsidR="00F95AA4" w:rsidRPr="006839B5" w:rsidRDefault="00F95AA4" w:rsidP="006839B5">
+              <w:t xml:space="preserve">      С кандидатом, соответствующим квалификационным требованиям, утвержденными Типовыми квалификационными характеристиками педагогов и получившим положительное заключение конкурсной комиссии, руководитель организации образования заключает трудовой договор и издает приказ о приеме на работу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...28 lines deleted...]
-          <w:p w14:paraId="7AE3D42B" w14:textId="6EE80DD2" w:rsidR="00F95AA4" w:rsidRPr="006839B5" w:rsidRDefault="00F95AA4" w:rsidP="006839B5">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      При отказе кандидата, получившего положительное заключение конкурсной комиссии от заключения трудового договора, руководитель организации образования заключает трудовой договор с кандидатом, рекомендованным конкурсной комиссией для зачисления в кадровый резерв.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Білім беру ұйымдары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="31D2211B" w14:textId="7B484338" w:rsidR="00F95AA4" w:rsidRPr="006839B5" w:rsidRDefault="006839B5" w:rsidP="006839B5">
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="000827DC" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результаты конкурса объявляются на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Интернет-ресурсе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554B10" w:rsidRPr="009154B6" w:rsidRDefault="00554B10" w:rsidP="00554B10">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...90 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00554B10" w:rsidRPr="009154B6" w:rsidRDefault="00554B10" w:rsidP="00554B10">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовой договор, приказ о приеме на работу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554B10" w:rsidRPr="009154B6" w:rsidRDefault="00554B10" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ресурсында</w:t>
-[...156 lines deleted...]
-              <w:t xml:space="preserve"> дейін</w:t>
+              <w:t>до 30.05.2021 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="7CC49EDF" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="238CD04C" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="00484B5C" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00484B5C" w:rsidRPr="009154B6" w:rsidRDefault="00484B5C" w:rsidP="00484B5C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>16</w:t>
-[...800 lines deleted...]
-          <w:p w14:paraId="231F39DF" w14:textId="0972A920" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00983AD1" w:rsidP="00F95AA4">
+              <w:t>16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00484B5C" w:rsidRPr="009154B6" w:rsidRDefault="00484B5C" w:rsidP="00484B5C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
-              <w:rPr>
-[...22 lines deleted...]
-          <w:p w14:paraId="7FFBDFC6" w14:textId="62545AD2" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00983AD1">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Если в результате конкурса комиссией не были выявлены кандидаты на занятие вакантной должности, конкурс признается несостоявшимся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00484B5C" w:rsidRPr="009154B6" w:rsidRDefault="00484B5C" w:rsidP="00484B5C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Кандидаты в части, их касающейся, знакомятся с конкурсными документами и решением комиссии.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00484B5C" w:rsidRPr="009154B6" w:rsidRDefault="00484B5C" w:rsidP="00484B5C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00484B5C" w:rsidRPr="009154B6" w:rsidRDefault="00484B5C" w:rsidP="00484B5C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Решение конкурсной комиссии оформляется протоколом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00484B5C" w:rsidRPr="009154B6" w:rsidRDefault="00484B5C" w:rsidP="00484B5C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...21 lines deleted...]
-              <w:t>жұмыс күні</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="71341076" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="1E0FB93D" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="006A6AAB" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
+            <w:tcW w:w="9071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D8352F3" w14:textId="56DA9CA5" w:rsidR="005A44DB" w:rsidRPr="005A44DB" w:rsidRDefault="005A44DB" w:rsidP="00AD3CC6">
-[...2 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...26 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагоги-совместители на ставку менее 8 часов в неделю по одному предмету принимаются на работу без конкурса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...26 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Вакантная ставка педагога-предметника, за исключением малокомплектной школы, не распределяется между педагогами.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      При невыявлении кандидата на вакантную должность к началу учебного года, в течение учебного года вакантные часы распределяются между педагогами организации образования и (или) принимается временно педагог и (или) педагог-совместитель.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D0A57CD" w14:textId="2FE923A0" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...14 lines deleted...]
-            <w:tcW w:w="1842" w:type="dxa"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="642BF339" w14:textId="77777777" w:rsidR="00983AD1" w:rsidRPr="006839B5" w:rsidRDefault="00983AD1" w:rsidP="00983AD1">
+          <w:p w:rsidR="006F2B7C" w:rsidRPr="009154B6" w:rsidRDefault="006F2B7C" w:rsidP="006F2B7C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="57AAA1FD" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовой договор, приказ о приеме на работу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="481538E2" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
-[...14 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="2215AFEA" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="75688150" w14:textId="615DF8DA" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09A6B32C" w14:textId="6E92110F" w:rsidR="00AD3CC6" w:rsidRPr="00AD3CC6" w:rsidRDefault="00AD3CC6" w:rsidP="00AD3CC6">
-[...2 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...44 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>При несогласии кандидатом с решением конкурсной комиссии, результаты конкурса обжалуются в соответствии с нормами Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Решение конкурсной комиссии обжалуется участниками конкурса в апелляционной комиссии вышестоящего органа или судебном порядке.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="298E76CC" w14:textId="46D0EE09" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...15 lines deleted...]
-            <w:tcW w:w="1842" w:type="dxa"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5970418E" w14:textId="125098A8" w:rsidR="00F95AA4" w:rsidRDefault="00AD3CC6" w:rsidP="00F95AA4">
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="0013563F" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Обжалование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="428FCF6F" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="25F6068E" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="350A6EA3" w14:textId="6D20B17D" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidTr="009154B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E821AFF" w14:textId="77777777" w:rsidR="00AD3CC6" w:rsidRPr="00AD3CC6" w:rsidRDefault="00AD3CC6" w:rsidP="00AD3CC6">
-[...2 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...38 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Освобождение от должности педагога осуществляется по основаниям, предусмотренных статьей 49 Трудового кодекса Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...26 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Освобождение педагогов государственных организаций образования осуществляется организацией образования по согласованию с отделом образования района (города областного значения).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A0A9FD3" w14:textId="755316F0" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...14 lines deleted...]
-            <w:tcW w:w="1842" w:type="dxa"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="274FE885" w14:textId="0C056192" w:rsidR="00AD3CC6" w:rsidRPr="00AD3CC6" w:rsidRDefault="00AD3CC6" w:rsidP="00AD3CC6">
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="0002769E" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...23 lines deleted...]
-          <w:p w14:paraId="427198AC" w14:textId="3F97ED3D" w:rsidR="00F95AA4" w:rsidRDefault="00AD3CC6" w:rsidP="00AD3CC6">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Освобождение,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0002769E" w:rsidRPr="009154B6" w:rsidRDefault="0002769E" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009154B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>согласование с отделом образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AFAE37E" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="006D382C" w:rsidRPr="009154B6" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6A664EC0" w14:textId="77777777" w:rsidR="001014D3" w:rsidRDefault="001014D3" w:rsidP="001014D3">
+    <w:p w:rsidR="001014D3" w:rsidRPr="009154B6" w:rsidRDefault="001014D3" w:rsidP="001014D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001014D3" w:rsidSect="00EE0DDD">
+    <w:sectPr w:rsidR="001014D3" w:rsidRPr="009154B6" w:rsidSect="00EE0DDD">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="709" w:right="820" w:bottom="850" w:left="284" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="04F97E54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10B415A4"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17843,51 +4384,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0F2F3526"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="464414B8"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17929,51 +4470,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="13AC5D50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB604EDA"/>
     <w:lvl w:ilvl="0" w:tplc="5BCABCAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18042,51 +4583,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="1B716E07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72FA76C8"/>
     <w:lvl w:ilvl="0" w:tplc="6AB2BDEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -18131,51 +4672,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="332303B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3B34908E"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18217,51 +4758,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="3E1029A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2CF4FE04"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18303,51 +4844,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="3ED1157A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0704E24"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18389,51 +4930,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="483313F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC82861E"/>
     <w:lvl w:ilvl="0" w:tplc="6DF021F2">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -18478,51 +5019,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="4B193A8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72FA76C8"/>
     <w:lvl w:ilvl="0" w:tplc="6AB2BDEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -18567,51 +5108,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="532E42E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5A6A1CE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18653,51 +5194,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="60816D2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB58339E"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18739,51 +5280,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="611D646E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8620FB9C"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18825,51 +5366,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="63906608"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0704E24"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18911,51 +5452,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="64A262AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AA564534"/>
     <w:lvl w:ilvl="0" w:tplc="32F89A58">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -19001,51 +5542,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="659B3981"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56F20DDC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19087,51 +5628,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="6E1D128A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA1A7DC8"/>
     <w:lvl w:ilvl="0" w:tplc="3FCE40EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -19176,51 +5717,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="70D575AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56F20DDC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19262,51 +5803,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="775D02EF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7E26F686"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2367" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -19441,278 +5982,256 @@
   <w:num w:numId="12">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C3EC6"/>
     <w:rsid w:val="000011A8"/>
     <w:rsid w:val="00002B9A"/>
     <w:rsid w:val="00023D76"/>
     <w:rsid w:val="0002769E"/>
     <w:rsid w:val="00036CB5"/>
     <w:rsid w:val="000612B2"/>
     <w:rsid w:val="000675E6"/>
     <w:rsid w:val="00067976"/>
     <w:rsid w:val="00071F20"/>
     <w:rsid w:val="0007365E"/>
     <w:rsid w:val="00074DEE"/>
     <w:rsid w:val="000771CB"/>
     <w:rsid w:val="000827DC"/>
     <w:rsid w:val="00086C05"/>
     <w:rsid w:val="00095BB9"/>
     <w:rsid w:val="000C361F"/>
     <w:rsid w:val="000D45EE"/>
     <w:rsid w:val="000D4F76"/>
     <w:rsid w:val="000D4FCB"/>
-    <w:rsid w:val="000E3791"/>
     <w:rsid w:val="000E38DD"/>
     <w:rsid w:val="000E4B7E"/>
     <w:rsid w:val="000F673D"/>
     <w:rsid w:val="000F737C"/>
     <w:rsid w:val="00100BAA"/>
     <w:rsid w:val="001014D3"/>
     <w:rsid w:val="00107CA8"/>
     <w:rsid w:val="001149F9"/>
     <w:rsid w:val="00125C63"/>
     <w:rsid w:val="00134EBB"/>
     <w:rsid w:val="0013563F"/>
     <w:rsid w:val="001356C3"/>
-    <w:rsid w:val="00137186"/>
     <w:rsid w:val="001418A2"/>
     <w:rsid w:val="00160A6D"/>
     <w:rsid w:val="0016181E"/>
     <w:rsid w:val="00162A4C"/>
     <w:rsid w:val="00165A12"/>
     <w:rsid w:val="00171CBD"/>
     <w:rsid w:val="00177545"/>
     <w:rsid w:val="001825B3"/>
     <w:rsid w:val="00185982"/>
     <w:rsid w:val="00195C80"/>
     <w:rsid w:val="0019665F"/>
     <w:rsid w:val="00196E83"/>
     <w:rsid w:val="001A440F"/>
     <w:rsid w:val="001A6A4B"/>
     <w:rsid w:val="001A7EA6"/>
     <w:rsid w:val="001B3F5C"/>
     <w:rsid w:val="001D1EE5"/>
     <w:rsid w:val="001D782B"/>
     <w:rsid w:val="001E55FE"/>
     <w:rsid w:val="001E7233"/>
     <w:rsid w:val="001F03F9"/>
     <w:rsid w:val="001F4DA3"/>
     <w:rsid w:val="001F660A"/>
     <w:rsid w:val="00211598"/>
-    <w:rsid w:val="00214D31"/>
     <w:rsid w:val="0022504D"/>
     <w:rsid w:val="0022646C"/>
     <w:rsid w:val="002312C5"/>
     <w:rsid w:val="00237F32"/>
     <w:rsid w:val="00247A7E"/>
-    <w:rsid w:val="00253BD1"/>
     <w:rsid w:val="00256DCC"/>
     <w:rsid w:val="00257668"/>
     <w:rsid w:val="002675CA"/>
     <w:rsid w:val="00273D9A"/>
     <w:rsid w:val="00277F6A"/>
     <w:rsid w:val="002A1685"/>
-    <w:rsid w:val="002A199D"/>
     <w:rsid w:val="002A6AA8"/>
     <w:rsid w:val="002A7D25"/>
     <w:rsid w:val="002B5BB3"/>
     <w:rsid w:val="002B5F81"/>
     <w:rsid w:val="002C3EC6"/>
     <w:rsid w:val="002C4B66"/>
     <w:rsid w:val="002D6366"/>
     <w:rsid w:val="002E79DA"/>
     <w:rsid w:val="002F116F"/>
     <w:rsid w:val="0030230A"/>
     <w:rsid w:val="003162F3"/>
     <w:rsid w:val="00320326"/>
     <w:rsid w:val="003214D9"/>
     <w:rsid w:val="003229B1"/>
     <w:rsid w:val="0033258E"/>
-    <w:rsid w:val="00337FB9"/>
     <w:rsid w:val="00340C26"/>
     <w:rsid w:val="003475B5"/>
     <w:rsid w:val="00347FC0"/>
     <w:rsid w:val="00352D6F"/>
     <w:rsid w:val="00362B14"/>
     <w:rsid w:val="003801AB"/>
     <w:rsid w:val="00382070"/>
     <w:rsid w:val="00386B39"/>
     <w:rsid w:val="003872B8"/>
     <w:rsid w:val="003A010E"/>
     <w:rsid w:val="003A167D"/>
     <w:rsid w:val="003A1CE4"/>
     <w:rsid w:val="003A3F41"/>
     <w:rsid w:val="003A48FC"/>
     <w:rsid w:val="003A4B48"/>
     <w:rsid w:val="003B1036"/>
     <w:rsid w:val="003D0301"/>
     <w:rsid w:val="003D3DD6"/>
     <w:rsid w:val="003D58CF"/>
     <w:rsid w:val="003E1992"/>
     <w:rsid w:val="003E1B69"/>
-    <w:rsid w:val="003E30A0"/>
     <w:rsid w:val="003E3D17"/>
     <w:rsid w:val="003F1EE0"/>
     <w:rsid w:val="003F2748"/>
     <w:rsid w:val="00401298"/>
     <w:rsid w:val="00401D6A"/>
     <w:rsid w:val="00402431"/>
     <w:rsid w:val="00403929"/>
     <w:rsid w:val="004044FA"/>
     <w:rsid w:val="00405AF4"/>
     <w:rsid w:val="0041044A"/>
     <w:rsid w:val="00412A8E"/>
     <w:rsid w:val="0041414C"/>
     <w:rsid w:val="00414555"/>
     <w:rsid w:val="00414A9E"/>
     <w:rsid w:val="0042086B"/>
     <w:rsid w:val="00423688"/>
     <w:rsid w:val="00434D19"/>
     <w:rsid w:val="004369D5"/>
     <w:rsid w:val="00441B89"/>
     <w:rsid w:val="00445B2F"/>
     <w:rsid w:val="004538F5"/>
     <w:rsid w:val="00457654"/>
     <w:rsid w:val="004613B8"/>
     <w:rsid w:val="00463C5E"/>
     <w:rsid w:val="00480152"/>
     <w:rsid w:val="00484B5C"/>
     <w:rsid w:val="00486B7D"/>
-    <w:rsid w:val="004921DF"/>
     <w:rsid w:val="004B31D9"/>
     <w:rsid w:val="004B346D"/>
     <w:rsid w:val="004B3755"/>
     <w:rsid w:val="004C2199"/>
     <w:rsid w:val="004D0190"/>
     <w:rsid w:val="004D331A"/>
     <w:rsid w:val="004E19ED"/>
     <w:rsid w:val="004E269D"/>
     <w:rsid w:val="004F7751"/>
     <w:rsid w:val="00511163"/>
     <w:rsid w:val="00512FEA"/>
     <w:rsid w:val="00515EB2"/>
     <w:rsid w:val="0053501E"/>
     <w:rsid w:val="005410AC"/>
     <w:rsid w:val="00544224"/>
     <w:rsid w:val="005511B7"/>
     <w:rsid w:val="00551D98"/>
     <w:rsid w:val="00552DF4"/>
     <w:rsid w:val="0055358D"/>
     <w:rsid w:val="00554B10"/>
     <w:rsid w:val="00555068"/>
     <w:rsid w:val="00555379"/>
     <w:rsid w:val="0056221F"/>
     <w:rsid w:val="00562DCA"/>
     <w:rsid w:val="00563362"/>
     <w:rsid w:val="00565F57"/>
-    <w:rsid w:val="00572115"/>
     <w:rsid w:val="00574390"/>
-    <w:rsid w:val="00577CD9"/>
-    <w:rsid w:val="00592DF2"/>
     <w:rsid w:val="005A12C0"/>
-    <w:rsid w:val="005A44DB"/>
     <w:rsid w:val="005A6AE3"/>
     <w:rsid w:val="005B0837"/>
     <w:rsid w:val="005B76FF"/>
     <w:rsid w:val="005C10C4"/>
     <w:rsid w:val="005C1343"/>
     <w:rsid w:val="005C48B8"/>
-    <w:rsid w:val="005C5BF5"/>
     <w:rsid w:val="005C6E64"/>
     <w:rsid w:val="005C7391"/>
-    <w:rsid w:val="005D5F49"/>
     <w:rsid w:val="005E0CA3"/>
     <w:rsid w:val="005E3FDB"/>
     <w:rsid w:val="005E449A"/>
     <w:rsid w:val="005E65DE"/>
     <w:rsid w:val="005F63A3"/>
     <w:rsid w:val="005F6B6D"/>
     <w:rsid w:val="005F7CC5"/>
     <w:rsid w:val="0060146C"/>
     <w:rsid w:val="00602581"/>
     <w:rsid w:val="006032C9"/>
     <w:rsid w:val="006118B1"/>
     <w:rsid w:val="00616979"/>
     <w:rsid w:val="006171E2"/>
     <w:rsid w:val="00622573"/>
     <w:rsid w:val="00640FE4"/>
     <w:rsid w:val="00644636"/>
     <w:rsid w:val="00650E90"/>
     <w:rsid w:val="00654229"/>
     <w:rsid w:val="00657F41"/>
     <w:rsid w:val="006712BD"/>
     <w:rsid w:val="0068386B"/>
-    <w:rsid w:val="006839B5"/>
     <w:rsid w:val="006907F7"/>
     <w:rsid w:val="006928FF"/>
     <w:rsid w:val="00693626"/>
-    <w:rsid w:val="006970A1"/>
     <w:rsid w:val="00697F9B"/>
     <w:rsid w:val="006A444D"/>
-    <w:rsid w:val="006A4480"/>
     <w:rsid w:val="006A4BBA"/>
     <w:rsid w:val="006A6AAB"/>
     <w:rsid w:val="006B55B0"/>
-    <w:rsid w:val="006B7713"/>
     <w:rsid w:val="006C79C5"/>
     <w:rsid w:val="006D382C"/>
     <w:rsid w:val="006D6716"/>
     <w:rsid w:val="006E2EE5"/>
     <w:rsid w:val="006E306E"/>
     <w:rsid w:val="006E381C"/>
     <w:rsid w:val="006E61A7"/>
     <w:rsid w:val="006F2B7C"/>
     <w:rsid w:val="006F2B87"/>
     <w:rsid w:val="006F429B"/>
     <w:rsid w:val="00702B21"/>
     <w:rsid w:val="00721039"/>
     <w:rsid w:val="00724C8A"/>
     <w:rsid w:val="00726685"/>
     <w:rsid w:val="00737E25"/>
     <w:rsid w:val="00745238"/>
     <w:rsid w:val="007514D6"/>
     <w:rsid w:val="00754066"/>
     <w:rsid w:val="00754701"/>
     <w:rsid w:val="00760196"/>
     <w:rsid w:val="007627F2"/>
     <w:rsid w:val="00776F05"/>
     <w:rsid w:val="00777E19"/>
     <w:rsid w:val="007817EB"/>
     <w:rsid w:val="00782D35"/>
@@ -19734,803 +6253,534 @@
     <w:rsid w:val="007F2663"/>
     <w:rsid w:val="008263FD"/>
     <w:rsid w:val="008307A7"/>
     <w:rsid w:val="00834F14"/>
     <w:rsid w:val="00836416"/>
     <w:rsid w:val="00836637"/>
     <w:rsid w:val="00853844"/>
     <w:rsid w:val="00855193"/>
     <w:rsid w:val="00857D89"/>
     <w:rsid w:val="00865846"/>
     <w:rsid w:val="00866BD4"/>
     <w:rsid w:val="00867E00"/>
     <w:rsid w:val="00870911"/>
     <w:rsid w:val="008712B3"/>
     <w:rsid w:val="008766EA"/>
     <w:rsid w:val="00884A96"/>
     <w:rsid w:val="00892883"/>
     <w:rsid w:val="00894DC5"/>
     <w:rsid w:val="0089566C"/>
     <w:rsid w:val="0089623A"/>
     <w:rsid w:val="00897BE1"/>
     <w:rsid w:val="008A01BB"/>
     <w:rsid w:val="008A0911"/>
     <w:rsid w:val="008A42AA"/>
     <w:rsid w:val="008B2C5A"/>
-    <w:rsid w:val="008B3640"/>
     <w:rsid w:val="008C318A"/>
     <w:rsid w:val="008C34C2"/>
     <w:rsid w:val="008D480A"/>
     <w:rsid w:val="008E5099"/>
+    <w:rsid w:val="009154B6"/>
     <w:rsid w:val="009215ED"/>
     <w:rsid w:val="0092691C"/>
     <w:rsid w:val="00927513"/>
     <w:rsid w:val="00930B2D"/>
     <w:rsid w:val="0093738F"/>
     <w:rsid w:val="00937C1A"/>
     <w:rsid w:val="009406F0"/>
     <w:rsid w:val="009416B0"/>
     <w:rsid w:val="0095143F"/>
     <w:rsid w:val="00955073"/>
     <w:rsid w:val="0095789A"/>
     <w:rsid w:val="00960B7D"/>
     <w:rsid w:val="00963BC5"/>
     <w:rsid w:val="00963F66"/>
     <w:rsid w:val="0097072D"/>
     <w:rsid w:val="00971DA7"/>
-    <w:rsid w:val="00976F23"/>
     <w:rsid w:val="009772B5"/>
     <w:rsid w:val="00982E8C"/>
-    <w:rsid w:val="00983AD1"/>
     <w:rsid w:val="009900E9"/>
     <w:rsid w:val="00992A0D"/>
     <w:rsid w:val="00995A0A"/>
     <w:rsid w:val="009A40AC"/>
     <w:rsid w:val="009A4398"/>
     <w:rsid w:val="009A5044"/>
     <w:rsid w:val="009A5EA1"/>
     <w:rsid w:val="009A7BB7"/>
     <w:rsid w:val="009B24F6"/>
     <w:rsid w:val="009B3835"/>
-    <w:rsid w:val="009B686C"/>
     <w:rsid w:val="009D073B"/>
-    <w:rsid w:val="009D1537"/>
     <w:rsid w:val="009D2C55"/>
     <w:rsid w:val="009D72C5"/>
     <w:rsid w:val="009D7A61"/>
     <w:rsid w:val="009E7E69"/>
     <w:rsid w:val="00A005F1"/>
-    <w:rsid w:val="00A043A9"/>
     <w:rsid w:val="00A06ABD"/>
     <w:rsid w:val="00A0736B"/>
-    <w:rsid w:val="00A07E10"/>
     <w:rsid w:val="00A1076F"/>
     <w:rsid w:val="00A14EB7"/>
     <w:rsid w:val="00A153FD"/>
     <w:rsid w:val="00A15ABB"/>
     <w:rsid w:val="00A2408E"/>
     <w:rsid w:val="00A26277"/>
     <w:rsid w:val="00A302A4"/>
     <w:rsid w:val="00A33582"/>
     <w:rsid w:val="00A338E7"/>
     <w:rsid w:val="00A44620"/>
     <w:rsid w:val="00A46F3D"/>
     <w:rsid w:val="00A56C5B"/>
     <w:rsid w:val="00A6233F"/>
     <w:rsid w:val="00A6574F"/>
     <w:rsid w:val="00A66EBB"/>
     <w:rsid w:val="00A85002"/>
     <w:rsid w:val="00A85E24"/>
     <w:rsid w:val="00A85F6E"/>
     <w:rsid w:val="00A862B6"/>
     <w:rsid w:val="00A9137E"/>
     <w:rsid w:val="00A94555"/>
     <w:rsid w:val="00A9473A"/>
     <w:rsid w:val="00AA05AE"/>
     <w:rsid w:val="00AA1DA8"/>
     <w:rsid w:val="00AB34C5"/>
     <w:rsid w:val="00AC6A75"/>
     <w:rsid w:val="00AC7DB9"/>
     <w:rsid w:val="00AD21DA"/>
-    <w:rsid w:val="00AD3CC6"/>
     <w:rsid w:val="00AD4485"/>
     <w:rsid w:val="00AD6987"/>
     <w:rsid w:val="00AD79A4"/>
     <w:rsid w:val="00AD7DB6"/>
     <w:rsid w:val="00AE50E0"/>
     <w:rsid w:val="00AF2373"/>
     <w:rsid w:val="00AF728F"/>
     <w:rsid w:val="00B01856"/>
     <w:rsid w:val="00B03C4C"/>
     <w:rsid w:val="00B03E35"/>
     <w:rsid w:val="00B040B9"/>
-    <w:rsid w:val="00B11037"/>
-    <w:rsid w:val="00B121F3"/>
     <w:rsid w:val="00B266E3"/>
     <w:rsid w:val="00B273F6"/>
     <w:rsid w:val="00B30FB5"/>
     <w:rsid w:val="00B32946"/>
     <w:rsid w:val="00B33354"/>
     <w:rsid w:val="00B34C1E"/>
     <w:rsid w:val="00B36A8B"/>
     <w:rsid w:val="00B43513"/>
     <w:rsid w:val="00B466B5"/>
     <w:rsid w:val="00B47E65"/>
     <w:rsid w:val="00B5401C"/>
     <w:rsid w:val="00B55BA5"/>
     <w:rsid w:val="00B573B8"/>
     <w:rsid w:val="00B66B87"/>
     <w:rsid w:val="00B71DEF"/>
     <w:rsid w:val="00B7488B"/>
     <w:rsid w:val="00B74FFE"/>
     <w:rsid w:val="00B75D6E"/>
     <w:rsid w:val="00B778BF"/>
     <w:rsid w:val="00B97672"/>
     <w:rsid w:val="00BA25D4"/>
     <w:rsid w:val="00BA5407"/>
     <w:rsid w:val="00BB3FC5"/>
     <w:rsid w:val="00BB60FC"/>
     <w:rsid w:val="00BD3CF3"/>
     <w:rsid w:val="00BE62AD"/>
     <w:rsid w:val="00BF0AEB"/>
-    <w:rsid w:val="00BF4F88"/>
     <w:rsid w:val="00BF691E"/>
     <w:rsid w:val="00BF7D59"/>
     <w:rsid w:val="00C14BEB"/>
     <w:rsid w:val="00C14CB8"/>
     <w:rsid w:val="00C15FF4"/>
     <w:rsid w:val="00C200D6"/>
-    <w:rsid w:val="00C21097"/>
-    <w:rsid w:val="00C25523"/>
     <w:rsid w:val="00C36351"/>
     <w:rsid w:val="00C56103"/>
     <w:rsid w:val="00C66646"/>
-    <w:rsid w:val="00C71970"/>
     <w:rsid w:val="00C737FE"/>
     <w:rsid w:val="00C75835"/>
     <w:rsid w:val="00C80316"/>
     <w:rsid w:val="00C82C6B"/>
     <w:rsid w:val="00C8339B"/>
     <w:rsid w:val="00C84007"/>
     <w:rsid w:val="00C8486E"/>
     <w:rsid w:val="00C85C7C"/>
     <w:rsid w:val="00C93FF9"/>
     <w:rsid w:val="00C96495"/>
     <w:rsid w:val="00CB0B25"/>
     <w:rsid w:val="00CB4C3C"/>
     <w:rsid w:val="00CB75E3"/>
     <w:rsid w:val="00CC3D59"/>
-    <w:rsid w:val="00CD40F7"/>
     <w:rsid w:val="00CD529A"/>
     <w:rsid w:val="00CD7219"/>
     <w:rsid w:val="00CE1E37"/>
     <w:rsid w:val="00CF0A2E"/>
     <w:rsid w:val="00CF5290"/>
     <w:rsid w:val="00CF72F5"/>
     <w:rsid w:val="00D04280"/>
     <w:rsid w:val="00D24743"/>
     <w:rsid w:val="00D30A83"/>
-    <w:rsid w:val="00D33426"/>
     <w:rsid w:val="00D35B75"/>
     <w:rsid w:val="00D43660"/>
     <w:rsid w:val="00D44074"/>
     <w:rsid w:val="00D45141"/>
     <w:rsid w:val="00D466F8"/>
     <w:rsid w:val="00D678F7"/>
     <w:rsid w:val="00D716A9"/>
     <w:rsid w:val="00D71E7E"/>
-    <w:rsid w:val="00D803F9"/>
     <w:rsid w:val="00D804DB"/>
     <w:rsid w:val="00D8764E"/>
     <w:rsid w:val="00D87EAF"/>
     <w:rsid w:val="00DA55CD"/>
     <w:rsid w:val="00DA720E"/>
     <w:rsid w:val="00DC1153"/>
     <w:rsid w:val="00DC495F"/>
     <w:rsid w:val="00DD7883"/>
     <w:rsid w:val="00DE1A8C"/>
     <w:rsid w:val="00DF3B37"/>
     <w:rsid w:val="00E0209E"/>
     <w:rsid w:val="00E024D9"/>
-    <w:rsid w:val="00E0731F"/>
     <w:rsid w:val="00E16914"/>
     <w:rsid w:val="00E172D3"/>
     <w:rsid w:val="00E2098D"/>
     <w:rsid w:val="00E30E7B"/>
     <w:rsid w:val="00E42A6A"/>
-    <w:rsid w:val="00E47A28"/>
     <w:rsid w:val="00E5673C"/>
     <w:rsid w:val="00E6511C"/>
     <w:rsid w:val="00E709A8"/>
     <w:rsid w:val="00E72E99"/>
     <w:rsid w:val="00E92D4E"/>
     <w:rsid w:val="00E94FBE"/>
     <w:rsid w:val="00E96B59"/>
     <w:rsid w:val="00EA2AE1"/>
     <w:rsid w:val="00EA6D8B"/>
     <w:rsid w:val="00EA6FE8"/>
     <w:rsid w:val="00EB1611"/>
     <w:rsid w:val="00EB2C64"/>
     <w:rsid w:val="00EB6155"/>
     <w:rsid w:val="00ED06A5"/>
     <w:rsid w:val="00ED1C47"/>
     <w:rsid w:val="00ED7E26"/>
     <w:rsid w:val="00EE0C01"/>
     <w:rsid w:val="00EE0DB4"/>
     <w:rsid w:val="00EE0DDD"/>
     <w:rsid w:val="00EE2A87"/>
     <w:rsid w:val="00EE3567"/>
-    <w:rsid w:val="00EE60CA"/>
     <w:rsid w:val="00EF643B"/>
     <w:rsid w:val="00EF72D6"/>
     <w:rsid w:val="00F00DA9"/>
     <w:rsid w:val="00F0173D"/>
     <w:rsid w:val="00F023C6"/>
     <w:rsid w:val="00F04FC9"/>
     <w:rsid w:val="00F067AB"/>
     <w:rsid w:val="00F121F4"/>
     <w:rsid w:val="00F15112"/>
     <w:rsid w:val="00F16D2B"/>
     <w:rsid w:val="00F22879"/>
     <w:rsid w:val="00F32348"/>
     <w:rsid w:val="00F33211"/>
     <w:rsid w:val="00F363DD"/>
     <w:rsid w:val="00F40BCB"/>
-    <w:rsid w:val="00F416C5"/>
     <w:rsid w:val="00F42857"/>
     <w:rsid w:val="00F476E7"/>
     <w:rsid w:val="00F505B3"/>
     <w:rsid w:val="00F53741"/>
     <w:rsid w:val="00F56DB7"/>
     <w:rsid w:val="00F61E7E"/>
     <w:rsid w:val="00F632D3"/>
     <w:rsid w:val="00F736E3"/>
     <w:rsid w:val="00F7426A"/>
     <w:rsid w:val="00F76731"/>
     <w:rsid w:val="00F8330B"/>
     <w:rsid w:val="00F85125"/>
     <w:rsid w:val="00F85A61"/>
     <w:rsid w:val="00F85BC5"/>
     <w:rsid w:val="00F87C1E"/>
     <w:rsid w:val="00F9218B"/>
     <w:rsid w:val="00F9567A"/>
-    <w:rsid w:val="00F95AA4"/>
     <w:rsid w:val="00FA0E36"/>
     <w:rsid w:val="00FA2E59"/>
     <w:rsid w:val="00FB34F5"/>
     <w:rsid w:val="00FB43B8"/>
     <w:rsid w:val="00FC6064"/>
     <w:rsid w:val="00FD3165"/>
-    <w:rsid w:val="00FD6D8C"/>
-    <w:rsid w:val="00FE384A"/>
     <w:rsid w:val="00FE46D9"/>
     <w:rsid w:val="00FE650B"/>
     <w:rsid w:val="00FE6852"/>
     <w:rsid w:val="00FF01D3"/>
     <w:rsid w:val="00FF5F81"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6BA5A970"/>
-  <w15:docId w15:val="{0D60AED4-7E40-40E9-BC15-0F51DF14636C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E0209E"/>
-  </w:style>
-[...19 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="без абзаца"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00F85BC5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="003801AB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Абзац списка Знак"/>
     <w:aliases w:val="без абзаца Знак"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
     <w:rsid w:val="001F4DA3"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00563362"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
@@ -20603,336 +6853,285 @@
     <w:rsid w:val="0095143F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00754066"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="2">
     <w:name w:val="Сетка таблицы2"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a5"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F476E7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ad">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C71970"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...13 lines deleted...]
-    </w:rPr>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="269894446">
-[...89 lines deleted...]
-    </w:div>
     <w:div w:id="720060306">
-      <w:bodyDiv w:val="1"/>
-[...128 lines deleted...]
-    <w:div w:id="2025201668">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K2000000350" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -21185,78 +7384,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAFDB646-1893-4410-A192-1A590E72B493}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6B78A62-5DFF-4968-B369-77DC70570831}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>11446</Characters>
+  <Pages>5</Pages>
+  <Words>1820</Words>
+  <Characters>10375</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13427</CharactersWithSpaces>
+  <CharactersWithSpaces>12171</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>УМЦ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>