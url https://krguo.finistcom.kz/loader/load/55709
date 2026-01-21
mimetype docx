--- v0 (2025-10-18)
+++ v1 (2026-01-21)
@@ -23,1786 +23,1119 @@
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E875A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-908685</wp:posOffset>
+              <wp:posOffset>-832485</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-90170</wp:posOffset>
+              <wp:posOffset>-4445</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1390015" cy="1276350"/>
+            <wp:extent cx="1223645" cy="1123950"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
-                <wp:start x="7401" y="0"/>
-[...12 lines deleted...]
-                <wp:lineTo x="7401" y="0"/>
+                <wp:start x="7062" y="0"/>
+                <wp:lineTo x="4035" y="2197"/>
+                <wp:lineTo x="2018" y="4393"/>
+                <wp:lineTo x="673" y="15742"/>
+                <wp:lineTo x="1681" y="20136"/>
+                <wp:lineTo x="4372" y="21234"/>
+                <wp:lineTo x="9752" y="21234"/>
+                <wp:lineTo x="19504" y="21234"/>
+                <wp:lineTo x="20176" y="19037"/>
+                <wp:lineTo x="19168" y="4759"/>
+                <wp:lineTo x="15805" y="1464"/>
+                <wp:lineTo x="12778" y="0"/>
+                <wp:lineTo x="7062" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="1" name="Picture 2" descr="C:\Users\Пользователь\Desktop\Диск D\doc\ДОКУМЕНТЫ   МЕТОДИСТА\Оксана\БЕРЕЗКА\berezka3_1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1026" name="Picture 2" descr="C:\Users\Пользователь\Desktop\Диск D\doc\ДОКУМЕНТЫ   МЕТОДИСТА\Оксана\БЕРЕЗКА\berezka3_1.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1390015" cy="1276350"/>
+                      <a:ext cx="1223645" cy="1123950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:extLst/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00936346">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="720"/>
+      <w:r w:rsidR="002834B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="002834B6" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>БЪЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002834B6" w:rsidRDefault="00936346" w:rsidP="001848B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...164 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о  конкурсе на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие вакантных должностей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданских служащих</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002834B6" w:rsidRDefault="002834B6" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002834B6" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00F2594C" w:rsidP="002834B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...28 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наименование органи</w:t>
+      </w:r>
+      <w:r w:rsidR="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проводящего конкурс, с указанием его местонахождения, почтового адреса, номеров </w:t>
+      </w:r>
+      <w:r w:rsidR="004C4E4A" w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефонов и факса, адреса электронной почты:</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4E4A" w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C4E4A" w:rsidRPr="004C4E4A" w:rsidRDefault="004C4E4A" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ясли-сад «Берёзка» отдела </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования города Шахтинска управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C4E4A" w:rsidRPr="004C4E4A" w:rsidRDefault="004C4E4A" w:rsidP="004C4E4A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Пос. Шахан  квартал 11/17 здание 25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C4E4A" w:rsidRPr="004C4E4A" w:rsidRDefault="004C4E4A" w:rsidP="004C4E4A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тел.8(72156)33303,  8(72156)34041, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2594C" w:rsidRDefault="004C4E4A" w:rsidP="004C4E4A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00621DE0">
-[...6 lines deleted...]
-        <w:t>өткізетін</w:t>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>эл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дрес</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00621DE0">
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>shahtinsk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berezka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>krg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="004C4E4A" w:rsidRDefault="004C4E4A" w:rsidP="004C4E4A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00251C82" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наименование вакантных должностей с обозначением основных функциональных обязанностей, размера и условий оплаты труда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Воспитатель: 6 вакансий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Музыкальный руководитель: 2 вакансии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Преподаватель (учитель) робототехники: 1 вакансия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00251C82" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Функциональные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4E4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00251C82" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Воспитатель дошкольной организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00565A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Воспитатель воспитывает и обучает детей в соответствии с их </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возрастными потребностями, проведение развивающих и обучающих занятий в соответствии с образовательными методиками, программами и планами </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00621DE0">
-[...6 lines deleted...]
-        <w:t>ұйымның</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ТИПо</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00621DE0">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="004C4E4A" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Обеспечивает охрану жизни и здоровья детей, применяя здоровьесберегающие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>технологии, следит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за состоянием и укреплением здоровья каждого ребенка в группе, совместно с медперсоналом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">регулярно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>проводить комплексные мероприятия, способствующие укреплению здоровья, психофизическому развитию детей.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обладает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующими профессиональными компетенциями работы с детьми дошкольного возраста. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Создает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая и т.д.). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отовиться к проведению занятий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С уважением и заботой относиться к каждому ребенку в своей группе, проявлять выдержку и педагогический такт в общении с детьми и их родителями,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...164 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уважать честь и достоинство обучающихся, воспитанников и их родителей или иных законных представителей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00251C82" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Владеть компьютерной грамотностью, информационно-коммуникационной компетентностью. Консультировать родителей или иных законных представителей по вопросам обучения и воспитания обучающихся и воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...199 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>і</w:t>
-[...828 lines deleted...]
-        <w:t>Жалақы мөлшері:</w:t>
+        <w:t>Размер заработной платы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2880"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2850"/>
+        <w:gridCol w:w="3009"/>
+        <w:gridCol w:w="2998"/>
+        <w:gridCol w:w="2998"/>
       </w:tblGrid>
       <w:tr w:rsidR="00936346" w:rsidTr="00F910A0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00936346" w:rsidRDefault="000D7770" w:rsidP="00F910A0">
+          <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00F910A0">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000D7770">
-[...7 lines deleted...]
-              <w:t>Сілтеме, кезең</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Звено, ступень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6381" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00936346" w:rsidRDefault="000D7770" w:rsidP="00F910A0">
+          <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00F910A0">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000D7770">
-[...7 lines deleted...]
-              <w:t>Еңбек сіңірген жылдарына байланысты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В завистмости от выслуги лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00936346" w:rsidTr="00F910A0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00F910A0">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2465,51 +1798,50 @@
       <w:tr w:rsidR="00936346" w:rsidTr="00F910A0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00F910A0">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>В4-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00F910A0">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
@@ -2542,361 +1874,591 @@
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>142955</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000D7770" w:rsidRDefault="000D7770" w:rsidP="00936346">
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7770">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Біліктілік талаптарына сәйкес конкурсқа қатысушыларға қойылатын негізгі талаптар:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00936346" w:rsidRDefault="000D7770" w:rsidP="00936346">
+        <w:t xml:space="preserve">Основные требования к участникам конкурса, в соотвтствии с квалификационными требованияи: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00AB7CD8" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7770">
+      <w:r w:rsidRPr="00251C82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Педагог (санатсыз): тиісті бейін бойынша педагогикалық кәсіптік білімі немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білімді растайтын, жұмыс өтіліне қойылатын талаптарды көздемей-ақ өзге де құжаты бар</w:t>
+        <w:t xml:space="preserve">Педагог (без категории): имеет педагогическое профессиональное образование по соответствующему профилю или иной документ, подтверждающий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>педагогическую переподготовку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или техническое и профессиональное образование по соответствующему профилю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, без предьясления требований к стажу работы </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2.2.</w:t>
       </w:r>
-      <w:r w:rsidR="000D7770" w:rsidRPr="000D7770">
-        <w:rPr>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>Музыкальный руководитель дошкольной организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="007B05BA" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB7CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B2064" w:rsidRPr="00A85B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>рганизует</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A85B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и проводит музыкальные и другие культурно-массовые мероприятия,  ведет индивидуальную работу с детьми, выяв</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ляет музыкально одаренных детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="007B05BA" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ладеет техникой исполнения на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>музыкальном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> инструменте.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B05BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000D7770" w:rsidRPr="000D7770">
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="007B05BA" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектепке дейінгі білім беру ұйымының музыкалық жетекшісі:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000D7770" w:rsidRPr="000D7770" w:rsidRDefault="000D7770" w:rsidP="000D7770">
+      </w:pPr>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B2064">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>овершенст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вует</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свое профессиональное мастерство, исследовательский, интеллектуальный и творческ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ий уровень, в том числе повышает (подтверждает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) уровень квалификационной категории не реже одного раза в пять лет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="007B05BA" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Внедряет в практику работы с детьми педагогический опыт.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00C10A80" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проводит уровневую оценку музыкального развития каждого ребенка, используя диагностическую методику. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Владеть компьютерной грамотностью, информационно-коммуникационной компетентностью.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B05BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7770">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Музыкалық және басқа да мәдени-бұқаралық іс-шараларды ұйымдастырады және өткізеді, балалармен жеке жұмыс жүргізеді, музыкалық дарынды балаларды анықтайды.  </w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...120 lines deleted...]
-        <w:t>Жалақы мөлшері:</w:t>
+        <w:t>Размер заработной платы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2880"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2850"/>
+        <w:gridCol w:w="3009"/>
+        <w:gridCol w:w="2998"/>
+        <w:gridCol w:w="2998"/>
       </w:tblGrid>
       <w:tr w:rsidR="00936346" w:rsidTr="00F4454C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00936346" w:rsidRDefault="000D7770" w:rsidP="00F4454C">
+          <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00F4454C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000D7770">
-[...7 lines deleted...]
-              <w:t>Сілтеме, кезең</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Звено, ступень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6381" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00936346" w:rsidRDefault="000D7770" w:rsidP="00F4454C">
+          <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00F4454C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000D7770">
-[...7 lines deleted...]
-              <w:t>Еңбек сіңірген жылдарына байланысты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В завистмости от выслуги лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00936346" w:rsidTr="00F4454C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00F4454C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3387,51 +2949,50 @@
       <w:tr w:rsidR="00936346" w:rsidTr="00F4454C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00F4454C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>В4-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00F4454C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
@@ -3636,452 +3197,440 @@
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>142955</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00936346" w:rsidRDefault="000D7770" w:rsidP="00936346">
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7770">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Біліктілік талаптарына сәйкес конкурсқа қатысушыларға қойылатын негізгі талаптар</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Основные требования к участникам конкурса, в соотвтствии с квалификационными требованияи: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00C10A80" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00936346" w:rsidRPr="000D7770" w:rsidRDefault="000D7770" w:rsidP="00936346">
+      </w:pPr>
+      <w:r w:rsidRPr="00C10A80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог (без категории): имеет педагогическое профессиональное (музыкальное, педагогическое) образование по соответствующему профилю или иной документ, подтверждающий педагогическую переподготовку или техническое и профессиональное(музыкальное, педагогическое)  образование по соответствующему профилю, без предьясления требований к стажу работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00936346" w:rsidRPr="000D7770" w:rsidRDefault="00936346" w:rsidP="00936346">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00477194" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.3.</w:t>
       </w:r>
-      <w:r w:rsidR="000D7770" w:rsidRPr="000D7770">
-[...16 lines deleted...]
-    <w:p w:rsidR="000D7770" w:rsidRPr="00836D78" w:rsidRDefault="000D7770" w:rsidP="00836D78">
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Преподаватель робототехники</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00477194" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Организует и обеспечивает разнообразную творческую деятельность воспитанников в области дополнительного образования робототехники, комплектует состав воспитанников в группы (подгруппы), кружки, принимает меры по сохранению их безопасной жизнедеятельности в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения, Участвует в разработке и реализации образовательных учебных программ, составляет планы и программы занятий, обеспечивает их выполнения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00477194" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вести установленную документацию (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утвержденной номенклатуры дел дошкольной организации образования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00477194" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Выявлять творческие способности детей, способст</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2064">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>во</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вать развитию нравственно-духовной личности, формированию устойчивых интересов в области робототехники воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00477194" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="2D4359"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="000D7770" w:rsidRPr="00836D78" w:rsidRDefault="000D7770" w:rsidP="00836D78">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Организовывать самостоятельную деятельность воспитанников, в том числе исследовательскую, включает в образовательный процесс инновационные технологии, осуществляет связь обучения с практикой. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+        <w:t>Обеспечивать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и анализирует достижения воспитанников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00477194" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="000D7770" w:rsidRPr="00836D78" w:rsidRDefault="000D7770" w:rsidP="00836D78">
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Оценивать эффективность обучения, учитывая овладение умениями, развитие опыта творческой деятельности, познавательного интереса, используя компьютерные технологии. Способствовать формированию устойчивых профессиональных интересов и склонностей, поддерживает одаренных и талантливых воспитанников, в том числе детей с ограниченными возможностями в развитии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00251C82" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="000D7770" w:rsidRPr="00836D78" w:rsidRDefault="000D7770" w:rsidP="00836D78">
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-Оказывать консультативную помощь родителям и лицам, их заменяющим, а также педагогическим работникам.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...81 lines deleted...]
-        <w:t>Жалақы мөлшері:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Размер заработной платы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2880"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2850"/>
+        <w:gridCol w:w="3009"/>
+        <w:gridCol w:w="2998"/>
+        <w:gridCol w:w="2998"/>
       </w:tblGrid>
       <w:tr w:rsidR="00936346" w:rsidTr="00220735">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00936346" w:rsidRDefault="000D7770" w:rsidP="00220735">
+          <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00220735">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>Сілтеме</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Звено, ступень</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6381" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00936346" w:rsidRDefault="000D7770" w:rsidP="00220735">
+          <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00220735">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>Еңбек</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В зависимости от выслуги лет</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00936346" w:rsidTr="00220735">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00220735">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
@@ -4291,1174 +3840,1027 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>127068</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000D7770" w:rsidRDefault="000D7770" w:rsidP="00936346">
+    <w:p w:rsidR="00936346" w:rsidRPr="007B05BA" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B05BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Основные требования к участникам конкурса, в соответствии с квалификационными требования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B05BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="007B05BA" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B05BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагог (без категории)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: должен отвечать общим требованиям, предъявленным к педагогу дополнительного образования высшего уровня квалификации, высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или техническое или профессиональное образование педагогического профиля  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B05BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>по соответствующему профилю или иной документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="007B2064" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2064">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B2064" w:rsidRDefault="007B2064" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- Конституцию РК, Трудовой Кодекс РК, законы РК «Об образовании», «О статусе педагога», «О противодействии коррупции» и другие нормативно-правовые акты РК, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B2064" w:rsidRDefault="007B2064" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B2064" w:rsidRDefault="007B2064" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- нормативно-правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B2064" w:rsidRPr="007B2064" w:rsidRDefault="007B2064" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2064" w:rsidRDefault="007B2064" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="002B015F" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B015F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сроки приема документов, который исчисляется со следующего дня после последней публикации объявления о проведении конкурса: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00197422">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ата начала приема документов: 22.05</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2023г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:r w:rsidR="00197422">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> окончания приема документов: 30.05</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2023г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B015F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Перечень необходимых документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="002B015F" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B015F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление об участии в конкурсе с указанием перечня прилагаемых документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заполненный оценочный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Копии документов об образовании соответствии с предъявленными к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="004F1814" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F1814">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения РК от 30 октября 2020 г.№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1814">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>ҚР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1814">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Справка с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сертификат о результатах прохождения сертификации или удостоверения о наличии действующей квалификационной категории не ниже педагога – модератора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Заполненный оценочный лист  кандидата  на вакантную или временно вакантную должность педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00170A46" w:rsidRDefault="007B2064" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Видео презентация</w:t>
+      </w:r>
+      <w:r w:rsidR="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidR="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без стажа продолжительностью не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...387 lines deleted...]
-        <w:t>.2023</w:t>
+      <w:r w:rsidR="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">менее 15 минут, с минимальным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...385 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>разрешением</w:t>
+      </w:r>
+      <w:r w:rsidR="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 720</w:t>
+      </w:r>
+      <w:r w:rsidR="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="00936346">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="006052EC" w:rsidRDefault="006052EC" w:rsidP="006052EC">
+        <w:t>480:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00170A46" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="006052EC" w:rsidRDefault="006052EC" w:rsidP="00936346">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Место предоставления документов, контактный телефон и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ответственное лицо за организацию проведения конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00170A46" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00936346" w:rsidRPr="006052EC" w:rsidRDefault="00936346" w:rsidP="00936346">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП  «Ясли-сад «Берёзка» отдела </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>образования города Шахтинска управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00170A46" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> 25</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Пос. Шахан  квартал 11/17 здание 25</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00936346" w:rsidRPr="00170A46" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00170A46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">тел.8(72156)33303,  8(72156)34041, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00936346" w:rsidRDefault="006052EC" w:rsidP="00936346">
+    <w:p w:rsidR="00936346" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170A46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>эл</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...10 lines deleted...]
-        <w:t>м</w:t>
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.а</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidR="00936346" w:rsidRPr="00170A46">
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>дрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170A46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00936346" w:rsidRPr="00BE5ADA">
+        <w:r w:rsidRPr="00BE5ADA">
           <w:rPr>
             <w:rStyle w:val="a9"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>shahtinsk_berezka@krg.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00936346" w:rsidRPr="00251C82" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00936346" w:rsidRPr="00170A46" w:rsidRDefault="006052EC" w:rsidP="00936346">
+    <w:p w:rsidR="00936346" w:rsidRPr="00251C82" w:rsidRDefault="00936346" w:rsidP="00936346">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ответственная за прием документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>секретарь конкурсной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Асаинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Динара </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Аманберлиевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00936346" w:rsidRPr="00170A46" w:rsidRDefault="00936346" w:rsidP="00936346">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...136 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00936346" w:rsidRPr="00170A46" w:rsidRDefault="00936346">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00936346" w:rsidRPr="00170A46" w:rsidSect="00836D78">
+    <w:sectPr w:rsidR="00936346" w:rsidRPr="00170A46" w:rsidSect="002834B6">
       <w:pgSz w:w="9072" w:h="9072"/>
-      <w:pgMar w:top="426" w:right="283" w:bottom="426" w:left="426" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="142" w:right="141" w:bottom="142" w:left="142" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -5657,139 +5059,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="200B74D1"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="2A2219B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2384EC0E"/>
     <w:lvl w:ilvl="0" w:tplc="C3FC0CB6">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -5834,51 +5147,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="3D7C08FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92FE97CA"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -5923,51 +5236,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="3FCD649E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88DCD8B2"/>
     <w:lvl w:ilvl="0" w:tplc="5DAE6058">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6036,51 +5349,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="50B44F50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A8CF024"/>
     <w:lvl w:ilvl="0" w:tplc="CFB2768C">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
@@ -6151,51 +5464,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="57243CE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BFC2FBC"/>
     <w:lvl w:ilvl="0" w:tplc="49581948">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6241,51 +5554,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="58CA0EC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F38ED3E"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -6330,51 +5643,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="762417FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="888E3F4A"/>
     <w:lvl w:ilvl="0" w:tplc="1E68C8F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -6419,51 +5732,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="77E90706"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BFC2FBC"/>
     <w:lvl w:ilvl="0" w:tplc="49581948">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6510,113 +5823,107 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="7"/>
-[...2 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F2594C"/>
-    <w:rsid w:val="000D7770"/>
     <w:rsid w:val="00170A46"/>
-    <w:rsid w:val="002A75E0"/>
+    <w:rsid w:val="001848B6"/>
+    <w:rsid w:val="00197422"/>
+    <w:rsid w:val="002834B6"/>
     <w:rsid w:val="002B015F"/>
     <w:rsid w:val="00382CD0"/>
-    <w:rsid w:val="003C4DA3"/>
     <w:rsid w:val="00477194"/>
     <w:rsid w:val="004C4E4A"/>
     <w:rsid w:val="004F1814"/>
-    <w:rsid w:val="00507793"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00621DE0"/>
     <w:rsid w:val="007B05BA"/>
-    <w:rsid w:val="00836D78"/>
+    <w:rsid w:val="007B2064"/>
     <w:rsid w:val="00936346"/>
     <w:rsid w:val="00AB7CD8"/>
     <w:rsid w:val="00B01B77"/>
     <w:rsid w:val="00C10A80"/>
     <w:rsid w:val="00F2594C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -7198,51 +6505,50 @@
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00170A46"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00936346"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shahtinsk_berezka@krg.gov.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -7497,65 +6803,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1267</Words>
-  <Characters>7222</Characters>
+  <Words>1284</Words>
+  <Characters>7320</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>61</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8473</CharactersWithSpaces>
+  <CharactersWithSpaces>8587</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>березка</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>