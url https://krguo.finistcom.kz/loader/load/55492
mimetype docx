--- v0 (2025-10-25)
+++ v1 (2025-12-18)
@@ -1,4987 +1,5278 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-          <w:b/>
           <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="36"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 22 мая 2020 года № 219 "Об утверждении Правил оказания государственной услуги "Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования"</w:t>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік қызметін көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 22 мамырдағы № 219 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-        <w:t>Приказ Министра образования и науки Республики Казахстан от 1 марта 2022 года № 68. Зарегистрирован в Министерстве юстиции Республики Казахстан 2 марта 2022 года № 27007</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2022 жылғы 1 наурыздағы № 68 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 2 наурызда № 27007 болып тіркелді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="004B771B">
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. "Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік қызметін көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 22 мамырдағы № 219 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00D75F7D">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приказ</w:t>
+          <w:t>бұйрығына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-        <w:t> Министра образования и науки Республики Казахстан от 22 мая 2020 года № 219 "Об утверждении Правил оказания государственной услуги "Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20695) следующие изменения и дополнения:</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 20695 болып тіркелген) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="004B771B">
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      көрсетілген бұйрықпен бекітілген "Балаларға қосымша білім беру үшін бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00D75F7D">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Правилах</w:t>
+          <w:t>қағидаларында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-        <w:t> оказания государственной услуги "Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования", утвержденных указанным приказом:</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="0" w:name="z7"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...105 lines deleted...]
-        <w:r w:rsidRPr="004B771B">
+      <w:bookmarkStart w:id="2" w:name="z3"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="00D75F7D">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению</w:t>
+          <w:t>3-тармақ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-        <w:t> к настоящим Правилам (далее – Стандарт государственной услуги).</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жаңа редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="004B771B">
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "3. Мемлекеттік қызметті алу үшін жеке тұлғалар (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге және (немесе) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация) арқылы осы Қағидаларға қосымшаға сәйкес "Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызмет стандартының (бұдан әрі - Мемлекеттік көрсетілетін қызметтер стандарты) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="00D75F7D">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Стандарте</w:t>
+          <w:t>8-тармағында </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-        <w:t> государственной услуги согласно приложению к Правилам.";</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілген құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1" w:name="z10"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызметтерді көрсетуге қойылатын негізгі талаптардың тізбесі, оның ішінде процестің сипаттамалары, ұсыну нысаны, мазмұны және нәтижесі, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі Қағидаларға қосымшаға сәйкес Мемлекеттік көрсетілетін қызметтер стандартында жазылған.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...762 lines deleted...]
-        <w:r w:rsidRPr="004B771B">
+      <w:bookmarkStart w:id="3" w:name="z4"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z17" w:history="1">
+        <w:r w:rsidRPr="00D75F7D">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>пунктом 2</w:t>
+          <w:t>4-тармақ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-        <w:t> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жаңа редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
-[...59 lines deleted...]
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...112 lines deleted...]
-        <w:r w:rsidRPr="004B771B">
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "4. Көрсетілетін қызметті берушінің кеңсесі, Мемлекеттік корпорация қызметкері өтінішті қабылдауды жүзеге асырады, құжаттардың толықтығын тексереді және Мемлекеттік көрсетілетін қызметтер стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00D75F7D">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению</w:t>
+          <w:t>2-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-        <w:t> к настоящему приказу.</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес қолхат береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...6 lines deleted...]
-        <w:t>2. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік корпорацияның қызметкері баланың жеке басын куәландыратын құжаттар туралы ақпаратты тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған және (немесе) мерзімі өткен құжаттарды ұсынған кезде, көрсетілетін қызметті берушінің кеңсесі, Мемлекеттік корпорация қызметкері өтінішті қабылдаудан бас тартады және құжаттарды қабылдаудан бас тарту туралы еркін нысандағы қолхат беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік корпорация арқылы жүгінген жағдайда қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-        <w:t>3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Құжаттар топтамасын Мемлекеттік корпорация қызметкері көрсетілетін қызметті берушіге өтінішті алған күннен бастап курьер арқылы 1 (бір) жұмыс күн ішінде жібереді.";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> вице-министра образования и науки Республики Казахстан.</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мынадай мазмұндағы 4-1-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-        <w:t>4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      "4-1. Көрсетілетін қызметті берушінің кеңсесі көрсетілетін қызметті алушылардың қабылданған өтініштерін берілген күні мен уақыты бойынша хронологиялық тәртіппен тіркейді.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z6"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="00D75F7D">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>5-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жаңа редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "5. Балалар музыка, көркем мектептерін, өнер мектептерін және көркем-эстетикалық бағыттағы мектептерді қоспағанда, балаларға арналған қосымша білім беру ұйымдарына оқуға қабылдау оқуға қабылдау туралы өтінішті ресімдеу тәртібімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Балалар музыкалық, көркем мектептеріне, өнер мектептеріне және көркем-эстетикалық бағыттағы мектептерге қабылдау әңгімелесу нәтижесі бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әңгімелесу барысында педагог балалардың өнердің әртүрлі түрлері (музыкалық, бейнелеу, хореографиялық, театрлық) саласындағы қабілеттерінің даму деңгейін анықтайды.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мынадай мазмұндағы 5-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "5-1. Бос орындар болған жағдайда көрсетілетін қызметті берушілерді хабардар ету бойынша күнтізбелік жыл ішінде қосымша қабылдау осы Қағидалардың 5-тармағында белгіленген тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызметті көрсету нәтижесін беруді көрсетілетін қызметті беруші Мемлекеттік корпорацияға өтінішті алған күннен бастап 1 (бір) жұмыс күні ішінде курьерлік байланыс арқылы жүзеге асырады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z8"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00D75F7D">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>7-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жаңа редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "7. Мемлекеттік қызмет көрсету туралы шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызмет көрсету сапасын бағалау және сапасын бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып жатқан лауазымды тұлғаға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған лауазымды адам шағым келіп түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Бұл ретте егер шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті беруші, лауазымды адам үш жұмыс күні ішінде талаптарын толық қанағаттандыратын шешім немесе өзге де әкімшілік әрекетті қабылдаса, шағымды қарайтын органға шағымды жібермеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z75" w:history="1">
+        <w:r w:rsidRPr="00D75F7D">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-тармағына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Егер заңда өзгеше көзделмесе, сотқа шағымдануға сотқа дейінгі шағымнан кейін жол беріледі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z9"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="00D75F7D">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>8-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> алынып тасталсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызмет қағидаларына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z23" w:history="1">
+        <w:r w:rsidRPr="00D75F7D">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қосымша</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00D75F7D">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес жаңа редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігі интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Осы бұйрық алғашқы ре</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8702"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidTr="004B771B">
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="z41"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004B771B">
+            <w:r w:rsidRPr="00D75F7D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Министр образования и науки</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004B771B">
+              <w:t>      Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Білім және ғылым министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
+            <w:r w:rsidRPr="00D75F7D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">А. </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>А. Аймагамбетов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...62 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6870" w:type="dxa"/>
+            <w:tcW w:w="4800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"КЕЛІСІЛДІ"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының Цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>даму, инновациялар және аэроғарыш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнеркәсібі министрі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4047" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10748" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6764"/>
+        <w:gridCol w:w="3984"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
+        <w:trPr>
+          <w:trHeight w:val="2858"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="z43"/>
-[...30 lines deleted...]
-              <w:t>от 1 марта 2022 года № 68</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6870" w:type="dxa"/>
+            <w:tcW w:w="3984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...27 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="z44"/>
+            <w:bookmarkStart w:id="8" w:name="z13"/>
             <w:bookmarkEnd w:id="8"/>
-            <w:r w:rsidRPr="004B771B">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>к Правилам оказания</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:t>Білім және ғылым министрі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>государственной услуги</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:t>2022 жылғы 1 наурыздағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>"Прием документов</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:t>№ 68 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>и зачисление в организации</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>дополнительного образования</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:t>"Балаларға қосымша білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>для детей по предоставлению</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:t>беру бойынша қосымша білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>им дополнительного образования"</w:t>
+              <w:t>беру ұйымдарына құжаттар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қабылдау және оқуға қабылдау"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>мемлекеттік көрсетілетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қызмет көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:vanish/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10404" w:type="dxa"/>
+        <w:tblW w:w="10340" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="378"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6518"/>
+        <w:gridCol w:w="357"/>
+        <w:gridCol w:w="4483"/>
+        <w:gridCol w:w="5500"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidTr="004B771B">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="10340" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> государственной услуги "Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования"</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidTr="004B771B">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...2 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...16 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балаларға арналған қосымша білім беру ұйымдары, жалпы орта білім беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-              <w:t>Организации дополнительного образования для детей, организации общего среднего образования.</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өтінішті қабылдау және мемлекеттік көрсетілетін қызметтің нәтижесін беруді көрсетілетін қызметті беруші арқылы, Мемлекеттік корпорациясы жүзеге асырады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidTr="004B771B">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-              <w:t>Способы предоставления государственной услуги</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Көрсетілетін мемлекеттік қызмет мерзімі:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>балалар үшін қосымша білім беру бойынша қосымша білім беру ұйымдарына құжат қабылдау:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) құжаттарды тапсырған сәттен бастап – 30 (отыз) минут;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">2) құжаттарды тапсыру үшін максималды күту уақыты – 15 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(он бес) минут;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) қызмет алушыға қызмет көрсетудің максималды уақыты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>15 (он бес) минут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Балалар музыка, көркем мектептерін, өнер мектептерін және көркем-эстетикалық бағыттағы мектептерді қоспағанда, балаларға арналған қосымша білім беру ұйымдарына оқуға қабылдау оқуға қабылдау туралы өтінішті ресімдеу тәртібімен жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Сонымен қатар, Мемлекеттік корпорация қызметкерінің қызмет берушіге құжаттарды жолдауы және көрсетілетін мемлекеттік қызметті алушы Мемлекеттік корпорацияға нәтижесінің жеткізілуі әр тарап үшін 1 жұмыс күні ішінде жүргізіледі.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Балалар музыкалық, көркем мектептеріне, өнер мектептеріне және көркем-эстетикалық бағыттағы мектептерге қабылдау әңгімелесу нәтижесі бойынша жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...23 lines deleted...]
-              <w:t>, Государственную корпорацию.</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электрондық (жартылай</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>автоматтандырылған) / қағаз түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidTr="004B771B">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...6 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-              <w:t>Срок оказания государственной услуги</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Осы Стандартқа </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:anchor="z14" w:history="1">
+              <w:r w:rsidRPr="00D75F7D">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>2-қосымшаға</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> сәйкес құжаттарды қабылдау туралы қолхат беру және қосымша білім беру ұйымына қабылдау кезінде-қабылдау туралы бұйрықтың көшірмесі.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Көрсетілетін қызметті берушіге мемлекеттік қызмет көрсету нәтижесін қағаз нұсқада алу үшін жүгінген кезде нәтиже қағаз нұсқада ресімделеді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
-              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...10 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету кезінде қызметті алушы тарапынан төленетін төлемақы көлемі және Қазақстан Республикасы заңнамасында қарастырылған жағдайларда төлем жасау тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ақылы/Тегін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...143 lines deleted...]
-              <w:t>Зачисление в детские музыкальные, художественные школы, в школы искусств и в школы художественно-эстетической направленности производится по итогам собеседования.</w:t>
+              <w:t>Балаларға қосымша білім бергені үшін ақы төлеу олардың ақылы негізде қосымша білім беретін ұйымдарға қабылдану фактісі бойынша жүргізіледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidTr="004B771B">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> государственной услуги</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті беруші Қазақстан Республикасының заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, көрсетілетін қызметті берушінің жұмыс кестесіне сәйкес дүйсенбіден бастап жұмаға дейін қабылдайды.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Өтініштерді қабылдау және нәтижелерді беру мемлекеттік қызмет көрсету сағат 13.00 - ден 14.00-ға дейінгі түскі үзіліспен сағат 9.00 - ден 18.00-ға дейін жүргізіледі.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мемлекеттік корпорация: еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, дүйсенбіден бастап сенбіні қоса алғанда, белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін. Қабылдау "электрондық" кезек тәртібінде, тұрғылықты жері бойынша кәмелетке толмаған, жедел қызмет көрсетусіз жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-              <w:t>Электронная (частично автоматизированная) / бумажная.</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Көрсетілетін мемлекеттік қызмет үшін қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) ата-анасының біреуінің (немесе басқа заңды тұлғаның) Стандартқа </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:anchor="z15" w:history="1">
+              <w:r w:rsidRPr="00D75F7D">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>1-қосымшаға</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> сәйкес нысан бойынша жазылған өтініші;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) баланы тұлғасын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:anchor="z2" w:history="1">
+              <w:r w:rsidRPr="00D75F7D">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>бұйрығымен</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> бекітілген 027/у нысаны бойынша медициналық анықтама (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidTr="004B771B">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-              <w:t>Результат оказания государственной услуги</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы заңнамасында белгіленген тәртіп бойынша көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тартуына негіз болатын жағдайлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1) мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттарының және (немесе) олардағы деректердің (мәліметтердің) анық еместігінің анықталуы;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) қосымша білім беру ұйымдарындағы топтардың немесе топтарды қалыптастыру жоспарының толып кетуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оформляется на бумажном носителе.</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсетудің, оның ішінде Мемлекеттік корпорация арқылы мемлекеттік қызмет көрсетудің ерекшеліктері ескерілген өзгеде талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="5500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...5 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар: 1414, 8 800 080 77777.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мемлекеттік қызмет жергілікті атқарушы органдардың ақпараттық жүйелері арқылы көрсетілуі мүмкін.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...848 lines deleted...]
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B771B">
-[...4 lines deleted...]
-              <w:t>Скачать</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жүктеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:vanish/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10593" w:type="dxa"/>
+        <w:tblW w:w="10965" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6521"/>
-        <w:gridCol w:w="4072"/>
+        <w:gridCol w:w="6900"/>
+        <w:gridCol w:w="4065"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidTr="004B771B">
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
         <w:trPr>
-          <w:trHeight w:val="1717"/>
+          <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4072" w:type="dxa"/>
+            <w:tcW w:w="4065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="22" w:name="z65"/>
-[...54 lines deleted...]
-              <w:t>им дополнительного образования"</w:t>
+            <w:bookmarkStart w:id="9" w:name="z15"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Балаларға қосымша білім беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidTr="004B771B">
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
         <w:trPr>
-          <w:trHeight w:val="1717"/>
+          <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4072" w:type="dxa"/>
+            <w:tcW w:w="4065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="23" w:name="z66"/>
-[...54 lines deleted...]
-              <w:t>полностью</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша қосымша білім беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidTr="004B771B">
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4072" w:type="dxa"/>
+            <w:tcW w:w="4065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="24" w:name="z67"/>
-[...6 lines deleted...]
-              <w:t>Форма</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдарына құжаттар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...439 lines deleted...]
-      <w:tr w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidTr="004B771B">
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
         <w:trPr>
-          <w:trHeight w:val="1797"/>
+          <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6371" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3753" w:type="dxa"/>
+            <w:tcW w:w="4065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="25" w:name="z70"/>
-[...54 lines deleted...]
-              <w:t>им дополнительного образования"</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және оқуға қабылдау" мемлекеттік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidTr="004B771B">
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
         <w:trPr>
-          <w:trHeight w:val="255"/>
+          <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6371" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3753" w:type="dxa"/>
+            <w:tcW w:w="4065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="26" w:name="z71"/>
-[...6 lines deleted...]
-              <w:t>Форма</w:t>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызмет стандартына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қосымша білім беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымы атауы басшысына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
+        <w:trPr>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ТАӘ (болған жағдайда) толық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...4 lines deleted...]
-        <w:t>Расписка</w:t>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B771B" w:rsidRPr="004B771B" w:rsidRDefault="004B771B" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B771B">
-[...154 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>            Менің ұлымды/қызымды (ТАӘ (болған жағдайда) ЖСН)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>______________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B771B">
-[...2 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>Ф.И.О. (при его наличии) (ответственного лица, принявшег</w:t>
-[...14 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t>(елді мекеннің, ауданның, қаланың және облыстың атауы) мекендейтін оқу үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>____________________ Телефон______________________ (подпись)</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>______________________________________________________________</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(қосымша білім беру ұйымының толық атауы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Получил: Ф.И.О. (при его наличии)/подпись </w:t>
-[...14 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>"___" _________ 20__ года"</w:t>
+        <w:t>Мен баланың келесі санаттан екенін хабарлаймын (қажетіне қарай көрсетіңіз):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) жетім балалар, ата-анасының қамқорлығынсыз қалған балалар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) ерекше білім беруді қажет ететін балалар, мүгедектер және бала кезінен мүгедектер,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мүгедек балалар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) көп балалы отбасылардың балалары;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) кәмелетке толмағандарды бейімдеу орталықтарындағы және өмірлік қиын жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жүрген балаларды қолдау орталықтарындағы балалар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5) жалпы және санаторийлік үлгідегі мектеп-интернаттарында, мектеп жанындағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>интернаттарда тұратын балалар;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00040EAE" w:rsidRPr="004B771B" w:rsidRDefault="00040EAE" w:rsidP="004B771B">
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) дарынды балаларға арналған мамандандырылған интернаттық білім беру ұйымдарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>тәрбиеленетін және білім алатын балалар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>7) интернаттық ұйымдардың тәрбиеленушілері;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>8) мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы орташа табысы ең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан балалар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>9) денсаулық жағдайына байланысты бастауыш, негізгі орта, жалпы орта білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бағдарламалары бойынша ұзақ уақыт бойы үйде немесе стационарлық көмек, сондай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қалпына келтіру емін және медициналық оңалту көрсететін ұйымдарда оқитын балалар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>10) Қазақстан Республикасының заңдарымен айқындалатын өзге де санаттағы азаматтар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>11) Қазақстан Республикасы Үкіметінің шешімі бойынша айқындалатын өзге де санаттағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>азаматтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) жоғарыда аталған санаттардың ешқайсысына жатпайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Өтінішімнің өзгеруі туралы маған келесі тәсілдермен хабарлаңыз:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) электронды sms (sms) - келесі ұялы телефон нөмірлеріне еркін түрде хабарлама (екі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>нөмірден аспауы керек):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_________________________________________;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) еркін нысандағы хабарламалар электрондық поштаға:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_________________________________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ақпараттық жүйелердегі заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>келісетінімді растаймын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Қолы _______________ күні ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10485" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6598"/>
+        <w:gridCol w:w="3887"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidTr="00D75F7D">
+        <w:trPr>
+          <w:trHeight w:val="1784"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3887" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z14"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Балаларға қосымша білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>бойынша қосымша білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарына құжаттар қабылдау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>және оқуға қабылдау"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>мемлекеттік көрсетілетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қызмет стандартына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75F7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D75F7D" w:rsidRPr="00D75F7D" w:rsidRDefault="00D75F7D" w:rsidP="00D75F7D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>            Білім беру ұйымының (балаларға арналған қосымша білім беру ұйымдарының)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ата-аналардан (заңды тұлғалардан) құжаттарды алғаны туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(ұйымның толық атауы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(елді мекеннің, ауданның, қаланың және облыстың атауы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>№___________________ құжаттарды қабылдау туралы қолхат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>келесі құжаттар_____________________________алынған:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(көрсетілген қызмет алушының Т.А.Ә. (болған жағдайда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1. өтініш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2. басқа _____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Өтінішті қабылдау күні __________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Т.А.Ә. (болған жағдайда) (құжатты қабылдаған жауапты) _______________ (қолы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Телефон ______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Алдым: Т.А.Ә. (болған жағдайда)/көрсетілген қызметті алушы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75F7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"___" _________ 20__ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000265F4" w:rsidRPr="00D75F7D" w:rsidRDefault="000265F4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00040EAE" w:rsidRPr="004B771B" w:rsidSect="004B771B">
+    <w:sectPr w:rsidR="000265F4" w:rsidRPr="00D75F7D" w:rsidSect="00D75F7D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4997,53 +5288,53 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="16986F41"/>
+    <w:nsid w:val="32906A3D"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A4747F76"/>
+    <w:tmpl w:val="E390B4B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -5154,92 +5445,92 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00831287"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00831287"/>
+    <w:rsidRoot w:val="00D813E4"/>
+    <w:rsid w:val="000265F4"/>
+    <w:rsid w:val="00D75F7D"/>
+    <w:rsid w:val="00D813E4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5650D17E"/>
+  <w14:docId w14:val="1263E9BA"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{334C82D7-074E-4A3D-8A3E-569841120B1F}"/>
+  <w15:docId w15:val="{75BE8FDA-D5D7-4588-87D5-61642C603C46}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5626,137 +5917,137 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="718406239">
+    <w:div w:id="906300634">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="372582453">
+        <w:div w:id="1792481243">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1551264662">
+        <w:div w:id="323168227">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="688063050">
+            <w:div w:id="1554851993">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1702706084">
+        <w:div w:id="146479310">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="312569192">
+            <w:div w:id="1557860590">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020695" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020695" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020695" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020695" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027007" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020695" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027007" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020695" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020695" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027007" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027007" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020695" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020695" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020695" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020695" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020695" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020695" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5981,54 +6272,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2549</Words>
-  <Characters>14531</Characters>
+  <Words>2518</Words>
+  <Characters>14355</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>121</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>119</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17046</CharactersWithSpaces>
+  <CharactersWithSpaces>16840</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin 0002</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>