--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -1,21900 +1,27500 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="5949" w:type="dxa"/>
+        <w:tblW w:w="4819" w:type="dxa"/>
+        <w:tblInd w:w="5529" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3830"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00D36CBA">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00B2579B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="00B2579B" w:rsidRDefault="00C12291">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="250"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:ind w:left="250"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Оқу-ағарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>министрі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:ind w:left="250"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сәуірдегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:ind w:left="250"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>№ 96</w:t>
+            </w:r>
+            <w:r w:rsidR="00B2579B" w:rsidRPr="005507DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002B0FB8">
-[...17 lines deleted...]
-                <w:i/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B2579B" w:rsidRPr="005507DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B2579B" w:rsidRPr="005507DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B2579B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-</w:t>
+            </w:r>
+            <w:r w:rsidR="00B2579B" w:rsidRPr="005507DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r w:rsidR="00B2579B" w:rsidRPr="005507DA">
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B2579B" w:rsidRPr="005507DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00B2579B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00B2579B">
             <w:pPr>
-              <w:ind w:left="250"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
-              </w:rPr>
-              <w:t>Министр просвещения Республики Казахстан</w:t>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
             <w:pPr>
-              <w:ind w:left="250"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
-      <w:pPr>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291" w:rsidP="00B2579B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...162 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z7"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2008 жылғы 18 наурыздағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>№ 125 бұйрығына 1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау жүргізудің үлгі қағидалары</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z498"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...13 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z1264"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z1099"/>
       <w:bookmarkEnd w:id="1"/>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1. Осы Бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау жүргізудің үлгі қағидалары (бұдан әрі – Қағидалар) «Білім туралы» Қазақстан Республикасы Заңының 5-бабының 19) тармақшасына сәйкес әзірленді және бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау жүргізу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z1100"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2. Осы Қағидаларда мынадай анықтамалар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z1101"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) бағалау – білім алушылардың оқуда нақты қол жеткізген нәтижелерін оқытудан күтілетін нәтижелермен әзірленген өлшемшарттар негізінде салыстыру процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z1102"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) бағалау өлшемшарттары – білім алушылардың оқу жетістіктерін бағалау жүргізуге негіз болатын белгі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z1103"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) білім алушылардың үлгерімін ағымдық бақылау – бұл жалпы білім беретін оқу бағдарламасына сәйкес ағымдағы сабақ барысында педагог жүргізетін білім алушылардың білімдерін жүйелі тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z1104"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) білім алушыларды аралық аттестаттау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім алушылардың оқу аяқталғаннан кейін оқу пәнінің бір бөлігінің немесе бүкіл көлемінің мазмұнын игеру сапасын бағалау мақсатында жүргізілетін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z1105"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) білім алушыларды қорытынды аттестаттау – Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 3 тамыздағы № 348 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>29031</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">тіркелген) бекітілген Орта білім берудің (бастауыш, негізгі орта, жалпы орта білім беру) мемлекеттік жалпыға міндетті білім беру стандартында (бұдан әрі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МЖМБС) қарастырылған оқу пәндерінің көлемін меңгеру дәрежесін анықтау мақсатында жүргізілетін рәсім:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z1106"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6) жиынтық бағалау – белгілі бір оқу кезеңін (тоқсан, оқу жылы), сондай-ақ оқу бағдарламасына сәйкес бөлімдерді (ортақ тақырыптарды) оқып аяқтағаннан кейін өткізілетін бағалау түрі;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z1107"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7) модерация – бағалаудың объективтілігін және айқындығын қамтамасыз ету үшін балдарды қоюды стандарттау мақсатында тоқсандық жиынтық бағалау бойынша білім алушылардың жұмысын талқылау процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z1108"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8) оқытудан күтілетін нәтижелер – оқыту процесі аяқталғанда білім алушының нені біліп, түсініп, көрсете алатынын сипаттайтын құзыреттіліктер жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z1109"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9) формативті бағалау – сыныптағы күнделікті жұмыс барысында жүргізілетін бағалау түрі білім алушылардың үлгерімінің ағымдағы көрсеткіші болып табылады, оқу барысында білім алушы мен мұғалім арасындағы жедел өзара байланысты, білім алушы мен педагог арасындағы кері байланысты қамтамасыз етеді және білім беру процесін жетілдіруге мүмкіндік береді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z1110"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2-тарау. Білім алушылардың үлгеріміне ағымдық бақылау жүргізудің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...15 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z1111"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3. Білім алушылардың оқу жетістігін б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағалау формативтік және жиынтық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағалау нысандарында жүзеге асырылады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z1112"/>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...15 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4. Формативтік бағалау, оның ішінде үй жұмысын бағалау білім алушылардың оқу мақсаттарына қол жеткізуіне мониторинг жүргізу мен сабақта сараланған жұмысты одан әрі құру үшін жүргізіледі және педагогтің ұсыныстары арқылы жазбаша нысанда (дәптерлерде немесе күнделіктерде/электронды журналдарда) немесе ауызша жүзеге асырылады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z1113"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...35 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5. Формативтік бағалау кезінде мұғалім сабақта кері байланысты жүзеге асырады. Педагог білім алушылардың санын, кері байланысты беру нысанын және жиілігін дербес анықтайды.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z1114"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00CB0E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Формативті бағалау нәтижелері қағаз түрінде басып шығаруды және сақтауды талап етпейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Формативті бағалау нәтижелерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсыну білім алушылардың орындалған жұмыстарында және/немесе электронды журналдарда балл түрінде жүзеге асырылады, педагог </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1625F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>түсінік бере алады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z1115"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z1116"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00811A15">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Білім алушылардың үлгеріміне ағымдық бақылауды тоқсан, бөлім (ортақ тақырып) аяқталғаннан кейін оқу материалдарының мазмұнын меңгеру деңгейін анықтау және қадағалау үшін жиынтық бағалау нысанында педагогтер жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D475E7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1-сыныпта білім алушылардың оқу жетістіктері бағаланбайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. 2-11 сынып оқушыларына формативті бағалау, бөлім/ортақ тақырып бойынша жиынтық бағалау (бұдан әрі – БЖБ) және тоқсан бойынша жиынтық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>бағалау (бұдан әрі ТЖБ) нәтижелері бойынша білім алушыларға тоқсандық оқу жетістіктерін бағалау кезінде ескерілетін балдар қойылады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z1117"/>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9. Сабақта БЖБ орындау үшін өткізу нысаны (бақылау, практикалық немесе шығармашылық жұмыс, жоба, эссе, диктант, мазмұндама, шығарма, тестілеу және басқалар) мен уақытын педагог дербес айқындайды.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>БЖБ үшін максималды балл 1-4 сыныптарда кемінде 7 және 15 балдан артық емес, 5-11 (12) сыныптарда кемінде 7 және 20 балдан артық емес болуы керек.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z1118"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25032">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>10. БЖБ және ТЖБ қойылатын қорытынды балды қою кезінде қолмен жөнделген жер, сондай-ақ оқу тапсырмалары мен есептер шарттарын ресімдеуі есептелмейді, мінез-құлқы үшін балдар төмендетілмейді.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z1119"/>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>11. Аптасына 1 сағат оқу жүктемесі кезінде БЖБ қажет болған жағдайда бөлімдерді біріктіре отырып тоқсанына екі реттен артық жүргізілмейді, қорытынды баға жартыжылдыққа қойылады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z1120"/>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>12. БЖБ тоқсанына үш реттен артық өткізілмейді. Бөлімдер/ортақ тақырыптар тоқсанына төрт және одан да көп бөлімдерді/ортақ тақырыптарды оқып-зерделеген жағдайда тақырыптардың ерекшеліктерін және оқыту мақсаттарының санын ескере отырып біріктіріледі. Оны екі кезеңде өткізуге болады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z1121"/>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>13. Оқу пәндерінің күрделілік деңгейін есепке ала отырып, бір күнде үштен артық ТЖБ өткізуге болмайды. ТЖБ тоқсан аяқталатын соңғы күні өткізілмейді. Бір оқу пәні бойынша БЖБ мен ТЖБ бір күнде өткізілмейді.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z1122"/>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>14. Үйде оқитын білім алушыларды бағалау кезінде педагог үйде оқитын білім алушылардың оқу жүктемесін және олардың оқып-зерделеген оқу материалын ескере отырып, сараланған және/немесе жеке тапсырмаларды әзірлейді.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z1123"/>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>15. Ерекше білім берілуіне қажеттіліктері бар білім алушыларды бағалау кезінде мұғалім сараланған және/немесе жеке тапсырмаларды қолданады, сондай-ақ білім алушының ерекшеліктерін есепке ала отырып, оның ішінде жеке оқу бағдарламаларын іске асыру кезінде бағалау өлшемшарттарына өзгерістер енгізеді.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z1124"/>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>16. «Көркем еңбек», «Музыка», «Дене шынықтыру», «Кәсіпкерлік және бизнес негіздері», «Графика және жобалау», «Алғашқы әскери және технологиялық дайындық», «Зайырлылық және дінтану негіздері» және бастауыш мектепте «Цифрлық сауаттылық» пәндері бойынша БЖБ мен ТЖБ өткізілмейді және тоқсан/жартыжылдық және оқу жылының қорытындысы бойынша «есептелінді» («есептелінген жоқ») деген белгі жазылады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z1125"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 қарашадағы № 500 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8170 болып тіркелген) бекітілген Қазақстан Республикасындағы бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспарларын (бұдан әрі – Үлгілік оқу жоспары) таңдау кезінде 10-11-сыныптарда қысқартылған оқу жүктемесі бар инвариантты компоненттің тереңдетілген және стандартты деңгейінің пәндерін таңдау кезінде «Кәсіпкерлік және бизнес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>негіздері», «Графика және жобалау» оқу пәндерінен басқа пәндер бойынша жиынтық бағалау жүргізіледі.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Вариативті компонент сағатының есебінен таңдалған 10-11-сыныптардың оқу пәндері бойынша жиынтық бағалау өткізілмейді, оқу жылының соңында «есептелінді» («есептелінген жоқ») деген белгі жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>18. Қысқартылған оқу жүктемесі бар Үлгілік оқу жоспарларын таңдаған жағдайда БЖБ саны 11-тармаққа сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вариативтік компонент есебінен таңдалған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-9-сыныптардағы оқу пәндері бойынша (инварианттық компоненттегі таңдау пәндері) жиынтық бағалау өткізілмейді, оқу жылының соңында «есептелінді»/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>есептелінген жоқ» деген белгі жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>19. Жиынтық бағалау тапсырмалары білім алушылармен орындалады және Қазақстан Республикасы Білім және ғылым министрінің 2013 жылғы 3 сәуірдегі № 115 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8424 болып тіркелген) жалпы білім беретін пәндер бойынша Үлгілік оқу бағдарламасына (бұдан әрі – Үлгілік оқу бағдарламасы) сәйкес олар өткен материалдарды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008628C0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008628C0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Формативті және жиынтық бағалау тапсырмаларын академиялық адалдық принциптерін сақтай отырып </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>педагогтер дербес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008628C0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. ТЖБ өткізер алдында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1625F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтердің әдістемелік бірлестігінің отырысында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тапсырмалардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00961E43">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оқу мақсаттарына сәйкестігін, тапсырмалар көлемін, тапсырмаларды орындауға арналған нұсқаулықтарды, орындау уақытын талқылайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A0767A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Тілдік пәндер бойынша жиынтық бағалау сөй</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>леу қызметінің төрт түрі (тыңдалым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0767A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (тыңдау), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>айтылым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0767A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, оқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ылым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0767A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, жаз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ылым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0767A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) бойынша жүргізіледі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Тыңдалым (тыңдау) және айтылым дағдыларын бағалау жиынтық бағалауды өткізу жоспарланған аптаның ішінде сабақтың барысында жүргізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>22. Даулы мәселелер туындаған жағдайда білім алушылардың тоқсандағы оқу жетістіктерінің нәтижелері бойынша жазбаша түрде өткізілетін жиынтық бағалауда объективтілікті және ашықтықты қамтамасыз ету үшін және/немесе педагогикалық кеңестің шешімімен педагогтер қажет болған жағдайда, ТЖБ бағасы қойылғанға дейін бір күннен кешіктірмей модерация жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Балдары өзгертілуі тиіс болатын білім алушылардың тоқсандық жиынтық жұмыстарының модерациясы жүргізілген жағдайда олар қайта тексеріледі. Модерация қорытындысы бойынша ТЖБ үшін балл өсу жағына да, азаю жағына да өзгереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25032">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>23. Білім алушылар жиынтық бағалау өткізу күні объективті себептерге байланысты (денсаулық жағдайына байланысты, жақын туыстарының қайтыс болуы, қолайсыз метеожағдайларға байланысты, барлық деңгейдегі жарыстарға, конференцияларға, олимпиадаларға және ғылыми жобалар конкурстарына қатысу) болмаған жағдайда жиынтық бағалауды жеке кесте бойынша тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25032">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ағымдағы тоқсан/жартыжылдық аяқталғанға дейін жиынтық жұмыстарды тапсырмаған жағдайда білім алушыға жиынтық жұмыстарды тапсырғанға дейін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25032">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«уақытша аттестатталмады» деген белгі электронды журналда қойылады. Тапс</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0923">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ыру қорытындысы бойынша тоқсандық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25032">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>/жартыжылдық баға қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>24. БЖБ және ТЖБ қорытындысы болмаған жағдайда білім алушы уақытша аттестаттаудан өтпеген болып есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>25. Ағымдағы жылғы білім алушылардың жазбаша жиынтық жұмыстары мектепте сол оқу жылы аяқталғанға дейін сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>26. Білім алушылардың жиынтық бағалау нәтижелері балл түрінде (қағаз/электрондық) журналға қойылады және осы Қағидаларға 1-қосымшаға сәйкес балды бағаға ауыстыру шәкілі бойынша тоқсандық және жылдық бағаға ауыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25032">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>27. Жиынтық бағалау қорытындысы бойынша ақпарат білім алушыларға және ата-аналарға немесе баланың өзге де заңды өкілдеріне қағаз түрінде немесе электронды нұсқада беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25032">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>28. Тоқсандық баға формативті бағалау және жиынтық бағалау қорытындысының негізінде 50%-да 50% пайыздық арақатынаста қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25032">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Аптасына 1 сағат оқу жүктемесі кезінде жартыжылдыққа баға формативті бағалау және БЖБ нәтижесі бойынша қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>29. Ата-аналарының немесе өзге де заңды өкілдерінің өтініші бойынша психологиялық-медициналық-педагогикалық консультация қорытындысы бойынша қайта оқу жылы ұсынылатын білім алушыларды қоспағанда, 1-сыныптың білім алушылары екінші оқу жылына қалдырылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1-сыныпта баланы қайта оқыту педагогикалық кеңестің шешімімен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>30. 2-11 (12) сынып білім алушыларының пәндер бойынша жылдық бағалары жақын бүтіндікке дөңгелектеу арқылы тоқсандық бағалар жиынтығының орташа арифметикалық мәні ретінде қойылады және қорытынды баға болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>31. Бір немесе екі пәннен «2» бағасын алған 2-8 (9) және 10 (11) сынып білім алушылары үшін мектеп жасаған кестеге сәйкес жүргізілетін оқу жылындағы материал мазмұнын қамтитын жиынтық бағалау оқу жылына ұйымдастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қорытынды баға жақын бүтіндікке дөңгелектеу арқылы жылдық баға мен қосымша жиынтық бағаның орташа арифметикалық мәні арқалы қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Үш немесе одан да көп пәннен «2» бағасын алған 2-8 (9) және 10 (11) сынып білім алушылары қайта оқуға орнында қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«3», «4», «5» бағаларын алған 2-8 (9) және 10 (11) сынып білім алушылары келесі сыныпқа көшіріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>32. Бір немесе екі оқу пәнінен қайта «2» бағасын алған 2-8 (9) және 10 (11) сыныптардың білім алушылары осы пәндерден қосымша жиынтық бағалаудан өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қорытынды баға жақын бүтіндікке дөңгелектеу арқылы жылдық баға мен қосымша жиынтық бағаның орташа арифметикалық мәні арқылы қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қосымша жиынтық бағалау жаңа оқу жылының басына дейін өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қосымша жиынтық бағалаудан «2» деген баға алған жағдайда, білім алушы сол сыныпта оқуға орнында қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>33. Тоқсандық, жылдық және қорытынды бағаларды қайта қарауға рұқсат берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>34. Білім алушылар бір мектептен екінші мектепке ауысқан кезде оқу жылы көлеміндегі оның жиынтық бағалау нәтижесі электронды (қағаз) журналдан жазба арқылы ресімделіп, директордың қолымен және мектеп мөрімен расталып, білім алушының жеке іс қағазымен беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Білім алушы бұрын қандай да бір пән оқытылмаған мектептен ауысқан жағдайда «Тоқсан үшін баға» бағанына «Оқытылмаған» белгісі енгізіледі. Бұл жағдайда білім алушыға оқу пәні бойынша жылдық баға осы пәнді оқу кезінде одан әрі ағымдағы оқу жылында алынған тоқсандық бағалар жиынтығының орташа арифметикалық мәні ретінде қойылады.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1625F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қазақ тілі бойынша емтихан білім алушылардың бағдарламалар мазмұнын меңгеруін бағалау мақсатында негізгі орта (5-8 сыныптар), жалпы орта (10 сынып) деңгейінде академиялық жыл аяқталған кезде қазақ тілінде оқытатын мектептерде «Қазақ тілі» пәні бойынша және қазақ тілінен басқа тілде оқытатын мектептерде «Қазақ тілі мен әдебиеті» пәні бойынша МЖМБС-қа (тыңдалым (тыңдау), айтылым, оқылым, жазылым) сәйкес жазбаша және ауызша нысанда өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Емтиханды өткізу уақыты білім беру ұйымы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009947E1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>педагогикалық кеңес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>імен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009947E1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>айқындалады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, тапсырмаларды академиялық адалдық қағидаттарын сақтай отырып, педагогтер құрастырады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009947E1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009947E1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және білім беру ұйымының әкімшілігі бекітеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Қазақ тілі», «Қазақ тілі мен әдебиеті» пәндері бойынша қорытынды баға емтихан (бес балдық шкала бойынша) және жылдық бағалау (бес балдық шкала бойынша) нәтижелері негізінде 30-дан 70-ке пайыздық арақатынаста қойылады. Қорытынды бағалау ең жақын бүтінге қарай дөңгелектеледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қағидалардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135A9E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135A9E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тармағында көрсетілген пәндерді қоспағанда, оқу жылының қорытындылары бойынша аралық аттестаттау өткізілмейді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135A9E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z1143"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3-тарау. Білім алушыларды қорытынды аттестаттаудан өткізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...15 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z1144"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Негізгі орта, жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын меңгеру білім алушылардың міндетті қорытынды аттестаттауымен аяқталады және мынадай нысандарда өткізіледі:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...15 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) 9 (10) сыныптардың білім алушылары үшін қорытынды бітіру емтихандары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...16 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) 11 (12) сыныптардың білім алушылары үшін мемлекеттік бітіру емтихандары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z1145"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. 1-8 (9), 10 (11) сыныптардың білім алушыларына қорытынды аттестаттау қарастырылмайды.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z1146"/>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Қорытынды аттестаттауға МЖМБС талаптарына сәйкес үлгілік жалпы білім беретін оқу бағдарламаларын меңгерген 9 (10), 11 (12) сыныптардың білім алушылары жіберіледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z1147"/>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">предусмотренных государственным общеобязательным стандартом соответствующего уровня образования, утвержденным приказом Министра </w:t>
-[...39 lines deleted...]
-      <w:pPr>
+        <w:t>39.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Негізгі орта білім берудің жалпы білім беретін оқу бағдарламаларын меңгерген 9 (10) сынып білім алушылары төрт пәннен емтихан тапсырады, оның біреуі таңдау бойынша.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z1153"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...35 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жалпы орта білім берудің жалпы білім беру оқу бағдарламаларын меңгерген 11 (12) сынып білім алушылары бес емтихан түрінде қорытынды аттестаттау тапсырады, олардың біреуі таңдау бойынша.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z1148"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>40. 9 (10) сынып білім алушылары үшін қорытынды аттестаттау мынадай нысандарда өткізіледі:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z1149"/>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) қазақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>/орыс тілі және өзбек/ұйғыр/тәжік тілінде білім беретін мектептер үшін ана тілі (оқыту тілі) бойынша эссе нысанында жазбаша емтихан, гуманитарлық цикл пәндерін тереңдетіп оқытатын мектеп білім алушылары үшін жазбаша жұмыс (мақала, әңгіме, эссе);</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z1150"/>
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) математикадан (алгебрадан) жазбаша емтихан;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z1151"/>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) орыс, өзбек, ұйғыр және тәжік тілдерінде оқытатын сыныптардағы қазақ тілі мен әдебиеті бойынша жазбаша емтихан және қазақ тілінде оқытатын сыныптардағы орыс тілі мен әдебиеті бойынша жазбаша емтихан;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z1152"/>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4) таңдау пәні (физика, химия, биология, география, геометрия, Қазақстан тарихы, дүниежүзі тарихы, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын/ француз/неміс), информатика) бойынша жазбаша емтихан.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z1154"/>
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>41. 11 (12) сынып білім алушыларын қорытынды аттестаттау мынадай нысандарда өткізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) қазақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>/орыс тілі бойынша және өзбек/ұйғыр/тәжік тілінде білім беретін мектептер/сыныптар үшін ана тілі (оқыту тілі) бойынша жазбаша емтихан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алгебра </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анализ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бастамаларынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z1158"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) Қазақстан тарихынан ауызша емтихан;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z1155"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z1159"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орыс, өзбек, ұйғыр және тәжік тілдерінде оқытатын мектептерде/ сыныптарда қазақ тілі мен әдебиетінен және қазақ тілінде оқытатын мектептерде/ сыныптарда орыс тілі мен әдебиетінен жазбаша емтихан;      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5) таңдау бойынша пәннен (физика, химия, биология, география, геометрия, дүниежүзі тарихы, құқық негіздері, әдебиет (оқыту тілі), шетел тілі (ағылшын/ француз/неміс), информатика) жазбаша емтихан.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z1160"/>
+      <w:bookmarkEnd w:id="43"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>42. Мамандандырылған музыкалық мектеп-интернаттардың 11-сынып білім алушыларын қорытынды аттестаттау жазбаша емтихан нысандарда өткізіледі:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z1161"/>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) қазақ тілі/орыс тілі бойынша (оқыту тілі);</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z1162"/>
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) алгебра </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анализ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бастамалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z1163"/>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мамандандырылған музыкалық мектеп-интернаттардың 12-сынып білім алушылары үшін қорытынды аттестаттау мынадай нысандарда өткізіледі:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z1164"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) Қазақстан тарихынан тестілеу;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z1165"/>
+      <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) орыс тілінде оқытатын мектептерде қазақ тілінен және қазақ тілінде оқытатын мектептерде орыс тілінен тестілеу;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="z1166"/>
+      <w:bookmarkEnd w:id="49"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) білім алушының таңдауы бойынша пәннен (физика, химия, биология, география, геометрия, дүниежүзі тарихы, құқық негіздері, әдебиет, шетел тілі (ағылшын, француз, неміс), информатика) тестілеу.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">43. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="z1167"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00A1625F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Халықаралық мектептерде 9 (10), 11(12)-сыныптардың білім алушыларын қорытынды аттестаттау білім алушылардың таңдауы бойынша қазақ тілінде, орыс тілінде, немесе олардың оқып жатқан тілінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>44. 9 (10) сынып білім алушылары үшін емтихан материалдарын (тапсырмалар мен балдарды қою схемасы) облыстардың, Астана, Алматы және Шымкент қалаларының білім басқармалары (бұдан әрі – білім басқармалары), орта білім беру ұйымдарының 11 (12) сынып білім алушылары үшін, сондай-ақ республикалық мектептердің 9 (10) және 11 (12) сыныптар білім алушылары үшін емтихан жұмыстарының материалдарын «Назарбаев Зияткерлік мектептері» дербес білім беру ұйымы (бұдан әрі – «НЗМ» ДББҰ) дайындайды.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ұлттық тестілеу орталығы (бұдан әрі – ҰТО) «НЗМ» ДББҰ әзірлеген емтихан материалдары мазмұнының сапасына тәуелсіз бағалау жүргізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ҰТО емтихан материалдарының электрондық нұсқаларын қорғалған арналар арқылы білім басқармаларына және республикалық білім беру ұйымдарына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттаудың мазмұнын анықтайтын талаптар және күтілетін нәтижелер әр пән мен оқыту тілі бөлінісінде ерекшелікпен регламенттеледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="z1168"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z1169"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Бір және екі пәннен (қорытынды аттестаттау өткізілмейтін) жылдық қанағаттанарлықсыз баға алған 9 (10) және 11 (12) сыныптардың білім алушыларына қорытынды аттестаттау басталғанға дейін сол пәндерден оқу жылы бойынша қосымша жиынтық бағалау жүргізіледі.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оқу жылына қосымша жиынтық бағалауда «3», «4», «5» бағасын алған кезде қорытынды баға жылдық бағаның орташа арифметикалық мәні және жақын бүтін санға дөңгелектене отырып, оқу жылына жиынтық бағалау ретінде қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оқу жылына қосымша жиынтық бағалауда «2» бағасын алған 9 (10) сынып білім алушылары қорытынды аттестаттауға жіберілмейді, қайта оқу жылына қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оқу жылына қосымша жиынтық бағалауда «2» бағасын алған 11 (12) сынып білім алушылары қорытынды аттестаттауға жіберілмейді және «Білім туралы құжаттардың түрлерін, білім туралы мемлекеттік үлгідегі құжаттардың нысандарын және оларды есепке алу мен беру қағидаларын, білім туралы өзіндік үлгідегі құжаттардың мазмұнына қойылатын негізгі талаптарды және оларды есепке алу мен беру қағидаларын, сондай-ақ білім беру ұйымдарында білім алуды аяқтамаған адамдарға берілетін анықтаманың нысанын бекіту туралы» Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 28 қаңтардағы № 39 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10348 болып тіркелген) (бұдан әрі – № 39 бұйрық) бекітілген нысанға сәйкес білім алуды аяқтамаған адамдарға берілетін анықтама алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Үш және одан да көп пән бойынша «2» бағасын алған 9 (10) сынып білім алушылары қорытынды аттестаттауға жіберілмейді және қайта оқу жылына қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Үш және одан да көп пән бойынша «2» бағасын алған 11 (12) сынып білім алушылары қорытынды аттестаттауға жіберілмейді және № 39 бұйрықпен бекітілген нысанға сәйкес анықтама алады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="z1170"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Бір және екі пәннен (қорытынды аттестаттау өтілетін) жылдық қанағаттанарлықсыз бағалары бар 9 (10) және 11 (12) сыныптардың білім алушылары қорытынды аттестаттау басталғанға дейін осы пәндер бойынша оқу жылы үшін қосымша жиынтық бағалаудан өтеді.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оқу жылына қосымша жиынтық бағалауда «3», «4», «5» бағасын алған кезде қорытынды баға емтихан нәтижелері (бес балдық шәкіл бойынша) және оқу жылы үшін қосымша жиынтық бағалау (бес балдық шәкіл бойынша) үшін 30-дан 70-ке пайыздық арақатынаста қойылады. Қорытынды бағаны дөңгелектеу жақын бүтін санға жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оқу жылына қосымша жиынтық бағалауда «2» бағасын алған 9 (10) сынып білім алушылары қорытынды аттестаттауға жіберілмейді және қайта оқу жылына қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оқу жылына қосымша жиынтық бағалауда «2» бағасын алған 11 (12) сынып білім алушылары қорытынды аттестаттауға жіберілмейді және № 39 бұйрықпен бекітілге</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="z1171"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>н нысанға сәйкес анықтама алады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Білім алушыларды «Көркем еңбек», «Алғашқы әскери және технологиялық дайындық» және «Дене тәрбиесі» оқу пәндерінен Қазақстан Республикасының заңнамаларында белгіленген тәртіпте босату олардың үлгеріміне, қорытынды аттестаттауға жіберуге келесі сыныптарға көшіруге әсер етпейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. 5 – 9 (10)-сыныптардағы оқу кезеңінде барлық пәндер бойынша жылдық және қорытынды бағалары «5» болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F262A2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9 (10)-сынып білім алушыларына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 39 бұйрықпен бекітілген нысанға сәйкес негізгі орта білім туралы үздік аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Жалпы орта білім туралы аттестатқа қосымшаға енгізілетін пәндерден «5» болған және 10 (11) - 11 (12) сыныптардағы оқу кезеңінде барлық пәндер бойынша жылдық, қорытынды бағалары «5» болған 11 (12) сынып </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F262A2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім алушыларына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003101E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>№ 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы үздік аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. 9 (10) және 11 (12) сыныптардың білім алушылары қорытынды аттестаттаудан білім басқармалары басшыларының бұйрықтарымен, республикалық мектептердің білім алушылары Қазақстан Республикасы Оқу-ағарту министрінің бұйрығымен мынадай жағдайларда босатылады:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="z1185"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) денсаулық жағдайына байланысты;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="z1186"/>
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бірінші, екінші топтағы мүгедектігі бар адамдар, мүгедектігі бар балалар;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="z1187"/>
+      <w:bookmarkEnd w:id="57"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) халықаралық олимпиадаларға (жарыстарға) қатысу үшін Қазақстан Республикасының құрама командасына үміткерлер болып табылатын жазғы оқу-жаттығу жиындарына қатысушылар;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4) жақын туыстарының қайтыс болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Білім алушыларды қорытынды аттестаттаудан босату туралы бұйрықтар мынадай құжаттар негізінде шығарылады:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="z1190"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1) осы Қағидалардың 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-тармағының 1) және 2) тармақшаларында көрсетілген білім алушылар санаты үшін «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) (бұдан әрі - № ҚР ДСМ-175/2020 бұйрық) бекітілген № 026/е нысанына сәйкес дәрігерлік-консультациялық комиссияның қорытындысы;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="z1191"/>
+      <w:bookmarkEnd w:id="59"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) осы Қағидалардың 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-тармағында көрсетілген білім алушылар санаты үшін мектептің педагогикалық кеңесінің шешімінен көшірме және мектептің қолдау хаты;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="z1192"/>
+      <w:bookmarkEnd w:id="60"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) осы Қағидалардың 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-тармағында көрсетілген білім алушылар санаты үшін «Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының педагогтері жүргізу үшін міндетті құжаттардың тізбесін және олардың нысандарын бекіту туралы» Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 6 сәуірдегі № 130 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне № 20317 болып тіркелген) бекітілген нысанға сәйкес білім алушының оқу үлгерімі туралы табелінің (бұдан әрі – табель) т</w:t>
+      </w:r>
+      <w:r w:rsidR="00865501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нұсқасы және көшірмесі. Табельдің түпнұсқасы оның көшірмесімен сәйкестігі тексерілгеннен кейін мектеп әкімшілігіне қайтарылады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="z1193"/>
+      <w:bookmarkEnd w:id="61"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4) жақын туыстарының қайтыс болуы туралы куәлік.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Осы тармақтың 2) және 3) тармақшаларында көрсетілген құжаттар мектеп басшысының қолымен және мөрімен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттаудан босатылған білім алушылардың қорытынды аттестаттауы ағымдағы оқу жылының жылдық бағаcы негізінде жүргізіледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="z1175"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="z1177"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00A1625F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Негізгі орта білім туралы үздік аттестат алған, негізгі, жалпы орта білім беру бағдарламаларына немесе «НЗМ» ДББҰ-ның білім беру бағдарламаларына сәйкес 5 (6) - 11 (12) сыныптарда білім алған кезеңінде барлық пәндер бойынша жылдық және қорытынды бағалары «5», 10 (11)-11 (12)-сыныптар аралығында білім алу кезеңінде барлық пәндер бойынша тоқсандық бағалары «5» болған, жалпы орта білім беру аяқталғаннан кейін қорытынды аттестаттаудан «5» бағасына өткен 11 (12) сынып білім алушыларына № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы «Алтын белгі» аттестаты беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. «НЗМ» ДББҰ білім беру бағдарламалары бойынша оқуларын аяқтаған бітірушілерге осы Қағидаларға 2-қосымшаға сәйкес «НЗМ» ДББҰ бітірушілерінің оқудағы нәтижелерін сырттай бағалау балдарын ұлттық бірыңғай тестілеу (бұдан әрі – ҰБТ) балдарына ауыстыру шәкіліне сәйкес «НЗМ» ДББҰ бітірушілерінің оқу нәтижелерін сырттай бағалау балдарын ҰБТ балдарына ауыстыру негізінде ҰБТ сертификаттары беріледі</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="z1176"/>
+      <w:bookmarkStart w:id="66" w:name="z1371"/>
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F262A2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Осы Қағидалардың 50-тармағының 3) тармақшасына сәйкес қорытынды аттестаттаудан босатылған, негізгі орта білім туралы үздік аттестат алған, негізгі, жалпы орта білім беру бағдарламаларына немесе «НЗМ» ДББҰ-ның білім беру бағдарламаларына сәйкес 5 (6) - 11 (12) сыныптарда білім алған кезеңінде барлық пәндер бойынша жылдық және қорытынды бағалары «5», 10 (11)-11 (12)-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F262A2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">сыныптар аралығында білім алу кезеңінде барлық пәндер бойынша тоқсандық бағалары «5» болған, тізбесі «Жалпы білім беретін пәндер бойынша республикалық және халықаралық олимпиадалар мен ғылыми жобалар конкурстарының (ғылыми жарыстардың), орындаушылар конкурстарының, кәсіби шеберлік конкурстары мен спорттық жарыстардың тізбесін және оларды іріктеу өлшемдерін бекіту туралы» Қазақстан Республикасы Білім және ғылым министрінің 2011 жылғы 7 желтоқсандағы № 514 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7355 болып тіркелген)  бекітілген соңғы үш жылдағы жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың жеңімпаздарына № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы «Алтын белгі» аттестаты және «Алтын белгі» белгісі беріледі.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z1178"/>
+      <w:bookmarkStart w:id="68" w:name="z1172"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Қорытынды аттестаттаудың нәтижесі бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z1179"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) бір немесе екі пәннен қанағаттанарлықсыз баға алған 9 (10) және 11 (12) сыныптардың білім алушылары мектепте тиісті оқу пәндері бойынша емтихан нысанында қайта қорытынды аттестаттаудан өтуге жіберіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z1180"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) үш және одан көп пәндерден қанағаттанарлықсыз бағалар алған 9 (10) сыныптың білім алушылары қайта оқу жылына қалдырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z1181"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) үш және одан көп пәндерден қанағаттанарлықсыз бағалар алған 11 (12) сыныптың білім алушыларына № 39 бұйрықпен бекітілген нысанға сәйкес білім алуды аяқтамаған адамдарға берілетін анықтама беріледі.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Келесі оқу жылы аяқталғаннан кейін № 39 бұйрықпен бекітілген нысанға сәйкес білім алуды аяқтамаған адамдарға берілетін анықтама алған білім алушылар мектепте тиісті оқу пәндері бойынша емтихан нысанында қайта қорытынды аттестаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z1182"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Қайта қорытынды аттестаттау өткізу мерзімін білім беру ұйымы белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z1183"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қайта қорытынды аттестаттаудың емтихан материалдарын білім басқармалары әзірлейді.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қайта қорытынды аттестаттаудан өткен 9 (10) сынып білім алушыларына №39 бұйрықпен бекітілген нысанға сәйкес негізгі орта білім туралы аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қайта қорытынды аттестаттау кезінде қанағаттанарлықсыз баға алған 9 (10) сыныптың білім алушылары қайта оқу жылына қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қайта қорытынды аттестаттаудан өткен 11 (12) сынып білім алушыларына №39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қайта қорытынды аттестаттау кезінде қанағаттанарлықсыз баға алған 11(12) сынып білім алушыларына № 39 бұйрықпен бекітілген нысанға сәйкес білім алуды аяқтамаған адамдарға берілетін анықтаманы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z1194"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Қорытынды аттестаттау кезеңінде ауырып қалған 9 (10) және 11 (12) сыныптардың білім алушылары сауыққаннан кейін өткізіп алған емтихандарды тапсырады.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Қорытынды аттестаттау кезеңінде COVID-19 коронавирустық инфекциямен ауырғандармен байланыста болған 9 (10) және 11 (12) сыныптардың білім алушылары қорытынды бітіру емтиханын білім беру ұйымы белгілеген мерзімде тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z1196"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. 9 (10), 11 (12) сыныптардың бітірушілерін мерзімінен бұрын қорытынды аттестаттауға білім алушылар шетелге оқуға түскен немесе тұрғылықты орнын шетелге ауыстырған жағдайда, растайтын құжаттарын ұсынған кезде жіберіледі және ол оқу жылының аяқталуына дейін 2 ай бұрын қорытынды бітіру емтихандары немесе мемлекеттік бітіру емтихандары нысанында өткізіледі.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="75"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9 (10) және 11 (12) сынып бітірушілерін мерзімінен бұрын қорытынды аттестаттауды білім беру ұйымдары жүргізеді. Жалпы орта білім туралы «Алтын белгі» аттестатын алуға үміткер мерзімінен бұрын аттестаттауды «5» бағаға тапсырған жағдайда білім беру ұйымдары № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы үздік аттестат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мерзімінен бұрын қорытынды аттестаттауға арналған емтихан материалдарын білім басқармалары әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z1214"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>59</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ағымдағы жылғы 1 ақпанға дейінгі мерзімде білім алушыларды қорытынды аттестаттау жөніндегі емтихан комиссиясы (бұдан әрі –  Комиссия) мектеп директорының бұйрығымен мектептер жанында, білім бөлімі басшысының бұйрығымен аудандық, қалалық білім бөлімдері жанында, басқарма басшысының бұйрығымен білім басқармалары жанында және Министрдің бұйрығымен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Оқу-ағарту м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>инистрлі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>гінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Министрлік) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жанында (республикалық мектептер үшін) құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z1215"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Мектеп жанындағы Комиссия құрамына пән мұғалімдері және мектеп директорының орынбасарлары (болған жағдайда), қоғамдық ұйымдардың (болған жағдайда) және ата-аналар комитетінің өкілдері кіреді. Комиссияны мектеп директоры немесе оның орнын алмастырушы тұлға басқарады.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="77"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мектеп жанындағы Комиссия мүшелерінің саны негізгі және орта мектепте бір бітіруші сынып-кешен болған кезде кемінде бес адамнан және негізгі және орта мектепте екі және одан көп бітіруші сынып-кешен болған кезде кемінде жеті адамнан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z1216"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Аудандық, қалалық білім бөлімі жанындағы Комиссия құрамына пән мұғалімдері, білім бөлімдерінің, қоғамдық ұйымдар мен ата-аналар комитетінің өкілдері, сондай-ақ білім бөлімі қызметкерінің арасынан тағайындалған хатшы енеді. Комиссияны білім бөлімінің басшысы немесе оның орнын алмастырушы тұлға басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z1217"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Білім басқармасы жанындағы Комиссия құрамына пән мұғалімдері, білім басқармасының мамандары, қоғамдық ұйымдардың және ата-аналар комитеттерінің, бұқаралық ақпарат құралдарының өкілдері, сондай-ақ білім басқармасы қызметкерлерінің арасынан тағайындалған хатшы кіреді. Комиссияны білім басқармасының басшысы немесе оның орнын алмастырушы тұлға басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z1218"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Министрлік жанындағы Комиссия құрамына пән мұғалімдері, Министрлік және Министрлікке ведомстволық бағынысты ұйымдардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">қызметкерлері, қоғамдық ұйымдардың және ата-аналар комитеттерінің өкілдері, сондай-ақ Министрлік қызметкерлері арасынан тағайындалған хатшы енеді. Комиссияны </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D475E7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Министрліктің Орта білім беру комитеті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D475E7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> төрағасы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе оны алмастырушы адам басқарады.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="80"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z1197"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Халықаралық алмасу бағдарламалары бойынша білім алушылар олардың білім алу кезеңінде халықаралық алмасу бағдарламалары бойынша кеткенге дейін оқыған Қазақстан Республикасы мектебінің контингентінде есептеледі.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="81"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Халықаралық алмасу желісі бойынша шетелге оқуға кеткен 11 (12) сынып оқушылары 11 (12) сынып үшін қорытынды аттестаттаудан шетелде оқуды бітіргеннен кейін білім басқармалары әзірлеген емтихан материалдары бойынша Қазақстан Республикасының мектептерінде өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00135A9E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қорытынды аттестаттау басталғанға дейін мектеп </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135A9E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>омиссиясының шешімімен білім алушылар шетелде оқымаған Үлгілік оқу жоспарының инвариантты компоненті пәндері бойынша аттестаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттауды өткізу мерзімі педагогикалық кеңестің шешімімен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттаудан өткеннен кейін білім алушыларға шетелде оқыған пәндер бойынша бағалары, Қазақстан Республикасының мектептеріндегі алдыңғы сыныптарда алынған жылдық және қорытынды бағалары ескеріле отырып № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z1198"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Халықаралық алмасу желісі бойынша шетелге оқуға кеткен және шетелде білім беру мекемелерін бітірген, сондай-ақ жалпы орта білім туралы аттестатқа қосымшаға енгізуге жататын пәндер бойынша бағалары «5» болған, 10 (11) - 11 (12) сыныптарда оқу аралығында барлық пәндер бойынша жылдық, қорытынды бағалары «5» болған білім алушыларға № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы үздік аттестат беріледі</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="82"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z1200"/>
+      <w:r w:rsidRPr="00F354A6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ереженің 52-тармағында көрсетілген талаптарға сәйкес келетін халықаралық алмасу желісі бойынша шетелге оқуға кеткен және шетелде білім беру мекемелерін бітірген білім алушыларға № 39 бұйрықпен бекітілген нысанға сәйкес «Алтын белгі» жалпы орта білім туралы аттестат және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F354A6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Алтын белгі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F354A6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгісі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Ерекше білім беруге қажеттілігі бар білім алушыларға және жеке оқу бағдарламасы бойынша оқитын білім алушыларға қорытынды аттесттау өткізу қажеттілігі туралы мәселені білім алушылардың жеке ерекшеліктеріне сәйкес педагогикалық кеңес шешеді.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="83"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Арнайы білім беру ұйымдары мен жалпы білім беретін мектептердегі арнайы сыныптарындағы ерекше білім беруге қажеттілігі бар білім алушыларға арналған қорытынды аттестаттаудың емтихан материалдарын аудандық, қалалық білім бөлімдері немесе білім басқармасы әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z1201"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. 9 (10) сыныпта жазбаша жұмыстарды орындауға – 2 астрономиялық сағат, математикаға (алгебраға) (жазбаша) – 3 астрономиялық сағат (физика-математикалық бағыттағы мамандандырылған мектептерде – 4 сағат) бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z1202"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">68. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11 (12) сыныпта қазақ тілі /орыс тілі және ұйғыр/ тәжік/ өзбек тілінде оқытатын мектептер үшін ана тілі бойынша (оқыту тілі) жазбаша емтиханға 3 астрономиялық сағат, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94F95">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алгебра және анализ бастамалары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша 5 астрономиялық сағат бөлінеді.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттаудан өтетін ерекше білім беру қажеттіліктері бар балалар үшін мектептің ұсынымдарына сәйкес білім алушыларды қорытынды аттестаттау жөніндегі емтихан комиссиясының шешімімен емтихан тапсыру кезінде қосымша уақыт беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z1203"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>69. Жазбаша емтихандар 9 (10) және 11 (12) сынып білім алушылары бір-бірден отырғызылатын үлкен сынып бөлмелерінде (бір партаға бір білім алушысы отырғызылып толық сынып сиятындай мектеп ғимаратындағы үлкен бөлмеде) өтеді.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="86"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жазбаша жұмыстарды орындау үшін білім алушыларға мектептің мөртабаны басылған қағаз беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Орындалған жұмысты жоба жазбаларымен бірге білім алушылар Комиссияға тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жұмыстарын емтиханға арналып бөлінген уақыт ішінде аяқтай алмаған білім алушылар аяқталмаған қалпында тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z1204"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>70. Жазбаша емтихан өткізу кезінде (диктанттан басқа) білім алушыға дәлелді себеппен сынып бөлмесінен шығуға рұқсат етіледі. Бұл жағдайда ол жұмысты емтихан жұмысында немесе тіркеу журналында білім алушының емтиханда болмауының ұзақтығын белгілейтін Комиссия мүшесіне тапсырады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="88" w:name="z1205"/>
+      <w:bookmarkEnd w:id="87"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>71. Жазбаша емтихан және тестілеу аяқталғаннан кейін Комиссия мүшелері мектеп ғимаратында жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға үміткерлердің Қағидалардың 41-тармағ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ының 1) және 2) тармақшаларында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған оқу пәндері жұмыстарынан басқа білім алушылардың жұмыстарын тексереді.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="88"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Тексерілмеген жұмыстар мектеп басшысына сақтау үшін тапсырылады. Тексеру кезінде қателердің асты сызылады. Жалпы орта білім курсы бойынша эсседе қателердің саны жеке көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Математика (алгебра) бойынша «2» және «5» деген бағаға бағаланған жазбаша жұмысқа мектеп Комиссиясы рецензия береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9 (10) және 11 (12) сыныптарда жұмыстар балдарды қою схемасына сәйкес тексеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z1206"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>72. Мектептердің барлық сыныптарындағы жазбаша емтихан жұмыстары Астана қаласының уақытымен таңертеңгі сағат 10:00-де басталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z1207"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>73. Тест тапсырмаларының саны және нысаны, тестілеуге арналған жауап парағының нысаны әр пән, бейін және оқыту тілі бөлінісінде жасалған тест ерекшеліктерімен анықталады. Аттестаттау қорытындысы ерекшеліктерін «НЗМ» ДББҰ әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z1208"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">74. 9 (10) және 11 (12) сыныптарда пәндер бойынша қорытынды аттестаттау өткеннен кейін Комиссия білім алушыларға балдарды және емтихан бағаларын қояды және оларды осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша Негізгі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>орта және жалпы орта білім беру деңгейлеріндегі оқу курсы емтиханының қағаз және электронды хаттамасына енгізеді.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="91"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9 (10) және 11 (12) сынып білім алушыларының пәндер бойынша қорытынды аттестаттау нәтижелері балл түрінде журналға (қағаз/электрондық) қойылады және осы Қағидаларға 4-қосымшаға сәйкес емтихан балдарын емтихан бағасына ауыстыру шәкілі бойынша ауыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z1209"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>75. Оқу сабақтары ұйымдастырылған емдеу мекемесінде емделіп жатқан білім алушыларға қорытынды баға қою кезінде олардың осы емдеу мекемесінің жанындағы мектепте (сыныпта немесе топта) алған тоқсандық (жартыжылдық) және жылдық бағалары ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z1210"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>76. Білім алушы жазбаша өтінішінің негізінде мектептің Комиссиясы мүшесінің қатысуымен өзінің жазба жұмысын тексеру нәтижелерімен танысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z1211"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>77. Кезекті емтиханнан «2» деген баға алған 9 (10) және 11 (12) сыныптардың білім алушылары келесі емтиханға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z1212"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>78. 9 (10) және 11 (12) сыныпта пән бойынша қорытынды бағаларды шығару кезінде қорытынды баға емтихан нәтижелері (бес балдық шәкіл бойынша) және оқу жылындағы тоқсандық бағалар (бес балдық шәкіл бойынша) 30:70 арақатынаста қойылады. Қорытынды бағаны дөңгелектеу жақын бүтін санға жүргізіледі.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="95"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Егер 11 (12) сыныптарда инварианттық компоненттің тереңдетілген және стандартты деңгейлерінің пәндері таңдалмаған жағдайда, жалпы орта білім туралы аттестатқа осы пәндер бойынша 9-сыныпта алған қорытынды бағалары қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z1213"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>79. Жазбаша емтиханға қойылған бағамен келіспеген жағдайда білім алушы емтихан бағасын жариялағаннан кейін келесі күні сағат 13:00-ге дейін мектеп жанынан, аудандық, қалалық білім бөлімдері, білім басқармалары жанынан құрылған комиссияға апелляцияға өтініш береді, ал республикалық мектептердің білім алушылары Министрлік жанындағы комиссияға жүгінеді.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="96"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Осы Қағидаларға 5-қосымшаға сәйкес нысан бойынша апелляцияға өтінішті тиісті Комиссия тек тапсырмалардың мазмұны және/немесе техникалық себептер бойынша қабылдайды және 2 (екі) жұмыс күні ішінде қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Апелляцияға берілген өтініште баяндалған нақты фактілер қарауға жатады. Нақты тапсырма бойынша дәлелді негіздеме (толық түсіндірме) көрсетілмей өтініштер қарауға жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Апелляция бойынша өтініштер осы Қағидаларға 6-қосымшаға сәйкес нысан бойынша апелляцияға өтініштерді тіркеу журналында тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Апелляцияға өтініштер бойынша шешім осы Қағидаларға 7-қосымшаға сәйкес нысан бойынша комиссия отырысының хаттамасымен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z1219"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">80. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жанындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>іс-шараларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z1220"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) білім алушылар, педагогтер мен ата-аналар үшін қорытынды аттестаттау өткізу мәселелері бойынша түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z1221"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) 11 (12) сынып білім алушыларының таңдаған пәндерінің тізбесін көрсете отырып қорытынды аттестаттау тапсыратын 11 (12) сынып білім алушыларының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>тізімін қалыптастыру және ағымдағы жылғы 1 наурызға дейінгі мерзімде ҰТО филиалына жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z1222"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) қорытынды аттестаттау өткізу, сондай-ақ қорытынды аттестаттауға білім алушыларды даярлау бойынша жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z1223"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="102" w:name="z1224"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9 (10) сынып білім алушыларының және жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға үміткерлердің осы Қағидалардың 41-тармағының 1) және 2) тармақшаларында айқындалған оқу пәндерінен басқа 11 (12) сынып білім алушыларының жазбаша емтихан жұмыстарын қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5) жазбаша емтихан жұмыстары аяқталғаннан кейін Хаттаманың электронды нұсқасын білім бөлімдеріне немесе басқармаларына жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z1225"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6) тестілеу нәтижелерін беру және пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z1226"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">7) </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...63 lines deleted...]
-      <w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z1227"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға үміткерлердің осы Қағидалардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F354A6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">41-тармағының 1) және 2) тармақшаларында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>айқындалған оқу пән</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>інен жазбаша емтихан жұмыстарын білім басқармалары жанынан қалыптастырылған Комиссия қарауына (республикалық мектептер Министрлік жанынан қалыптастырылатын Комиссия қарауына) білім бөлімдері арқылы жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...15 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8) осы Қағидаларға 4-қосымшада келтірілген Тестілеу балдарын жалпы орта білім туралы аттестаттың бағаларына ауыстыру шәкіліне сәйкес тестілеу нәтижелерінің балдарын бағаларға ауыстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...33 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z1228"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9) апелляцияға түскен ұсыныстардың негізділігін қарау және шешім қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z1229"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>81. Аудандық, қалалық білім бөлімі жанындағы Комиссия келесі іс-шараларды жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z1230"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) білім алушылар, педагогтер мен ата-аналар арасында қорытынды аттестаттау өткізу мәселелері бойынша ақпараттық-түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z1231"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) қорытынды аттестаттауды өткізу бойынша жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z1232"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00270356">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>осы Қағидалардың 41-тармағының 1) және 2) тармақшаларында айқындалған оқу пәндері бойынша «Алтын белгі» жалпы орта білім туралы аттестатын алуға үміткерлердің жазбаша емтихан жұмыстарын білім басқармасы жанындағы комиссияға жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z1233"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4) апелляцияға түскен ұсыныстардың негізділігін қарау және нақты шешім қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z1234"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>82. Білім басқармасы жанындағы Комиссия келесі іс-шараларды жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z1247"/>
+      <w:bookmarkEnd w:id="112"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>) білім алушылар, педагогтер мен ата-аналар арасында қорытынды аттестаттау өткізу мәселелері бойынша ақпараттық-түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00270356">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Алтын белгі» жалпы орта білім туралы аттестат алуға үміткерлердің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00270356">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қағидалардың 52-тармағында көрсетілген талаптарға сәйкестігін анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) қорытынды аттестаттауды өткізу бойынша жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға үміткерлердің жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">үміткерлердің осы Қағидалардың 41-тармағының 1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00270356">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және 2) тармақшаларында айқындалған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оқу пән</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>інен жазбаша емтихан жұмыстарын қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5) жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға үміткерлердің жазбаша емтихан жұмыстарын қарау нәтижелерін мектептерге жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6) апелляцияға түскен ұсыныстардың негізділігін қарау және нақты шешім қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z1254"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>83</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="115" w:name="z1260"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Министрлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жанындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>іс-шараларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>педагогтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ақпараттық-түсіндіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аттестаттауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыстарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мектептердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аттестаттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үміткерлердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қағидалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 41-тармағының 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тармақшаларында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>айқындалған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пәндерінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аттестатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгісін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үміткерлердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нәтижелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>басқармаларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мектептерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жіберу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>апелляцияға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұсыныстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>негізділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>шешім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
-[...53 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...77 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Жұмыстардың қорытындысын шығару және «Алтын белгі» белгісімен марапатталған білім алушылардың тізімін бекіту туралы шешімді қабылдау жөніндегі мектеп жанынан қалыптастырылған Комиссияның қорытынды отырысы тиісті жылдың 20 маусымынан кешіктірілмей өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...38 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z1261"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Негізгі орта білім туралы үздік аттестат, жалпы орта білім туралы үздік және жалпы орта білім туралы «Алтын белгі» аттестаттарын және «Алтын белгі» белгісін иеленген білім алушылардың тізімі мектеп директорының бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...35 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z1262"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Білім басқармалары және республикалық мектептер білім алушыларды қорытынды аттестаттау нәтижесі туралы қорытынды мәліметтерді Министрлікке ағымдағы жылғы 1 шілдеден кешіктірмей ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...37 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z1263"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Білім алушыларды қорытынды аттестаттау нәтижелері ағымдағы жылғы тамызда оқу жылының жұмыс қорытындылары бойынша мектеп жанынан құрылған Комиссияның барлық мүшелерінің қатысуымен педагогикалық кеңесте талқыланады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...8258 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Педагогикалық кеңес оқу-тәрбие жұмысының сапасын жақсарту бойынша нақты шаралар қабылдайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2579B" w:rsidRDefault="00B2579B">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2579B" w:rsidRDefault="00B2579B">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10080" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4551"/>
-        <w:gridCol w:w="5529"/>
+        <w:gridCol w:w="4977"/>
+        <w:gridCol w:w="4408"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidRPr="00B2579B" w:rsidTr="00135A9E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4551" w:type="dxa"/>
+            <w:tcW w:w="4977" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4408" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...6 lines deleted...]
-              <w:t>Приложение 1</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта, жалпы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
-[...6 lines deleted...]
-              <w:t>к Типовым правилам</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орта білімнің білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
-[...6 lines deleted...]
-              <w:t>проведения текущего контроля</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағдарламаларын іске асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім беру ұйымдарындағы білім</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
-[...6 lines deleted...]
-              <w:t>успеваемости, промежуточной</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>алушылардың үлгеріміне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
-[...40 lines deleted...]
-              <w:t>реализующих общеобразовательные</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ағымдық бақылаудың, оларды</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
-[...6 lines deleted...]
-              <w:t>учебные программы начального,</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>аралық және қорытынды</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
-[...6 lines deleted...]
-              <w:t>основного среднего, общего</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>аттестаттау жүргізудің</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үлгі қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Балдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ауыстыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>шәкілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...38 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9705" w:type="dxa"/>
+        <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
-        <w:tblInd w:w="91" w:type="dxa"/>
+        <w:tblInd w:w="-411" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5264"/>
-        <w:gridCol w:w="4441"/>
+        <w:gridCol w:w="5671"/>
+        <w:gridCol w:w="4111"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
-          <w:trHeight w:val="29"/>
+          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5264" w:type="dxa"/>
+            <w:tcW w:w="5671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="159"/>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...6 lines deleted...]
-              <w:t>Процентное содержание баллов во 2-11 (12) классах (%)</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2-11 (12) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сыныптардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балдардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пайыздық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...6 lines deleted...]
-              <w:t>Оценка</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Баға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
-          <w:trHeight w:val="29"/>
+          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5264" w:type="dxa"/>
+            <w:tcW w:w="5671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
-[...24 lines deleted...]
-              <w:t>39</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>– 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...6 lines deleted...]
-              <w:t>неудовлетворительно</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қанағаттанарлықсыз</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
-          <w:trHeight w:val="29"/>
+          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5264" w:type="dxa"/>
+            <w:tcW w:w="5671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>40 – 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...6 lines deleted...]
-              <w:t>удовлетворительно</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қанағаттанарлық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
-          <w:trHeight w:val="29"/>
+          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5264" w:type="dxa"/>
+            <w:tcW w:w="5671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>65 – 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...6 lines deleted...]
-              <w:t>хорошо</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
-          <w:trHeight w:val="29"/>
+          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5264" w:type="dxa"/>
+            <w:tcW w:w="5671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>85 – 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...6 lines deleted...]
-              <w:t>отлично</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өте</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03F8C">
+            <w:r w:rsidRPr="00D1742E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F03F8C">
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-        </w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бастауыш, негізгі орта, жалпы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орта білімнің білім беретін оқу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағдарламаларын іске асыратын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беру ұйымдарындағы білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алушылардың үлгеріміне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ағымдық бақылаудың, оларды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аралық және қорытынды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аттестаттау жүргізудің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үлгі қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«НЗМ» ДББҰ бітірушілерінің оқудағы нәтижелерін сырттай бағалау балдарын ҰБТ балдарына ауыстыру шәкілі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...192 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...45 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="page" w:tblpX="6107" w:tblpY="-270"/>
-[...376 lines deleted...]
-        <w:tblW w:w="9539" w:type="dxa"/>
+        <w:tblW w:w="9398" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="467"/>
-        <w:gridCol w:w="1843"/>
-        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="2265"/>
+        <w:gridCol w:w="854"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="851"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="851"/>
-        <w:gridCol w:w="850"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2265" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>Предметы</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Пәндер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="6666" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДББҰ </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>Для</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бітірушілері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>выпускников</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...26 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2265" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>U (1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E (2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>D (3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>C (4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>B (5)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...72 lines deleted...]
-              <w:t>D (3)</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>A (6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...103 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>A* (7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>Казахский</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қазақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>язык</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>грамотность</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>чтения</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сауаттылығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...72 lines deleted...]
-              <w:t>13</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...103 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>Казахский</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Казақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>язык</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>профильный</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бейіндік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>предмет</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пән</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...72 lines deleted...]
-              <w:t>29</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...103 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>Русский</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Орыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>язык</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>грамотность</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>чтения</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сауаттылығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...72 lines deleted...]
-              <w:t>13</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...103 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>Русский</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Орыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>язык</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>профильный</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бейіндік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>предмет</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пән</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...72 lines deleted...]
-              <w:t>29</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...103 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>История</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>Казахстана</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тарихы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...72 lines deleted...]
-              <w:t>10</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...103 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>математическая</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>математикалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>грамотность</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...72 lines deleted...]
-              <w:t>10</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...103 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>профильный</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бейіндік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>предмет</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пән</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...72 lines deleted...]
-              <w:t>29</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...103 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бейіндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      * </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жоғарғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нәтиже</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдарындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үлгеріміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ағымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бақылаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жүргізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Негізгі орта және жалпы орта білім беру деңгейіндегі оқыту курсы үшін емтихан хаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________ бойынша Қазақстан Республикасы  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            (оқу пәнінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              (облыстың атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               (аудан атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                (қала (ауыл) атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>комиссиясының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құрамында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>комиссиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>төрағасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.А.Ә. (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.А.Ә. (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ассистенттің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.А.Ә. (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Емтиханға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>келді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.А.Ә. (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Емтиханға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.А.Ә. (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>минутта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>басталды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>минутта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аяқталды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қойылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9539" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1460"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="2835"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тапсырушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.А.Ә. (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жазумен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жазумен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Емтиханды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________20__ ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бағаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>хаттамаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>енгізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>: «___»__________ 20__ ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Комиссия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>төрағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       Т.А.Ә. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мұғалім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             Т.А.Ә. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ассистенттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    Т.А.Ә. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________ _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Т.А.Ә. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ескерту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұқсас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Хаттаманың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нұсқасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нұсқамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бірдей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қолданылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдарындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үлгеріміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ағымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бақылаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жүргізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 (10) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11 (12) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алушыларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағаларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ауыстыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>шәкілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9691" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1034"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="428"/>
+        <w:gridCol w:w="7"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Баға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Максимальды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Максимальды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Максимальды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Максимальды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>16-25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>20-32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>24-38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>20-25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>26-33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>33-42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>39-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>26-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>34-40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>43-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>51-60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9256" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:ind w:left="4956"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>беретін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағдарламаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұйымдарындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үлгеріміне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ағымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бақылаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>аралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қорытынды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>аттестаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жүргізудің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үлгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:ind w:left="4956"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F82F85">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>НЫСАН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Апелляцияға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________ ________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нәтижесімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>келіспеймін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Т.А.Ә. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>негіздер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______________№___</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тапсырмадан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>санын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қарауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдарындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үлгеріміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ағымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бақылаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жүргізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>НЫСАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Апелляцияға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өтініштерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>журналы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9539" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="1134"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.А.Ә. (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>Профильные</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Класс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>предметы</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Апелляция</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>берілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>уақыты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...5 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...4 lines deleted...]
-              <w:t>36</w:t>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...5 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...5 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1742E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03F8C">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
-        </w:tc>
-[...893 lines deleted...]
-          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...530 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...28 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мүшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Т.А.Ә., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F03F8C">
-[...14 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Толтырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F03F8C">
-[...56 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2579B" w:rsidRPr="00164E39" w:rsidRDefault="00B2579B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...561 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="119"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...1476 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
       <w:pPr>
         <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F03F8C">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Приложение 5</w:t>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдарындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үлгеріміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ағымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бақылаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жүргізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...198 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>НЫСАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00164E39">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+        <w:t>Апелляцияға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өтінішті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>отырысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>хаттамасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00164E39">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орталығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құрамы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Төраға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: ___________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мүшелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:  _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: _______________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қойылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>келіспеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     Т.А.Ә. (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өтінішін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Апелляцияға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1742E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – _____ балл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...41 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F03F8C">
-[...2783 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0"/>
+    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0"/>
+    <w:sectPr w:rsidR="000B60E0" w:rsidSect="007F0ADF">
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1276" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="3"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D00C8C" w:rsidRDefault="00D00C8C">
+    <w:p w:rsidR="00DA64E1" w:rsidRDefault="00DA64E1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D00C8C" w:rsidRDefault="00D00C8C">
+    <w:p w:rsidR="00DA64E1" w:rsidRDefault="00DA64E1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
-[...3 lines deleted...]
-  </w:p>
+  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0" w:rsidP="00164E39"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D00C8C" w:rsidRDefault="00D00C8C">
+    <w:p w:rsidR="00DA64E1" w:rsidRDefault="00DA64E1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D00C8C" w:rsidRDefault="00D00C8C">
+    <w:p w:rsidR="00DA64E1" w:rsidRDefault="00DA64E1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00D00C8C">
+  <w:p w:rsidR="000B60E0" w:rsidRDefault="00DA64E1">
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject1025" o:spid="_x0000_s2051" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:532.95pt;height:79.2pt;rotation:315;z-index:-251659776;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="gray" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:70pt" string="ЕСБ 216182301"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1335025978"/>
+      <w:id w:val="1069539225"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00771ECB" w:rsidRDefault="00771ECB">
+      <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
         <w:pPr>
-          <w:pStyle w:val="aa"/>
+          <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D36CBA" w:rsidRPr="00D36CBA">
+        <w:r w:rsidR="00B2579B" w:rsidRPr="00B2579B">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
     <w:pPr>
-      <w:pStyle w:val="aa"/>
+      <w:pStyle w:val="a4"/>
     </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="000B60E0" w:rsidRDefault="00DA64E1">
+    <w:r>
+      <w:pict>
+        <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
+          <v:formulas>
+            <v:f eqn="sum #0 0 10800"/>
+            <v:f eqn="prod #0 2 1"/>
+            <v:f eqn="sum 21600 0 @1"/>
+            <v:f eqn="sum 0 0 @2"/>
+            <v:f eqn="sum 21600 0 @3"/>
+            <v:f eqn="if @0 @3 0"/>
+            <v:f eqn="if @0 21600 @1"/>
+            <v:f eqn="if @0 0 @2"/>
+            <v:f eqn="if @0 @4 21600"/>
+            <v:f eqn="mid @5 @6"/>
+            <v:f eqn="mid @8 @5"/>
+            <v:f eqn="mid @7 @8"/>
+            <v:f eqn="mid @6 @7"/>
+            <v:f eqn="sum @6 0 @5"/>
+          </v:formulas>
+          <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
+          <v:textpath on="t" fitshape="t"/>
+          <v:handles>
+            <v:h position="#0,bottomRight" xrange="6629,14971"/>
+          </v:handles>
+          <o:lock v:ext="edit" text="t" shapetype="t"/>
+        </v:shapetype>
+        <v:shape id="PowerPlusWaterMarkObject1027" o:spid="_x0000_s2049" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:532.95pt;height:79.2pt;rotation:315;z-index:-251657728;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="gray" stroked="f">
+          <v:fill opacity=".5"/>
+          <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:70pt" string="ЕСБ 216182301"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="28657817"/>
+    <w:nsid w:val="1BF24C60"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="DA5ECD40"/>
+    <w:tmpl w:val="AB50AC72"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="559869BE"/>
+    <w:nsid w:val="2121336F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F8A0D8D0"/>
+    <w:tmpl w:val="D1DA5252"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22915863"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="45787CAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5CF91675"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2BE478EF"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="838E614A"/>
+    <w:tmpl w:val="69C29F4C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6C780A5D"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41E51FE4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="98C09B2E"/>
+    <w:tmpl w:val="71147DA4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45DB1E8A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B98CDC92"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EF2D9F"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00EF2D9F"/>
+    <w:rsidRoot w:val="000B60E0"/>
+    <w:rsid w:val="0004648F"/>
+    <w:rsid w:val="000B60E0"/>
+    <w:rsid w:val="00127C97"/>
+    <w:rsid w:val="00164E39"/>
+    <w:rsid w:val="008047E2"/>
+    <w:rsid w:val="00865501"/>
+    <w:rsid w:val="009467B8"/>
+    <w:rsid w:val="00B2579B"/>
+    <w:rsid w:val="00C12291"/>
+    <w:rsid w:val="00D8775F"/>
+    <w:rsid w:val="00DA64E1"/>
+    <w:rsid w:val="00FC0923"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3DBEECD4"/>
-  <w15:docId w15:val="{303376F4-4D48-4066-BC68-6FB8D01187D3}"/>
+  <w14:docId w14:val="53AD774B"/>
+  <w15:docId w15:val="{2EDA2D24-8A9D-430E-89C1-01A61D05C79E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -22024,51 +27624,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -22141,338 +27741,177 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0099366C"/>
+    <w:rsid w:val="005507DA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...24 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0099366C"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="005507DA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentReference">
-[...130 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00F03F8C"/>
+    <w:rsid w:val="00D1742E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F03F8C"/>
+    <w:rsid w:val="00D1742E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F03F8C"/>
+    <w:rsid w:val="00D1742E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F03F8C"/>
+    <w:rsid w:val="00D1742E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -22707,214 +28146,323 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime>461</TotalTime>
-[...2 lines deleted...]
-  <Characters>43107</Characters>
+  <TotalTime>14</TotalTime>
+  <Pages>26</Pages>
+  <Words>7815</Words>
+  <Characters>44552</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>359</Lines>
-  <Paragraphs>101</Paragraphs>
+  <Lines>371</Lines>
+  <Paragraphs>104</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50568</CharactersWithSpaces>
+  <CharactersWithSpaces>52263</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime>10</TotalTime>
-[...2 lines deleted...]
-  <Characters>45128</Characters>
+  <TotalTime>37</TotalTime>
+  <Pages>25</Pages>
+  <Words>7511</Words>
+  <Characters>42818</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>376</Lines>
-  <Paragraphs>105</Paragraphs>
+  <Lines>356</Lines>
+  <Paragraphs>100</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>52940</CharactersWithSpaces>
+  <CharactersWithSpaces>50229</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF">2022-12-27T12:34:00Z</dcterms:created>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2023-03-28T09:26:00Z</dcterms:created>
   <dc:creator>Дәулетберді Гаухар</dc:creator>
   <lastModifiedBy>Еришева Сара Беккужевна</lastModifiedBy>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2022-12-27T12:56:00Z</dcterms:modified>
-  <revision>6</revision>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-04-06T11:55:00Z</dcterms:modified>
+  <revision>12</revision>
 </coreProperties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-01-11T11:26:00Z</dcterms:created>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2022-12-27T12:19:00Z</dcterms:created>
   <dc:creator>Дәулетберді Гаухар</dc:creator>
   <lastModifiedBy>Еришева Сара Беккужевна</lastModifiedBy>
-  <lastPrinted>2023-03-14T05:38:00Z</lastPrinted>
-[...1 lines deleted...]
-  <revision>39</revision>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2022-12-27T12:55:00Z</dcterms:modified>
+  <revision>4</revision>
 </coreProperties>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime>75</TotalTime>
+  <Pages>25</Pages>
+  <Words>7522</Words>
+  <Characters>42878</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>357</Lines>
+  <Paragraphs>100</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector baseType="variant" size="2">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector baseType="lpstr" size="1">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>50300</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion>16.0000</AppVersion>
+</Properties>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF">2023-01-11T11:27:00Z</dcterms:created>
+  <dc:creator>Дәулетберді Гаухар</dc:creator>
+  <lastModifiedBy>Еришева Сара Беккужевна</lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-01-26T03:53:00Z</dcterms:modified>
+  <revision>16</revision>
+</coreProperties>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:xvml="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:cppr="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11" xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" xmlns:comp="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" StyleName="APA" SelectedStyle="\APASixthEditionOfficeOnline.xsl"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DACCF17-5C42-4990-A2C4-317463A62FB9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B865CC26-0B7D-465A-B5EC-FEDA25A8B182}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B53CEB1E-F493-4180-88B4-6C66F5CC5B56}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58741D77-B3AB-4019-9756-156D725DE765}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69B00373-7DFD-405B-A963-A7AA5E6D36F6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8552D19F-B389-4257-B2F8-0BC193C30CC2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD5714D2-7C6C-4AE8-A105-70CCD1BC900F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8C2ACB4-FFB9-4715-88F7-9127576ECA2B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{883AE8E5-6844-4C37-8C36-A639C35B5435}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D6E83B1-B083-4484-863F-0D5F4755740C}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{516BA590-32CE-4654-B864-66D32DEFB573}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE1719C3-A7DF-47DF-BDE6-152D3FAD846E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/math"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2010/wordml"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2012/wordml"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/markup-compatibility/2006"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/schemaLibrary/2006/main"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2006/wordml"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/chart"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2007/8/2/chart"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/picture"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2008/diagram"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:excel"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:office"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:vml"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:word"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:powerpoint"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
+    <ds:schemaRef ds:uri="http://opendope.org/xpaths"/>
+    <ds:schemaRef ds:uri="http://opendope.org/conditions"/>
+    <ds:schemaRef ds:uri="http://opendope.org/questions"/>
+    <ds:schemaRef ds:uri="http://opendope.org/answers"/>
+    <ds:schemaRef ds:uri="http://opendope.org/components"/>
+    <ds:schemaRef ds:uri="http://opendope.org/SmartArt/DataHierarchy"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2015/wordml/symex"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2016/wordml/cid"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/webextensions/webextension/2010/11"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/compatibility"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>43183</Characters>
+  <Pages>25</Pages>
+  <Words>7520</Words>
+  <Characters>42869</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>359</Lines>
-  <Paragraphs>101</Paragraphs>
+  <Lines>357</Lines>
+  <Paragraphs>100</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50657</CharactersWithSpaces>
+  <CharactersWithSpaces>50289</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Дәулетберді Гаухар</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>