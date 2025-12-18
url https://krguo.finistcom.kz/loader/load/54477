--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -6,1988 +6,1987 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5892"/>
-        <w:gridCol w:w="3777"/>
+        <w:gridCol w:w="5993"/>
+        <w:gridCol w:w="3676"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0022159A" w:rsidTr="0068161B">
+      <w:tr w:rsidR="00D174C3" w:rsidTr="00A516E3">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5892" w:type="dxa"/>
+            <w:tcW w:w="5993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0022159A" w:rsidRDefault="0022159A">
-[...19 lines deleted...]
-          <w:p w:rsidR="0022159A" w:rsidRDefault="0068161B">
+          <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>приказом Министра образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2017 жылғы 27 шілдедегі</w:t>
+              <w:t>и науки Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 355 бұйрығымен</w:t>
+              <w:t>от 27 июля 2017 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бекітілген</w:t>
+              <w:t>№ 355</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0068161B" w:rsidRPr="0068161B" w:rsidRDefault="0068161B" w:rsidP="0068161B">
+    <w:p w:rsidR="00D174C3" w:rsidRPr="00A516E3" w:rsidRDefault="00A516E3" w:rsidP="00A516E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z14"/>
-      <w:r w:rsidRPr="0068161B">
+      <w:r w:rsidRPr="00A516E3">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
         </w:rPr>
-        <w:t>Білім беру ұйымдарында қамқоршылық кеңестің жұмысын ұйымдастыру және оны</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t>Типовые правила организации работы Попечительского совета и порядок его избрания в организациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A516E3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z20"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z21"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Типовые правила организации работы Попечительского совета и порядок его избрания в организациях образования (да</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лее - Правила) разработаны в соответствии с пунктом 9 статьи 44 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и определяют порядок организации деятельности Попечительского совета (далее – Попечительский совет) и его избрания в организац</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="0068161B">
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Попечительский совет создае</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тся в организациях образования за исключением военных, специальных, медицинских и фармацевтических учебных заведений, подведомственных органам национальной безопасности Республики Казахстан, Министерства внутренних дел Республики Казахстан, органам прокура</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туры Республики Казахстан, Министерства обороны Республики Казахстан и Министерства здравоохранения Республики Казахстан, негосударственных организаций образования, а также государственных некоммерческих организаций образования, созданных в форме акционерн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ого общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Попечительский совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>взаимодействует с администрацией организации образования, родительским комитетом, местными исполнительными органами, заинтересованными государственными органами и иными физическими и/или юридическими лицами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z24"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Выполнение членами Попечительского сове</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>та своих полномочий осуществляется на безвозмездной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z25"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="36"/>
-[...7 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок избрания и состав Попечительского совета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z26"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5. Уполномоченный орган соответствующей отрасли или местный исполнительный орган в области образования размещает объявление о форми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ровании Попечительского совета и приеме предложений по его составу на собственном интернет-ресурсе и/или в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы на казахском и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Прием предложений осуществляется в течение десяти рабочих дней после дня опубликования объявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после дня его первого официального опубликования).</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Состав Попечительского совета формируется на основе полученных предложений с письменного согласия кандидатов в члены Попечительского совета и утверждается уполномоченным органом соответствующей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отрасли или местным исполнительным органом в области образования в течение трех рабочих дней после окончания приема предложений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7. В состав Попечительского совета входят:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z29"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) представители местных представительных, исполнительных и правоохранительных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z30"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) представители работодателей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и социальных партнеров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z31"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) представители некоммерческих организаций (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z32"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) по одному родителю или законному представителю обучающихся в данной организации образования из каждой параллели классов, курсов, рекомендованные родительским </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>комитетом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z33"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) благотворители (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z34"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Руководитель организации образования, при которой создается Попечительский совет или его заместитель принимают участие в его заседаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z35"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В состав Попечительского совета не входят лица, указанны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е в подпунктах 2) и 3) пункта 1 статьи 51 Закона Республики Казахстан от 27 июля 2007 года "Об образовании".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z36"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8. Число членов Попечительского совета является нечетным и составляет не менее девяти человек, не находящихся в отношениях близкого родства и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свойства друг с другом и руководителем данной организации образования. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Срок полномочий членов Попечительского совета составляет три года. Члены Попечительского совета не входят в штат работников данной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Полномочия Попечительс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кого совета, созданного в опорной школе (ресурсном центре), распространяются и на малокомплектные школы, закрепленные за ней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении дес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>яти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9. Количество членов в составе Попечительского совета, являющихся представителями государственных органов, не превышает трех человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z38"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10. Руководителем Попечительского сов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ета является его председатель, избираемый (переизбираемый) на заседании Попечительского совета путем открытого голосования большинством голосов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z39"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Представители государственных органов не избираются председателем Попечительского совета и не исполняют е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>го обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z40"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11. В случае отсутствия председателя Попечительского совета его функции осуществляет один из членов Попечительского совета по решению Попечительского совета, за исключением представителей государственных органов, входящих в состав Поп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ечительского состава.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z41"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>       12. Председатель действует от имени Попечительского совета и обеспечивает его деятельность в соответствии с настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z42"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13. Секретарь Попечительского совета назначается из числа работников организации образовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я и не является членом Попечительского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Секретарь Попечительского совета обеспечивает подготовку, проведение, оформление материалов и протоколов заседаний Попечительского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 13 в редакции приказа Министра образования и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> науки РК от 02.04.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z43"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1-тарау. Жалпы ережелер</w:t>
-[...32 lines deleted...]
-    <w:p w:rsidR="0022159A" w:rsidRDefault="0068161B">
+        <w:t xml:space="preserve"> Глава 3. Полномочия Попечительского совета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z44"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14. Попечительский совет организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z9"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) осущест</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вляет общественный контроль за соблюдением прав обучающихся и воспитанников организации образования, а также за расходованием благотворительной помощи, поступающих на счет образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z10"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) вырабатывает предложения о внесении изменений и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/или дополнений в устав организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z11"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) вырабатывает рекомендации по приоритетным направлениям развития организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z12"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) вырабатывает предложения по совершенствованию мер по вопросам устройства детей-сирот и детей, оставш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ихся без попечения родителей в семьи казахстанских граждан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z13"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) участвует в распределении финансовых средств, поступивших в организацию образования в виде благотворительной помощи и принимает решение о его целевом расходовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z14"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) вырабатывает п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>редложения при формировании бюджета организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z15"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) вносит предложения уполномоченному органу соответствующей отрасли или местному исполнительному органу в области образования об устранении выявленных Попечительским советом недостатков в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работе организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z16"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) согласовывает и выносит протокольное решение по итогам собеседования с кандидатами на занятие вакантной должности руководителя организации среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z17"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) заслушивает отчеты руководителя организации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования о деятельности организации образования, в том числе о качественном предоставлении образовательных услуг, об использовании благотворительной помощи и принимаемых мерах по устройству детей-сирот и детей, оставшихся без попечения родителей в семьи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> казахстанских граждан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z18"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10) участвует в конференциях, совещаниях, семинарах по вопросам деятельности организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z19"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) знакомится с деятельностью организации образования, условиями предоставленными обучающимся и воспитанникам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организации образования, проводят с ними беседу в присутствии психолога организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Работники (структурные подразделения) организации образования оказывают содействие в предоставлении информации по вопросам, относящимся к компетенции Поп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ечительского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 02.04.2018 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 в редакции приказа Министра образования и науки РК от 08.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z56"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок организации ра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>боты Попечительского совета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z57"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      15. Заседание Попечительского совета созывается его председателем по собственной инициативе, по инициативе двух третей от общего количества членов Попечительского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z58"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      16. Уведомление о созыве заседания Попечитель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ского совета подписывается председателем Попечительского совета и направляется членам Попечительского совета и организации образования при которой действует Попечительский совет вместе с необходимыми материалами в срок не позднее, чем за семь рабочих дней </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>до даты проведения заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z59"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Уведомление содержит дату, время и место проведения заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z60"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      К уведомлению прилагаются повестка дня заседания с указанием докладчика, справочные материалы, предусматривающие мотивы включения в повестку дня указан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ных вопросов, необходимые документы, предоставляемые членам Попечительского совета к заседанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z61"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       17. Член Попечительского совета, получивший уведомление о проведении заседания Попечительского совета не позднее одного рабочего дня до даты его проведен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ия информирует секретаря Попечительского совета о своем участии или не участии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z62"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      18. Председатель Попечительского совета созывает заседание Попечительского совета не позднее пяти рабочих дней со дня поступления предложения о созыве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z63"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      19. Заседан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ия Попечительского совета проводятся по мере необходимости, но не реже одного раза в квартал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Представители территориальных департаментов Комитета по контролю в сфере образования и науки Министерства образования и науки Республики Казахстан допускают</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ся к участию в его заседаниях в качестве наблюдателей без права голоса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіл</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официально</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>еді) бұйрығымен.</w:t>
+        <w:t>го опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0022159A" w:rsidRDefault="0068161B">
-[...28 lines deleted...]
-    <w:p w:rsidR="0022159A" w:rsidRDefault="0068161B">
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      20. Заседание Попечительского совета является правомочным, если все члены Попечительского совета извещены о времени и месте его проведения, и на заседании присутствует не менее две трети от общего количества его членов. Передача ч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>леном Попечительского совета своего голоса другому члену Попечительского совета либо лицу по доверенности не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z65"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      21. Каждый член Попечительского совета организации образования имеет при голосовании один голос без права его передачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 02.04.2018 </w:t>
+        <w:t>      Сн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оска. Пункт 21 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіле</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      22. Решение Попечительского совета принимается открыты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>м голосованием большинством голосов присутствовавших его членов. При равенстве голосов принимается решение, за которое проголосовал председатель Попечительского совета, а в случае его отсутствия лицо, осуществляющее функции председателя Попечительского сов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z67"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      23. Решение Попечительского совета оформляется протоколом, который подлежит подписанию всеми присутствующими на заседании членами Попечительского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z68"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      24. Протокол направляется уполномоченному органу соответствующей отрасли или местному</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнительному органу в области образования после проведения заседания Попечительского совета в срок не позднее трех рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z69"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      25. Уполномоченный орган соответствующей отрасли или местный исполнительный орган в области образования размещает инф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ормацию о принятых Попечительским советом решениях на собственном интернет-ресурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z70"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      26. Благотворительная помощь организации образования оказывается в добровольном порядке на безвозмездной основе и расходуется исключительно по решению Попечительского</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совета в порядке, предусмотренном настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z71"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      27. Любые принятые организацией образования поступления от благотворительной помощи зачисляются на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z72"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) контрольный счет наличности благотворительной помощи, открытый в территориальном под</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>разделении уполномоченного органа по исполнению бюджета, в соответствии с бюджетным законодательством Республики Казахстан – для организаций образования, созданных в организационно-правовой форме государственное учреждение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z73"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) счет, открытый в банке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>второго уровня – для организаций образования, созданных в иных организационно-правовых формах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z74"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      28. Поступления от благотворительной помощи расходуются на следующие цели:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z75"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) социальная поддержка обучающихся и воспитанников организации образовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z76"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) совершенствование материально-технической базы организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z77"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) развитие спорта, поддержка одаренных детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z78"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) осуществление расходов на организацию образовательного процесса сверх требований государственных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>общеобразовательных стандартов образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z79"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      29. Организация образования ежегодно, по итогам финансового года, информирует общественность о результатах деятельности по использованию и движении средств благотворительной помощи, путем размещения соответ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ствующего отчета на интернет-ресурсе данной организации образования, уполномоченного органа соответствующей отрасли, местного исполнительного органа в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z80"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Прекращение работы Попечительского совета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z81"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      30. Прекращение работы Поп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ечительского совета осуществляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z82"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) по инициативе уполномоченного органа соответствующей отрасли или местного исполнительного органа в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z83"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) при ликвидации и реорганизации организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z84"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      31.  Член Попечитель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ского совета исключается из состава Попечительского совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z86"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) по личной инициативе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z87"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) по причине отсутствия без уважительных причин на заседаниях более трех раз подряд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p w:rsidR="00D174C3" w:rsidRDefault="00A516E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ді) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 31 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-[...1591 lines deleted...]
-    <w:sectPr w:rsidR="0022159A" w:rsidSect="0068161B">
+      <w:bookmarkStart w:id="67" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="67"/>
+    </w:p>
+    <w:sectPr w:rsidR="00D174C3" w:rsidSect="00A516E3">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0022159A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0068161B"/>
+    <w:rsidRoot w:val="00D174C3"/>
+    <w:rsid w:val="00A516E3"/>
+    <w:rsid w:val="00D174C3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{ED439754-DBA2-4CB3-895D-C735631597E1}"/>
+  <w15:docId w15:val="{8A4262B5-8D9C-455B-BE78-4FB4FD2B70B8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2902,49 +2901,49 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2023</Words>
-  <Characters>11532</Characters>
+  <Words>2131</Words>
+  <Characters>12150</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13528</CharactersWithSpaces>
+  <CharactersWithSpaces>14253</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>