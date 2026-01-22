--- v0 (2025-12-04)
+++ v1 (2026-01-22)
@@ -1,8866 +1,5861 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00ED0F81" w:rsidRDefault="00A47B65" w:rsidP="00ED0F81">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                             </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED0F81">
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE70AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00E622FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00ED0F81">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+        <w:t>Руководителю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t>басқармасының</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00E622FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГУ «О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тдела образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED0F81" w:rsidRDefault="00ED0F81" w:rsidP="00ED0F81">
-[...164 lines deleted...]
-    <w:p w:rsidR="00ED0F81" w:rsidRPr="00ED0F81" w:rsidRDefault="00ED0F81" w:rsidP="00ED0F81">
+    <w:p w:rsidR="00457398" w:rsidRPr="00BC3E64" w:rsidRDefault="00457398" w:rsidP="00457398">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00ED0F81">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Талдамалық анықтама</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>города Шахтинска</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED0F81" w:rsidRPr="00ED0F81" w:rsidRDefault="00ED0F81" w:rsidP="00ED0F81">
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">сыбайлас жемқорлық тәуекелдеріне ішкі талдау жүргізу бойынша </w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">управления образования </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A47B65" w:rsidRPr="00ED0F81" w:rsidRDefault="00ED0F81" w:rsidP="00ED0F81">
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> КМҚК.</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Карагандинской области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED0F81" w:rsidRPr="00ED0F81" w:rsidRDefault="00ED0F81" w:rsidP="00ED0F81">
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidR="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC3E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Онсович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC3E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н.Б.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A47B65" w:rsidRPr="00ED0F81" w:rsidRDefault="00A47B65" w:rsidP="00A47B65">
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRPr="0036328D" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0036328D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аналитическая справка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00264FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о проведению внутреннего анализа коррупционных рисков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в КГКП «Ясли – сад «Березка» отдела </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования города Шахтинска управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRPr="00264FDC" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00ED0F81">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">           02.12.2022 жыл</w:t>
+        </w:rPr>
+        <w:t>город Шахтинск                                                                            02.12.2022 год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A47B65" w:rsidRPr="00ED0F81" w:rsidRDefault="00A47B65" w:rsidP="00A47B65">
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A47B65" w:rsidRDefault="00ED0F81" w:rsidP="0052342C">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00E622FC">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="426"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...54 lines deleted...]
-        <w:t>ММ №244 бұйрығының негізінде Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2016 жылғы 19 қазандағы № 12 бұйрығымен бекітілген сыбайлас жемқорлық тәуекелдеріне ішкі талдау жүргізу қағидаларына сәйкес Қарағанды облысының білім басқармасының 14.11.2022 жылғы жұмыс тобы келесі бағыттар бойынша сыбайлас жемқорлық тәуекелдеріне ішкі талдау жүргізді:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В соответствии с пунктом 2 статьи 8 Закона Республики Казахстан от 18 ноября 2015года «О противодействии коррупции», Правилами проведения внутреннего анализа коррупционных рисков, утвержденными Приказом Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 19 октября 2016 года №12,   на основании приказа № 244 ГУ «Отдела образования города Шахтинска» управления образования Карагандинской области от 14.11.2022 года, рабочей группой</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> был проведен внутренний анализ коррупционных рисков по следующим направлениям:   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED0F81" w:rsidRPr="00ED0F81" w:rsidRDefault="00ED0F81" w:rsidP="00A47B65">
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED0F81" w:rsidRPr="00ED0F81" w:rsidRDefault="00ED0F81" w:rsidP="00ED0F81">
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
       <w:pPr>
         <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED0F81">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097A97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-        <w:t>Білім беру объектілері туралы ақпаратты жинау және қорыту.</w:t>
+        </w:rPr>
+        <w:t>Сбор и обобщение информации об объектах образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED0F81" w:rsidRDefault="00ED0F81" w:rsidP="00433D32">
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Работа по проведению внутреннего анализа коррупционных рисков</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00642221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в КГКП «Ясли – сад «Березка» отдела </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования города Шахтинска управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводилась на основе нормативно-правовых документов: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конституции РК, Закона РК «Об образовании», Закона «О статусе педагога», «Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственной программы развития образования и науки Республики Казахстан на 2020 - 2025 годы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», «Государственного общеобязательного стандарта дошкольного воспитания и обучения РК», Закона РК «О языках в РК», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B64ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правил и условий проведения аттестации педагогов, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B64ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего образования, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B64ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B64ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Устава КГКП ««Ясли – сад «Березка» отдела </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования города Шахтинска управления образования Карагандинской</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> области, Закона РК «О правах ребенка в РК»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E03512" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По данным информационной системы «Специального учета» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КПСиСУ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при ГП РК  в отношении сотрудников ясли – сада</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>была</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведена работа  по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">проверке на предмет выявления имеющих или не имеющих судимость за уголовные правонарушения, полученные в порядке, установленном законодательством РК. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32F10" w:rsidRPr="00E03512" w:rsidRDefault="00457398" w:rsidP="00E622FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...226 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E03512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проверка показала, что судимости у сотрудников коллектива нет. Требования вложены в личное дело каждого сотрудника.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86E8E" w:rsidRPr="00B86E8E" w:rsidRDefault="00B86E8E" w:rsidP="00433D32">
-[...40 lines deleted...]
-    <w:p w:rsidR="00B86E8E" w:rsidRPr="00B86E8E" w:rsidRDefault="00B86E8E" w:rsidP="00B86E8E">
+    <w:p w:rsidR="00E03512" w:rsidRDefault="00F32F10" w:rsidP="00E03512">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>Тексеру ұжым қызметкерлерінің соттылығы жоқ екенін көрсетті. Талаптар әр қызметкердің жеке ісіне салынған.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При поступлении на работу</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E03512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">каждого сотрудника делается запрос  в информационную  систему «Специального учета» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E03512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КПСиСУ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E03512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при ГП РК.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00457398" w:rsidRPr="00F32F10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86E8E" w:rsidRDefault="00B86E8E" w:rsidP="00B86E8E">
-      <w:pPr>
+    <w:p w:rsidR="00457398" w:rsidRPr="0011412D" w:rsidRDefault="00457398" w:rsidP="0011412D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> ақпараттық жүйесіне сұрау салынады.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E03512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дисциплинарных мер в отношении сотрудников  за </w:t>
+      </w:r>
+      <w:r w:rsidR="00E03512" w:rsidRPr="00E03512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конец 2021 года и 2022 год </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E03512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не выявлялось.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011412D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения о привлечении к ответственности должностных лиц ясли – сада за совершения коррупционных правонарушения не было.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86E8E" w:rsidRDefault="00B86E8E" w:rsidP="00433D32">
-      <w:pPr>
+    <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00EB02D6" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...31 lines deleted...]
-        <w:t>1.4. Барлығы 19 адам педагог, 17 адам сауалнама жүргізді. Сауалнама нәтижелері бойынша біз келесі қорытындыға келдік: ұжымдағы моральдық-психологиялық ахуал қанағаттанарлық. 2022 жылдың жазғы кезеңінде 4 педагог әртүрлі себептермен жұмыстан шықты: басқа қалаға көшу және т. б.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF57EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Всего педагогов 19 человека, анкетировались 17</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398" w:rsidRPr="00DF57EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> человек. По результатам анкетирования пришли к следующему выводу: Морально-психологический климат в коллективе </w:t>
+      </w:r>
+      <w:r w:rsidR="00275975" w:rsidRPr="00DF57EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>удовлетворительный</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398" w:rsidRPr="00DF57EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF57EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> За летний период 2022 года   уволились  4 педагога  по разным причинам: перее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DF57EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зд в др</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DF57EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>угой город и т.д.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="498"/>
+        <w:gridCol w:w="496"/>
         <w:gridCol w:w="5033"/>
         <w:gridCol w:w="3897"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidTr="00713C0D">
+      <w:tr w:rsidR="00DF57EE" w:rsidRPr="00DF57EE" w:rsidTr="009711FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="004432A9" w:rsidRDefault="00A47B65" w:rsidP="004432A9">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:b/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004432A9">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5033" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="004432A9" w:rsidRDefault="00B86E8E" w:rsidP="004432A9">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:jc w:val="center"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004432A9">
-[...7 lines deleted...]
-              <w:t>Сұрақтар</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>вопросы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="004432A9" w:rsidRDefault="00A47B65" w:rsidP="004432A9">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:b/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004432A9">
-[...18 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>% соотношение</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidTr="00713C0D">
+      <w:tr w:rsidR="00DF57EE" w:rsidRPr="00DF57EE" w:rsidTr="009711FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5033" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00B86E8E" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00E42D87" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Встречались ли в своей деятельности с фактами коррупции (вымогательство, взятки и </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B86E8E">
-[...5 lines deleted...]
-              <w:t>Өз</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тд</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B86E8E">
-[...293 lines deleted...]
-              <w:t>?</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.) в организациях образования города Шахтинска или в отделе образования города Шахтинска?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00B86E8E" w:rsidRDefault="00B86E8E" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> Оң </w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A. Положительно </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">B. </w:t>
-[...25 lines deleted...]
-              <w:t>100%</w:t>
+              <w:t>B. Отрицательно100%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. </w:t>
-[...37 lines deleted...]
-            <w:r w:rsidRPr="00DF57EE">
+              <w:t xml:space="preserve">C. Затрудняюсь ответить </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB02D6" w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">A. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidTr="00713C0D">
+      <w:tr w:rsidR="00DF57EE" w:rsidRPr="00DF57EE" w:rsidTr="009711FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5033" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00B86E8E" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...205 lines deleted...]
-              <w:t>?</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Как Вы оценивайте уровень соблюдения норм педагогической этики со стороны администрации организации образования?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">A. </w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>A. Нормы педа</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC112B" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>гогической этики соблюдаются 88</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>88%</w:t>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">B. </w:t>
-[...100 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>B. Постоянно идет нарушение норм педагогической этики</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. </w:t>
-[...43 lines deleted...]
-              <w:t>12%</w:t>
+              <w:t>C. Затрудняюсь ответить</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC112B" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidTr="00713C0D">
+      <w:tr w:rsidR="00DF57EE" w:rsidRPr="00DF57EE" w:rsidTr="009711FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5033" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00B86E8E" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00E42D87" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B86E8E">
-[...32 lines deleted...]
-              <w:t>бі</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Как вы относитесь к введению </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B86E8E">
-[...5 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>института ротации директоров организаций образования города Шахтинска</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B86E8E">
-[...134 lines deleted...]
-            <w:r w:rsidRPr="00B86E8E">
+            <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00EB02D6" w:rsidRPr="00DF57EE" w:rsidRDefault="00BC112B" w:rsidP="00EB02D6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">A. </w:t>
-[...16 lines deleted...]
-              <w:t>94%</w:t>
+              <w:t>A. Положительно 94</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB02D6" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="009A3275" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00EB02D6" w:rsidRPr="00DF57EE" w:rsidRDefault="00EB02D6" w:rsidP="00EB02D6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">B. </w:t>
-[...8 lines deleted...]
-              <w:t>Теріс</w:t>
+              <w:t>B. Отрицательно</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00EB02D6" w:rsidRPr="00DF57EE" w:rsidRDefault="00BC112B" w:rsidP="00EB02D6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. </w:t>
-[...43 lines deleted...]
-              <w:t>6%</w:t>
+              <w:t>C. Затрудняюсь ответить 6</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB02D6" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidTr="00713C0D">
+      <w:tr w:rsidR="00DF57EE" w:rsidRPr="00DF57EE" w:rsidTr="009711FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5033" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00B86E8E" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00E42D87" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...249 lines deleted...]
-              <w:t>?</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Имеет ли место в Вашей организации образования факты злоупотребления должностными полномочиями со стороны администрации организации образования?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="009A3275" w:rsidRDefault="009A3275" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>А</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>. Иә</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="009A3275" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> 100%</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>B. Нет 100%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">C. Затрудняюсь ответить  </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="00EB02D6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidTr="00713C0D">
+      <w:tr w:rsidR="00DF57EE" w:rsidRPr="00DF57EE" w:rsidTr="009711FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5033" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00B86E8E" w:rsidP="00713C0D">
+          <w:p w:rsidR="00E42D87" w:rsidRPr="00DF57EE" w:rsidRDefault="00E42D87" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...214 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Как Вы оценивайте уровень соблюдения норм педагогической этики со стороны педагогов Вашей организации образования?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">A. </w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>A. Нормы пед</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC112B" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>агогической этики соблюдаются 88</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>88%</w:t>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">B. </w:t>
-[...100 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>B. Постоянно идет нарушение норм педагогической этики</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00BC112B" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. </w:t>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">12% </w:t>
+              <w:t>C. Затрудняюсь ответить 12</w:t>
+            </w:r>
+            <w:r w:rsidR="00A602AC" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidTr="00713C0D">
+      <w:tr w:rsidR="00DF57EE" w:rsidRPr="00DF57EE" w:rsidTr="009711FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5033" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00B86E8E" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00E42D87" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...177 lines deleted...]
-              <w:t>?</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Привлекает ли Вас администрация организации образования к выполнению ремонтных работ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="009A3275" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>А</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...14 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Д</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...8 lines deleted...]
-            <w:r w:rsidR="00A47B65" w:rsidRPr="00DF57EE">
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC112B" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="009A3275" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00BC112B" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> 42%</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>B. Нет 42</w:t>
+            </w:r>
+            <w:r w:rsidR="00A602AC" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">C. Затрудняюсь ответить  </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC112B" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>47</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>47%</w:t>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="00EB02D6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidTr="00713C0D">
+      <w:tr w:rsidR="00DF57EE" w:rsidRPr="00DF57EE" w:rsidTr="009711FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5033" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00B86E8E" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00E42D87" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...160 lines deleted...]
-              <w:t>?</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдают ли Вам </w:t>
+            </w:r>
+            <w:r w:rsidR="00275975" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>табуляграммы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> перед выдачей заработной платы в Вашем коллективе?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="009A3275" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...17 lines deleted...]
-            <w:r w:rsidR="00A47B65" w:rsidRPr="00DF57EE">
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>A. Да</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB02D6" w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 100%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="009A3275" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B. Нет </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>C. Затрудняюсь ответить</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidTr="00713C0D">
+      <w:tr w:rsidR="00DF57EE" w:rsidRPr="00DF57EE" w:rsidTr="009711FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5033" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00B86E8E" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B86E8E">
-[...131 lines deleted...]
-              <w:t>?</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Как вы оценивайте деятельность отдела образования города Шахтинска?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>A.</w:t>
-[...8 lines deleted...]
-              <w:t>Оң</w:t>
+              <w:t>A. Положительно 8</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC112B" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 88%</w:t>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00A602AC" w:rsidRPr="00DF57EE" w:rsidRDefault="00A602AC" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">B. </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">B. Отрицательно </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00BC112B" w:rsidP="00A602AC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. </w:t>
-[...43 lines deleted...]
-              <w:t>12%</w:t>
+              <w:t>C. Затрудняюсь ответить 12</w:t>
+            </w:r>
+            <w:r w:rsidR="00A602AC" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidTr="00713C0D">
+      <w:tr w:rsidR="00DF57EE" w:rsidRPr="00DF57EE" w:rsidTr="009711FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5033" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00B86E8E" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00E42D87" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...213 lines deleted...]
-              <w:t>?</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Привлекает ли Вас администрация организации образования к выполнению не свойственных педагогу функций?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="009A3275" w:rsidP="00713C0D">
+          <w:p w:rsidR="00EB02D6" w:rsidRPr="00DF57EE" w:rsidRDefault="00BC112B" w:rsidP="00EB02D6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> 12</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A. Да </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF57EE" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="009A3275" w:rsidP="00713C0D">
+          <w:p w:rsidR="00EB02D6" w:rsidRPr="00DF57EE" w:rsidRDefault="00BC112B" w:rsidP="00EB02D6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-              <w:t>88%</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B. Нет </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF57EE" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB02D6" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00EB02D6" w:rsidRPr="00DF57EE" w:rsidRDefault="00DF57EE" w:rsidP="00EB02D6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">C. Затрудняюсь ответить </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidTr="00713C0D">
+      <w:tr w:rsidR="00DF57EE" w:rsidRPr="00DF57EE" w:rsidTr="009711FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5033" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00B86E8E" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00457398" w:rsidP="009711FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...197 lines deleted...]
-              <w:t xml:space="preserve"> ба?</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Как Вы думайте, имеется ли в Вашем коллективе лидеры, которые могли бы достойно выполнять функцию директора организации образования?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00EB02D6" w:rsidRPr="00DF57EE" w:rsidRDefault="00EB02D6" w:rsidP="00EB02D6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Да  23%</w:t>
+              <w:t xml:space="preserve">Да  </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF57EE" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00B86E8E" w:rsidP="00713C0D">
+          <w:p w:rsidR="00EB02D6" w:rsidRPr="00DF57EE" w:rsidRDefault="00DF57EE" w:rsidP="00EB02D6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> 54%</w:t>
+            <w:r w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>B. Нет 54</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB02D6" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A47B65" w:rsidRPr="00DF57EE" w:rsidRDefault="00A47B65" w:rsidP="00713C0D">
+          <w:p w:rsidR="00457398" w:rsidRPr="00DF57EE" w:rsidRDefault="00EB02D6" w:rsidP="00EB02D6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">C. Затрудняюсь ответить </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF57EE" w:rsidRPr="00DF57EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>23</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF57EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>23%</w:t>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A47B65" w:rsidRDefault="00A47B65" w:rsidP="00A47B65">
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A3275" w:rsidRPr="009A3275" w:rsidRDefault="009A3275" w:rsidP="00433D32">
+    <w:p w:rsidR="00457398" w:rsidRDefault="002231ED" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    1.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. За период </w:t>
+      </w:r>
+      <w:r w:rsidR="0011412D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конец 2021 года и январь – декабрь 2022 года </w:t>
+      </w:r>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>было оказано государственных услуг:</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398" w:rsidRPr="00584F52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00017020" w:rsidRDefault="00DF57EE" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E622FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398" w:rsidRPr="003907C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов для прохождения аттестации на присвоение (подтверждение) квалификационных категорий педагогов организаций образования, регулирующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00457398" w:rsidRPr="003907C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00457398" w:rsidRPr="003907C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398" w:rsidRPr="003907C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 0</w:t>
+      </w:r>
+      <w:r w:rsidR="0011412D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRPr="003907C2" w:rsidRDefault="0011412D" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С ноября 2021 года </w:t>
+      </w:r>
+      <w:r w:rsidR="002231ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на основании</w:t>
+      </w:r>
+      <w:r w:rsidR="002231ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002231ED" w:rsidRPr="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>новых правил аттестации</w:t>
+      </w:r>
+      <w:r w:rsidR="002231ED" w:rsidRPr="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002231ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>данна</w:t>
+      </w:r>
+      <w:r w:rsidR="00017020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я государственная услуга стала частью аттестации педагогов  и </w:t>
+      </w:r>
+      <w:r w:rsidR="002231ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>детским садом не проводится</w:t>
+      </w:r>
+      <w:r w:rsidR="00017020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002231ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF57EE" w:rsidRDefault="00DF57EE" w:rsidP="00E622FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">1.5. 2021 </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398" w:rsidRPr="003907C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов и зачисление детей в дошкольные организации образования». </w:t>
+      </w:r>
+      <w:r w:rsidR="00457398" w:rsidRPr="003907C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Зачисление детей посредством портала </w:t>
+      </w:r>
+      <w:r w:rsidR="00457398" w:rsidRPr="003907C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Indigo</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398" w:rsidRPr="003907C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-24.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009A3275">
-[...6 lines deleted...]
-        <w:t>жылдың</w:t>
+      <w:r w:rsidR="00457398" w:rsidRPr="003907C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009A3275">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+      <w:r w:rsidR="00457398" w:rsidRPr="003907C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0DC1" w:rsidRPr="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а конец</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BD0DC1" w:rsidRPr="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021 год</w:t>
+      </w:r>
+      <w:r w:rsidR="00017020" w:rsidRPr="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а было оказано –</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE70AD" w:rsidRPr="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17 государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="00017020" w:rsidRPr="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. За январь  - декабрь 2022 года было оказано – </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE70AD" w:rsidRPr="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 государственных </w:t>
+      </w:r>
+      <w:r w:rsidR="00017020" w:rsidRPr="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услуг.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE70AD" w:rsidRPr="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...169 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="009A3275" w:rsidRPr="009A3275" w:rsidRDefault="009A3275" w:rsidP="009A3275">
+    <w:p w:rsidR="00457398" w:rsidRPr="00DE70AD" w:rsidRDefault="009715A2" w:rsidP="00DF57EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE70AD" w:rsidRPr="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есоответствия фактических процессов оказания гос.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>«</w:t>
+      <w:r w:rsidR="00DE70AD" w:rsidRPr="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услуг указанным требованиям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009715A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отсутствуют</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE70AD" w:rsidRPr="00DE70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.  Нарушения в сроках, истребование не предусмотренных правовыми актами документов и  нарушения порядка процедур оказания услуг за данный аналитический период,  отсутствуют.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием документов от законных представителей ребенка и выдача результатов оказания гос. услуг осуществлялась через </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009A3275">
-[...6 lines deleted...]
-        <w:t>Мектепке</w:t>
+      <w:r w:rsidR="003B3E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009A3275">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+      <w:r w:rsidR="003B3E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF57EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Де</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тским садом не оказывали</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF57EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «скрытые» государственные услуги или выдача разрешительных документов.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF57EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="002F5998" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     1.6</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обращений  физических и юридических лиц  </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за анализируемый период было от работника детского сада помощника воспитателя </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009A3275">
-[...6 lines deleted...]
-        <w:t>дейінгі</w:t>
+      <w:r w:rsidR="007B3F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пичененко</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009A3275">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="007B3F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Татьяны </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009A3275">
-[...6 lines deleted...]
-        <w:t>тәрбие</w:t>
+      <w:r w:rsidR="007B3F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Равильевны</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009A3275">
-[...504 lines deleted...]
-        <w:t xml:space="preserve">- 0. </w:t>
+      <w:r w:rsidR="007B3F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A3275" w:rsidRDefault="009A3275" w:rsidP="009A3275">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00457398" w:rsidRPr="003C452F" w:rsidRDefault="002F5998" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...403 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009715A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.7</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3F6C" w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Жалобы и иная обратная связь   на действия работников объекта  анализа. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A3275" w:rsidRPr="009A3275" w:rsidRDefault="009A3275" w:rsidP="00433D32">
+    <w:p w:rsidR="007B3F6C" w:rsidRPr="003C452F" w:rsidRDefault="007B3F6C" w:rsidP="007B66B3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...75 lines deleted...]
-        <w:t xml:space="preserve">емлекеттік қызмет көрсетілді. </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">От Помощника Воспитателя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пичененко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.Р. было </w:t>
+      </w:r>
+      <w:r w:rsidR="00C35F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обращение с просьбой разъяснения начисления заработной платы в период с 01.января 2022 года по сентябрь 2022 года. О</w:t>
+      </w:r>
+      <w:r w:rsidR="003C452F" w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бращение работника рассмотрели, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>предоставили в полном объёме ряд документов (копии)</w:t>
+      </w:r>
+      <w:r w:rsidR="003C452F" w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и отправили заказным письмом по почте РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A3275" w:rsidRDefault="009A3275" w:rsidP="009A3275">
+    <w:p w:rsidR="007B3F6C" w:rsidRPr="003C452F" w:rsidRDefault="007B3F6C" w:rsidP="007B66B3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">     </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табуляграммы с 01.01 2022 года по 01.09.2022 года;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A47B65" w:rsidRPr="009A3275" w:rsidRDefault="00A47B65" w:rsidP="00433D32">
+    <w:p w:rsidR="007B3F6C" w:rsidRPr="003C452F" w:rsidRDefault="007B3F6C" w:rsidP="007B66B3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">свод заработной платы за указанный период на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пичененко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.Р.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B3F6C" w:rsidRPr="003C452F" w:rsidRDefault="003C452F" w:rsidP="007B66B3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>копия трудового договора и</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3F6C" w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3F6C" w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соглашения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B66B3" w:rsidRDefault="007B3F6C" w:rsidP="007B66B3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidR="003C452F" w:rsidRPr="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бель учета использования рабочего времени с 01.01.2022 год по 01.09.2022 год.</w:t>
+      </w:r>
+      <w:r w:rsidR="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С работником </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пичененко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.Р. проведена разъяснительная беседа с подробным изложением начисления заработной платы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="002F5998" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     1.8</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Статьи в СМИ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за отчетный период не публиковались</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> систематически размещаются </w:t>
+      </w:r>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, плакаты</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по а</w:t>
+      </w:r>
+      <w:r w:rsidR="00242738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нтикоррупционным рискам и антикоррупционному просвещению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00242738" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     1.9</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Специалистами и коллективом ясли – сада регулярно  ведется работа по изучению </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по антикоррупционной тематике.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В здании детского сад на информационном стенде имеется информация для коллектива </w:t>
+      </w:r>
+      <w:r w:rsidR="009715A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> антикоррупционной политике.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BD0DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Так же </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0CF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставлены декларации лицами</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, уполномоченными на </w:t>
+      </w:r>
+      <w:r w:rsidR="009715A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выполнение государственных функций, лиц, исполняющих управленческие функции в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009715A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>госудао</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009715A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009715A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рственной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009715A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> решений по организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B0CF3" w:rsidRDefault="00242738" w:rsidP="003C452F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.10. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Декларирование лиц, приравненное к лицам, уполномоченным на выполнение</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0CF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных функций, лиц, исполняющих управленческие функции в государственной организации или </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0CF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">субъекте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B0CF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квазигосударственого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B0CF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора, а так же лиц, уполномоченные на принятие решений по организации и проведению закупок. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A2149" w:rsidRDefault="009B0CF3" w:rsidP="00E622FC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> қызметкері тәрбиешінің көмекшісі Татьяна Равильевна Пичененкодан болды.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предоставлены и вложены в личное дело декларации директора  и супруга по форме 250 и 270, методиста  и супруга по форме 250,  бухгалтера  по форме 250, бухгалтера по государственным закупкам по форме 250, завхоза и супруга по форме 250.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A47B65" w:rsidRPr="007F33DD" w:rsidRDefault="00A47B65" w:rsidP="00A47B65">
-[...434 lines deleted...]
-    <w:p w:rsidR="00A47B65" w:rsidRPr="007F33DD" w:rsidRDefault="00A47B65" w:rsidP="00433D32">
+    <w:p w:rsidR="00457398" w:rsidRPr="006573BB" w:rsidRDefault="00457398" w:rsidP="00E622FC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-        <w:t>Мемлекеттік функцияларды орындауға уәкілеттік берілген адамдарға, мемлекеттік ұйымда немесе квазимемлекеттік сектор субъектісінде басқару функцияларын орындайтын адамдарға, сондай-ақ сатып алуды ұйымдастыру және өткізу жөнінде шешімдер қабылдауға уәкілеттік берілген адамдарға теңестірілген адамдарды декларациялау.</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализ правовых актов</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внутренних документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">регулирующих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельность</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объекта анализа, его организационно-управленческой деятельности на наличие коррупционных рисков.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A47B65" w:rsidRPr="007F33DD" w:rsidRDefault="009A3275" w:rsidP="00433D32">
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00E622FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Согласно Закона Республики Казахстан от 06.10.2020 года №365-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам противодействия коррупции» статья 16 Закона республики Казахстан «О противодействии коррупции» дополнена пунктом 3, в котором подразделения, исполняющее функции антикоррупционных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-служб, основной задачей которых является  обеспечение соблюдения соответствующей организацией и ее работниками законодательства Республики Казахстан о противодействии коррупции. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00B80A7A" w:rsidP="00E622FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приказом № 70 от 06.06.2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Березка» создана антикоррупционная </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-служба для формирования единого подхода в реализации антикоррупционной политики в субъектах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора, ответственным лицом назначен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">переводчик </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Асаинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Динара </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аманберлиевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. С должностными инструкциями </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> офицера </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ознакомлена</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00E622FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Коллизия положений правовых актов и внутренних документов не обнаружено. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00E622FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В актах и положениях соблюдается юридико-лингвистическая определенность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00E622FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В должностных инструкциях каждого сотрудника организации образования четко прописаны полномочия и обязанности должностных лиц. Организация образования не возлагает на </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80A7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогический и технический </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>персонал дополнительных обязанностей, необоснованных законом. Не устанавливает иных требований ограничивающих права и свободу человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00E622FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Излишних административных барьеров по отношениям к сотрудникам детского сада отсутствует, государственные услуги, предоставляемые </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> производятся согласно прави</w:t>
+      </w:r>
+      <w:r w:rsidR="006F3C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л оказания государственных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00E622FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все функции, обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и права персонала детского сада  соответствуют установленным правовым актам или внутренним документам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRPr="00146075" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Управление персоналом, в том числе сменяемость кадров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00762DF6" w:rsidP="00762DF6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В КГКП «Ясли – сад «Берёзка» ОО г Шахтинска УО </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогический состав - 19 человек, технический состав - 32 человека. </w:t>
+      </w:r>
+      <w:r w:rsidR="00457398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ходе проведения анализа коррупционных рисков нарушений не выявлено. Все сотрудники, работающие в дошкольной организации, имеют соответствующее занимаемой должности образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E622FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Трудовые отношения в коллективе регулируются Трудовым Кодексом РК, Трудовыми договорами, должностными инструкциями, Правилами внутреннего распорядка, коллективным договором. Трудовой договор составляется в двух экземплярах, его содержание соответствует ст.28 Трудового кодекса РК.   Личные дела сотрудников ведутся в соответствии с установленными требованиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E622FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Очередность предоставления оплачиваемых ежегодных трудовых отпусков работникам определяется  ежегодно в соответствии с графиком отпусков, утверждаемым директором организации образования с учетом мнения работников по согласованию с профсоюзным комитетом организации образования, либо устанавливается вне графика отпусков по соглашению сторон. Приказом директора работникам предоставляются различные виды социальных отпусков на основании письменного заявления работника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Прием и увольнение сотрудников осуществляется в соответствии с законодательством. При увольнении работника в трехдневный срок подается заявка в КГУ «Центр занятости» о вакансии. Прием на работу сотрудников осуществляется по</w:t>
+      </w:r>
+      <w:r w:rsidR="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направлению «Центра занятости» и результатам проведенных конкурсов на занимание вакантной должности у педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006573BB" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На государственном портале «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Электоронная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> биржа труда» </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nbek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется подача заявок на вакантные места, с целью самостоятельно выбрать кандидата в режиме онлайн, а также посредством портала ведутся электронные трудовые договора каждого сотрудника организации. </w:t>
+      </w:r>
+      <w:r w:rsidR="00272A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При наличии кандидатов на вакан</w:t>
+      </w:r>
+      <w:r w:rsidR="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тную д</w:t>
+      </w:r>
+      <w:r w:rsidR="00272A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олжность педагога проводится конкурс согласно «Правилам назначения на должности, освобождение от должностей первых руководителей и педагогов государственных организаций </w:t>
+      </w:r>
+      <w:r w:rsidR="00272A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>образования». Согласно конкурсу все</w:t>
+      </w:r>
+      <w:r w:rsidR="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м кандидатам созданы  равные условия</w:t>
+      </w:r>
+      <w:r w:rsidR="00272A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для занимаемой должности педагога. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00272A07" w:rsidP="006573BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дисциплинарных взысканий за анализируемый период среди сотрудников </w:t>
+      </w:r>
+      <w:r w:rsidR="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не выявлено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRPr="00146075" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00146075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Урегулирование конфликта интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целях осуществления антикоррупционной политики, функционированию культуры добросовестности в организации образования, а также соблюдении норм служебной этики и профилактики нарушении законодательства внутренним приказом №</w:t>
+      </w:r>
+      <w:r w:rsidR="00374A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>68 от 28.08.2020 года создан совет по педагогической этике, ответственным лицом с возложением обязанностей назначен психолог Ким О.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00E622FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В КГКП «Ясли-сад «Березка» отдела </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования города Шахтинска управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в ходе анализа случаев совместной службы близких родственников, имеющих непосредственное подчинение, не установлено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRPr="00146075" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оказание государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRPr="00E75452" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E75452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП «Я</w:t>
+      </w:r>
+      <w:r w:rsidR="00374A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли/сад «Березка» осуществляет 1 государственная услуга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E75452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRPr="00374A21" w:rsidRDefault="00457398" w:rsidP="00374A21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00374A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием детей осуществляется на основании предоставления родителям  государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00374A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов и зачисление детей в дошкольные организации образования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00374A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00374A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Зачисление детей посредством портала </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00374A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Indigo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00374A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-24.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00374A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00374A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ведется с 2018 года, что отражает открытость и доступность информации. Услуга предоставляется в электронном формате.</w:t>
+      </w:r>
+      <w:r w:rsidR="00374A21" w:rsidRPr="00374A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С законными представителями детей детский сад заключает электронные договора, на конец анализируемого периода декабрь 2022 года заключено 203 электронных договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="006573BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нарушений процедуры оказания государственных услуг в течени</w:t>
+      </w:r>
+      <w:r w:rsidR="00374A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е 2021 и  начало 2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года выявлено не было.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRPr="00146075" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00146075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Иные вопросы, вытекающие из организационно-управленческой деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457398" w:rsidRPr="006573BB" w:rsidRDefault="00457398" w:rsidP="00C35F39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">250. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для соблюдения требований закона «О доступе к информации»</w:t>
+      </w:r>
+      <w:r w:rsidR="006573BB" w:rsidRPr="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 16 ноября 2015 года № 401-V</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006573BB" w:rsidRPr="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006573BB" w:rsidRPr="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б утверждении Правил информационного наполнения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006573BB" w:rsidRPr="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006573BB" w:rsidRPr="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных органов и требований к их содержанию</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="006573BB" w:rsidRPr="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="006573BB" w:rsidRPr="006573BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 2 апреля 2021 года № 114/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создан сайт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berezka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00181B77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>testim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00181B77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00181B77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, где отражена информация о деятельности объекта, представляющей общественный интерес: планы закупок, освоение бюджетных и финансовых средств, планы проведения контрольных мероприятий, правовые акты и внутренние документы, регулирующие функции по взаимодействию с физическими и юридическими лицами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A47B65" w:rsidRPr="007F33DD" w:rsidRDefault="00A47B65" w:rsidP="00A47B65">
+    <w:p w:rsidR="003E7DD7" w:rsidRPr="003E7DD7" w:rsidRDefault="003E7DD7" w:rsidP="00E622FC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:firstLine="426"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для прозрачности и гласности деятельности организации образования своевременно предоставляется информация </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> системе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7DD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«INDIGO: Электронный детский сад»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7DD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(конфигурация платформы E-ORDA для автоматизации задач и государственных услуг дошкольного </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E7DD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E7DD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003E7DD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>центральных и местных исполнительных органов, дошкольных организаций образования, а также иных организаций и гражданского общества, вовлеченных в сферу дошкольного образования и воспитания)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, где каждый родитель, с кем заключен электронный договор, может посетить систему и получить информацию о питании детей, ежедневном меню, оплате за детский сад, освоение и распределение бюджетных  и финансовых средств.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A47B65" w:rsidRDefault="009A3275" w:rsidP="009A3275">
-[...23 lines deleted...]
-    <w:p w:rsidR="004432A9" w:rsidRDefault="004432A9" w:rsidP="00433D32">
+    <w:p w:rsidR="00457398" w:rsidRPr="00181B77" w:rsidRDefault="00457398" w:rsidP="00457398">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...74 lines deleted...]
-        <w:t xml:space="preserve"> Қазақстан Республикасы Заңының 16-бабы 3-тармақпен толықтырылды, онда негізгі міндеті сыбайлас жемқорлыққа қарсы комплаенс-қызметтердің функцияларын орындайтын бөлімшелер сыбайлас жемқорлыққа қарсы ұйым және оның қызметкерлері Қазақстан Республикасының Сыбайлас жемқорлыққа қарсы іс-қимыл туралы заңнамасын әзірлейді.</w:t>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для привлечения представителей общественности по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>вопросам</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представляющим общественный интерес в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF2083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E75452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП «Ясли/сад «Березка» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет свою деятельность попечительский совет, созданный приказом №</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7DD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">79 от 26.10.2020. Председателем попечительского совета </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">является родитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E7DD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комекбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E7DD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Р.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7DD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A145F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На основании работы попечительского совета в детском саду открыт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008A145F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> банковский счет для благотворительных целей. Все поступающие средства рассматриваются на заседании попечительского совета и распределяются на необходимые нужды детского сада. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004432A9" w:rsidRDefault="004432A9" w:rsidP="00433D32">
-[...1039 lines deleted...]
-    <w:p w:rsidR="00B90507" w:rsidRDefault="00B90507" w:rsidP="005A1623">
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...125 lines deleted...]
-        <w:t>қайырымдылық мақсатта банктік шот ашылды. Барлық түскен қаражат қамқоршылық кеңестің отырысында қаралады және балабақшаның қажетті қажеттіліктеріне бөлінеді.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организация питания в КГКП  «Ясли-сад «Березка» обес</w:t>
+      </w:r>
+      <w:r w:rsidR="008A145F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">печивается согласно утвержденной ценовой политики на закуп продуктов питания по городу Шахтинску среди дошкольных организаций образования и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правилам</w:t>
+      </w:r>
+      <w:r w:rsidR="008A145F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации питания обучающихся в организациях среднего образования и приобретения товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных организациях образования, организациях образования для детей сирот и детей, оставшихся без попечения родителей от 31 октября</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018года №</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7DD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>598.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B90507" w:rsidRDefault="00B90507" w:rsidP="005A1623">
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-        <w:t>КМҚК-да тамақтандыруды ұйымдастыру Мектепке дейінгі білім беру ұйымдары арасында Шахтинск қаласы бойынша азық-түлік өнімдерін сатып алуға бекітілген баға саясатына және орта білім беру ұйымдарында білім алушыларды тамақтандыруды ұйымдастыру және мектепке дейінгі білім беру ұйымдарында, жетім балаларға арналған білім беру ұйымдарында тәрбиеленетін және оқитын балаларды тамақтандыруды қамтамасыз етуге байланысты тауарларды сатып алу қағидаларына сәйкес қамтамасыз етіледі. 2018 жылғы 31 қазандағы № 598 ата-анасының қамқорлығынсыз қалған балалар.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дошкольная организация оказывает в порядке, установленном руководителем дошкольной организации, дополнительные платные услуги образовательного, оздоровительного характера. Поступавшие средства могут быть направлены на начисление заработной платы специалистам, приобретение инструментария, создание соответствующей развивающей среды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B90507" w:rsidRDefault="00B90507" w:rsidP="005A1623">
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-        <w:t>Түскен қаражат мамандардың жалақысын есептеуге, құрал-саймандар сатып алуға, тиісті даму ортасын құруға бағытталуы мүмкін.</w:t>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Приобретение товаров, работ, услуг, необходимых для обеспечения функционирования детского сада осуществляется в соответствии с законом</w:t>
+      </w:r>
+      <w:r w:rsidR="008A145F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прозрачность расходования бюджетных и финансовых средств, государственные закупки и закупки товаров и услуг, отражается на сайте интерактивная карта открытых бюджетов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>publikbudget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB5321">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B90507" w:rsidRDefault="00B90507" w:rsidP="005A1623">
+    <w:p w:rsidR="00457398" w:rsidRPr="008A145F" w:rsidRDefault="00457398" w:rsidP="008A145F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B90507">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Березка» присутствует </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> жұмыс істеуін қамтамасыз ету үшін қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу заңға сәйкес жүзеге асырылады. Бюджет және қаржы қаражатын жұмсаудың ашықтығы, тауарлар мен қызметтерді мемлекеттік сатып алу және сатып алу сайтында көрсетіледі ашық бюджеттердің интерактивті картасы publikbudget.kz.</w:t>
+        </w:rPr>
+        <w:t>четкая проработка отчетности внутреннего и внешнего контроля за процедурами освоения и распределения бюджетных и финансовых средств организации образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B90507" w:rsidRDefault="005A1623" w:rsidP="00B90507">
-      <w:pPr>
+    <w:p w:rsidR="00457398" w:rsidRPr="00146075" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...34 lines deleted...]
-        <w:t>КМҚК-да білім беру ұйымының бюджет және қаржы қаражатын игеру және бөлу рәсімдеріне ішкі және сыртқы бақылаудың есептілігін нақты пысықтау бар.</w:t>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00146075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организация работы по противодействию коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A1623" w:rsidRPr="00B90507" w:rsidRDefault="005A1623" w:rsidP="00B90507">
-      <w:pPr>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00457398" w:rsidP="00457398">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="360"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...31 lines deleted...]
-        <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл бойынша жұмысты ұйымдастыру.</w:t>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организация работы по противодействию коррупции осуществляется в соответствии Закона РК «О противодействии корруп</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ции»,  Плана мероприятий на 2021-2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы в Карагандинской области по реализации Антикоррупционной  стратегии РК на 2015-2025 годы противодействию теневой экономики в Шахтинском регионе на 2015-2025 годы. Плана совместных мероприятий в рамках реализации «Открытого соглашения о сотрудничестве по вопросам формирования антикоррупцион</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ной культуры в обществе» на 2021-2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B90507" w:rsidRDefault="00B90507" w:rsidP="00433D32">
-[...111 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00457398" w:rsidRDefault="00A46B18">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-1022985</wp:posOffset>
+              <wp:posOffset>-1051560</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-412115</wp:posOffset>
+              <wp:posOffset>-691515</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="7419424" cy="10620375"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="7484199" cy="10648950"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Пользователь\Desktop\Диск D\doc\ДОКУМЕНТЫ   МЕТОДИСТА\Оксана\антикоррупция\2023\Аналити справка 22 год\каз.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Пользователь\Desktop\Диск D\doc\ДОКУМЕНТЫ   МЕТОДИСТА\Оксана\антикоррупция\2023\Аналити справка 22 год\img601.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Пользователь\Desktop\Диск D\doc\ДОКУМЕНТЫ   МЕТОДИСТА\Оксана\антикоррупция\2023\Аналити справка 22 год\каз.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Пользователь\Desktop\Диск D\doc\ДОКУМЕНТЫ   МЕТОДИСТА\Оксана\антикоррупция\2023\Аналити справка 22 год\img601.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7427024" cy="10631255"/>
+                      <a:ext cx="7494435" cy="10663514"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="002A2165" w:rsidRPr="004432A9" w:rsidSect="0052342C">
+    <w:sectPr w:rsidR="00457398" w:rsidSect="008C2835">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="1DE21EF5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B9080FC6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -8937,160 +5932,160 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="234B2936"/>
+    <w:nsid w:val="2715107D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D9C63652"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:tmpl w:val="A6940B38"/>
+    <w:lvl w:ilvl="0" w:tplc="C2DCF2A4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="2E967419"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E2C35C0"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9270,125 +6265,266 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="56F83579"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82F8FA68"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A47B65"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00ED0F81"/>
+    <w:rsidRoot w:val="00457398"/>
+    <w:rsid w:val="00017020"/>
+    <w:rsid w:val="001017B4"/>
+    <w:rsid w:val="0011412D"/>
+    <w:rsid w:val="002231ED"/>
+    <w:rsid w:val="00242738"/>
+    <w:rsid w:val="00272A07"/>
+    <w:rsid w:val="00275975"/>
+    <w:rsid w:val="002E512C"/>
+    <w:rsid w:val="002F5998"/>
+    <w:rsid w:val="00374A21"/>
+    <w:rsid w:val="003B3E83"/>
+    <w:rsid w:val="003C452F"/>
+    <w:rsid w:val="003E7DD7"/>
+    <w:rsid w:val="00457398"/>
+    <w:rsid w:val="005A2149"/>
+    <w:rsid w:val="006573BB"/>
+    <w:rsid w:val="006748A1"/>
+    <w:rsid w:val="006F3C69"/>
+    <w:rsid w:val="00750EFD"/>
+    <w:rsid w:val="00762DF6"/>
+    <w:rsid w:val="007B3F6C"/>
+    <w:rsid w:val="007B66B3"/>
+    <w:rsid w:val="008A145F"/>
+    <w:rsid w:val="009715A2"/>
+    <w:rsid w:val="009B0CF3"/>
+    <w:rsid w:val="00A46B18"/>
+    <w:rsid w:val="00A602AC"/>
+    <w:rsid w:val="00B80A7A"/>
+    <w:rsid w:val="00BC112B"/>
+    <w:rsid w:val="00BD0DC1"/>
+    <w:rsid w:val="00C35F39"/>
+    <w:rsid w:val="00DE70AD"/>
+    <w:rsid w:val="00DF57EE"/>
+    <w:rsid w:val="00E03512"/>
+    <w:rsid w:val="00E42D87"/>
+    <w:rsid w:val="00E622FC"/>
+    <w:rsid w:val="00EB02D6"/>
+    <w:rsid w:val="00F32F10"/>
+    <w:rsid w:val="00F4515A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -9531,153 +6667,192 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A47B65"/>
+    <w:rsid w:val="00457398"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="006573BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A47B65"/>
+    <w:rsid w:val="00457398"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A47B65"/>
+    <w:rsid w:val="00457398"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00A47B65"/>
+    <w:rsid w:val="00457398"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006573BB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002A2165"/>
+    <w:rsid w:val="00A46B18"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002A2165"/>
+    <w:rsid w:val="00A46B18"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
@@ -9803,173 +6978,253 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A47B65"/>
+    <w:rsid w:val="00457398"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="006573BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A47B65"/>
+    <w:rsid w:val="00457398"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A47B65"/>
+    <w:rsid w:val="00457398"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00A47B65"/>
+    <w:rsid w:val="00457398"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006573BB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002A2165"/>
+    <w:rsid w:val="00A46B18"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002A2165"/>
+    <w:rsid w:val="00A46B18"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="42796650">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="422848314">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1862548033">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10213,87 +7468,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2620</Words>
-  <Characters>14935</Characters>
+  <Words>2702</Words>
+  <Characters>15406</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>128</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17520</CharactersWithSpaces>
+  <CharactersWithSpaces>18072</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>березка</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>