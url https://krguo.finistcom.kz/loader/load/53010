--- v0 (2025-10-18)
+++ v1 (2026-03-11)
@@ -1,38 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -460,443 +457,363 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="00755C3C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42867">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC0AE5" w:rsidRPr="004B433E" w:rsidRDefault="00FC0AE5" w:rsidP="001343FB">
+    <w:p w:rsidR="00FC0AE5" w:rsidRDefault="00FC0AE5" w:rsidP="001343FB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="003102F1" w:rsidRDefault="003102F1" w:rsidP="003102F1">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004B433E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve">Заседания </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совета по педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ическо</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й этике</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ким О.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB1AED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Креккер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CB1AED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.Е</w:t>
+      </w:r>
+      <w:r w:rsidR="00506E38" w:rsidRPr="00506E38">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001343FB" w:rsidRPr="004B433E" w:rsidRDefault="003102F1" w:rsidP="001343FB">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Присутствовали: </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2C3B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001343FB" w:rsidRDefault="003102F1" w:rsidP="001343FB">
-[...22 lines deleted...]
-    <w:p w:rsidR="001343FB" w:rsidRPr="003102F1" w:rsidRDefault="003102F1" w:rsidP="001343FB">
+    <w:p w:rsidR="001343FB" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отсутствовало: 0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>КҮН ТӘРТІБІ</w:t>
+        </w:rPr>
+        <w:t>ПОВЕСТКА ДНЯ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="791"/>
         <w:gridCol w:w="5677"/>
         <w:gridCol w:w="3103"/>
       </w:tblGrid>
       <w:tr w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidTr="00AC2788">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="00AC2788">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D42867">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001343FB" w:rsidRPr="003102F1" w:rsidRDefault="003102F1" w:rsidP="00AC2788">
+          <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="00AC2788">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Іс-шаралар </w:t>
+            <w:r w:rsidRPr="00D42867">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мероприятия </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="003102F1" w:rsidP="00AC2788">
+          <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="00AC2788">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00D42867">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственные </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidTr="00AC2788">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="00AC2788">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D42867">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001343FB" w:rsidRPr="00755C3C" w:rsidRDefault="003102F1" w:rsidP="00EB23BB">
+          <w:p w:rsidR="001343FB" w:rsidRPr="00755C3C" w:rsidRDefault="00CB1AED" w:rsidP="00EB23BB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003102F1">
+            <w:r w:rsidRPr="006F4A6A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Педагогикалық</w:t>
+              <w:t>Основные принципы педагогической этики </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...65 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="00CB1AED" w:rsidP="00CB1AED">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006F4A6A">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кодола</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006F4A6A">
               <w:rPr>
                 <w:sz w:val="28"/>
@@ -910,265 +827,64 @@
       <w:tr w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidTr="00AC2788">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="00AC2788">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001343FB" w:rsidRPr="00755C3C" w:rsidRDefault="003102F1" w:rsidP="003F2C3B">
+          <w:p w:rsidR="001343FB" w:rsidRPr="00755C3C" w:rsidRDefault="00CB1AED" w:rsidP="003F2C3B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003102F1">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Педагог </w:t>
+            <w:r w:rsidRPr="006F4A6A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение профилактической работы по предупреждению коррупционных правонарушений среди педагогического персонала</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...199 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB1AED" w:rsidRPr="006F4A6A" w:rsidRDefault="00CB1AED" w:rsidP="00CB1AED">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006F4A6A">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ихсанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006F4A6A">
               <w:rPr>
                 <w:sz w:val="28"/>
@@ -1182,217 +898,136 @@
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="003102F1" w:rsidP="001343FB">
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D42867">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...20 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>1.Слушали:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB23BB" w:rsidRPr="006F4A6A" w:rsidRDefault="00CB1AED" w:rsidP="00EB23BB">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Кодола</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Л.В. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidR="003102F1" w:rsidRPr="003102F1">
+      <w:r w:rsidRPr="00CB1AED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>познакомила педагогов с принципами педагогической этики</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB23BB" w:rsidRPr="00CB1AED">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...57 lines deleted...]
-    <w:p w:rsidR="001343FB" w:rsidRPr="00DC50F5" w:rsidRDefault="003102F1" w:rsidP="00DC50F5">
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00DC50F5" w:rsidRDefault="001343FB" w:rsidP="00DC50F5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CE043D">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001343FB" w:rsidRPr="00DC50F5">
+        </w:rPr>
+        <w:t>Выступили</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC50F5">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001343FB" w:rsidRPr="00DC50F5" w:rsidRDefault="00D079B1" w:rsidP="00DC50F5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
@@ -1412,2594 +1047,813 @@
       </w:r>
       <w:r w:rsidR="001343FB" w:rsidRPr="00DC50F5">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001343FB" w:rsidRPr="00DC50F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: - </w:t>
       </w:r>
       <w:r w:rsidR="001343FB" w:rsidRPr="00D079B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...528 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D079B1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Функционал деятельности педагогов достаточно широк. Многослойность профессионально-нравственных отношений, в которые включается педагог в ходе своей деятельности, обусловливает неизбежность конкретизации побуждений, обобщенно заложенных в базовых принципах. Возникает необходимость в профессионально-нравственных регуляторах отдельных аспектов профессионального поведения педагогов</w:t>
+      </w:r>
       <w:r w:rsidR="001343FB" w:rsidRPr="00D079B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>».</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001343FB" w:rsidRPr="00DC50F5" w:rsidRDefault="00D079B1" w:rsidP="00DC50F5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:right="57" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Платонова Е.В.</w:t>
       </w:r>
       <w:r w:rsidR="001343FB" w:rsidRPr="00DC50F5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: -</w:t>
       </w:r>
       <w:r w:rsidR="001343FB" w:rsidRPr="00DC50F5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001343FB" w:rsidRPr="00E91D55">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...480 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E91D55" w:rsidRPr="00E91D55">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Этические знания и нравственные взгляды становятся убеждениями личности в процессе социальной практики и под воздействием объективных условий трудовой деятельности. Требованиям профессиональной педагогической этики отвечает убеждённость, органически сочетающаяся с подлинной сознательностью, принципиальностью и требовательностью к себе</w:t>
+      </w:r>
       <w:r w:rsidR="001343FB" w:rsidRPr="00E91D55">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001343FB" w:rsidRPr="00FA1960" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="003102F1" w:rsidP="001343FB">
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>1.Постановили</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.  </w:t>
+      </w:r>
+      <w:r w:rsidR="003D73E9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагогам соблюдать </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91D55">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принципы педагогической этики</w:t>
+      </w:r>
+      <w:r w:rsidR="00222220">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22FDA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постоянно</w:t>
+      </w:r>
+      <w:r w:rsidR="00222220">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22FDA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22FDA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагоги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="000A394C" w:rsidP="000A394C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="000A394C" w:rsidP="000A394C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="000A394C" w:rsidP="000A394C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...248 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t>.Слушали:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00843C19" w:rsidRDefault="00843C19" w:rsidP="000A394C">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ихсанова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> В.Р. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...217 lines deleted...]
-    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="003102F1" w:rsidP="00843C19">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4A6A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рове</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ла профилактическую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4A6A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4A6A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по предупреждению коррупционных правонарушений среди педагогического персонала</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="004445B1" w:rsidP="00843C19">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A394C" w:rsidRPr="00D42867">
+        <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t>Выступили:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="004F65E7" w:rsidP="000A394C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Байжуманова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> А.Т</w:t>
       </w:r>
       <w:r w:rsidRPr="004F65E7">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000A394C" w:rsidRPr="004F65E7">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: - «</w:t>
       </w:r>
+      <w:r w:rsidR="00474208" w:rsidRPr="004F65E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00474208" w:rsidRPr="004F65E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ля формирования в обществе антикоррупционного мировоззрения необходим системный подход при равном участии всех органов и организаций</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00474208" w:rsidRPr="004F65E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000A394C" w:rsidRPr="004F65E7">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="000A394C" w:rsidP="000A394C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.Постановили</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="000A394C" w:rsidP="000A394C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00843C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вести</w:t>
+      </w:r>
+      <w:r w:rsidR="00843C19" w:rsidRPr="006F4A6A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактическ</w:t>
+      </w:r>
+      <w:r w:rsidR="00843C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidR="00843C19" w:rsidRPr="006F4A6A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работ</w:t>
+      </w:r>
+      <w:r w:rsidR="00843C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00843C19" w:rsidRPr="006F4A6A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по предупреждению коррупционных правонарушений среди педагогического персонала</w:t>
+      </w:r>
+      <w:r w:rsidR="00843C19" w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок: </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6862">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постоянно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственн</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8658D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="003102F1" w:rsidRPr="003102F1">
-[...4 lines deleted...]
-        <w:t>Қоғамда</w:t>
+      <w:r w:rsidR="00843C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ихсанова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="003102F1" w:rsidRPr="003102F1">
+      <w:r w:rsidR="00843C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В.Р</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00B8658D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель:  __________________ /</w:t>
+      </w:r>
+      <w:r w:rsidR="007964B3" w:rsidRPr="007964B3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...616 lines deleted...]
-        <w:t xml:space="preserve"> В. Р.</w:t>
+      <w:r w:rsidR="007964B3" w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ким О.А.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
-        <w:ind w:firstLine="709"/>
-[...63 lines deleted...]
-        <w:t>: ______________________/</w:t>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Секретарь: ______________________/</w:t>
       </w:r>
       <w:r w:rsidR="000A394C" w:rsidRPr="000A394C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004F65E7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Креккер</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004F65E7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Т.Е.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005E2E54" w:rsidRDefault="005E2E54"/>
     <w:sectPr w:rsidR="005E2E54">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...17 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="78"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004065D5"/>
     <w:rsid w:val="000A394C"/>
     <w:rsid w:val="001343FB"/>
     <w:rsid w:val="001E13B2"/>
-    <w:rsid w:val="00220850"/>
     <w:rsid w:val="00222220"/>
     <w:rsid w:val="00232BE6"/>
-    <w:rsid w:val="003102F1"/>
     <w:rsid w:val="003D73E9"/>
     <w:rsid w:val="003F2C3B"/>
     <w:rsid w:val="004065D5"/>
     <w:rsid w:val="004445B1"/>
     <w:rsid w:val="00474208"/>
-    <w:rsid w:val="004B433E"/>
     <w:rsid w:val="004C6862"/>
     <w:rsid w:val="004F65E7"/>
     <w:rsid w:val="005052F7"/>
     <w:rsid w:val="00506E38"/>
     <w:rsid w:val="005864B5"/>
     <w:rsid w:val="005E2E54"/>
     <w:rsid w:val="00641E84"/>
     <w:rsid w:val="00693E2E"/>
     <w:rsid w:val="006D5F44"/>
     <w:rsid w:val="00755C3C"/>
     <w:rsid w:val="007964B3"/>
-    <w:rsid w:val="007F0472"/>
     <w:rsid w:val="00843C19"/>
     <w:rsid w:val="00895341"/>
     <w:rsid w:val="009C5CC6"/>
     <w:rsid w:val="00B30B1B"/>
     <w:rsid w:val="00B8658D"/>
     <w:rsid w:val="00C12867"/>
     <w:rsid w:val="00CB1AED"/>
     <w:rsid w:val="00CE043D"/>
     <w:rsid w:val="00D079B1"/>
     <w:rsid w:val="00DC50F5"/>
     <w:rsid w:val="00E2694E"/>
     <w:rsid w:val="00E7174C"/>
     <w:rsid w:val="00E91D55"/>
     <w:rsid w:val="00E972CD"/>
     <w:rsid w:val="00EB23BB"/>
     <w:rsid w:val="00F22FDA"/>
     <w:rsid w:val="00F25507"/>
     <w:rsid w:val="00FA7376"/>
     <w:rsid w:val="00FC0AE5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -4270,88 +2124,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EB23BB"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EB23BB"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...36 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -4579,116 +2395,78 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EB23BB"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EB23BB"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...36 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1781340858">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4932,91 +2710,75 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>316</Words>
-  <Characters>1807</Characters>
+  <Words>331</Words>
+  <Characters>1892</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2119</CharactersWithSpaces>
+  <CharactersWithSpaces>2219</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>