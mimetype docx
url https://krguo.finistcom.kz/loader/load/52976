--- v0 (2025-11-04)
+++ v1 (2026-02-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ed65aa9" w14:textId="ed65aa9">
+    <w:p w14:paraId="0812326" w14:textId="0812326">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,1371 +76,1600 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О внесении изменений в приказ Министра просвещения Республики Казахстан от 3 августа 2022 года № 348 "Об утверждении государственных общеобязательных стандартов дошкольного воспитания и обучения, начального, основного среднего и общего среднего, технического и профессионального, послесреднего образования"</w:t>
-[...16 lines deleted...]
-        <w:t>Приказ Министра просвещения Республики Казахстан от 23 сентября 2022 года № 406. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 сентября 2022 года № 29836</w:t>
+        <w:t>"Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім берудің мемлекеттік жалпыға міндетті стандарттарын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 3 тамыздағы № 348 бұйрығына өзгерістер енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 23 қыркүйектегі № 406 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 27 қыркүйекте № 29836 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Порядок введения в действие см. </w:t>
+        <w:t xml:space="preserve">      Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>п. 4</w:t>
+        <w:t>4 т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...18 lines deleted...]
-      ПРИКАЗЫВАЮ:</w:t>
+        <w:t>. қараңыз</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Внести в </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+      1 "Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім берудің мемлекеттік жалпыға міндетті стандарттарын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 3 тамыздағы № 348 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29031 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 5</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+        <w:t>5-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
+      "5. Осы бұйрық 2024 жылғы 1 қыркүйектен бастап қолданысқа енгізілетін Негізгі орта білім берудің мемлекеттік жалпыға міндетті стандартына сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>44 тармақтарын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоспағанда алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген Бастауыш білім берудің мемлекеттік жалпыға міндетті </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стандартында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 30</w:t>
-[...132 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+        <w:t>30-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "30. Сыныпты екі топқа бөлу қалалық жалпы білім беретін ұйымдарда сыныптарда білім алушылар саны 24 және одан артық, ауылдық жерлерде білім алушылар саны 20 және одан артық болғанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оқыту қазақ тілінде жүргізілмейтін сыныптарда қазақ тілі бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шетел тілі бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) цифрлық сауаттылық бойынша (1 сыныптан басқа) бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымдарында сыныптардағы білім алушылар саны қалалық жалпы білім беретін ұйымдарда сыныптарда білім алушылар саны 24 және одан артық, ауылдық жерлерде білім алушылар саны 20 және одан артық болған жағдайда, оқыту орыс тілінде жүргізілмейтін сыныптарда орыс тілі бойынша сыныпты екі топқа бөлуге болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті мемлекеттік органдар шектеу іс-шараларын жүзеге асырған, карантин, әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар туындаған жағдайларда барлық оқу пәндері бойынша сыныпты топтарға бөлу бір сыныпта 15 білім алушыға дейінгі толымдылықпен жүргізіледі.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+      көрсетілген бұйрықпен бекітілген Негізгі орта білім берудің мемлекеттік жалпыға міндетті </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стандартында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 40</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
+        <w:t>40-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "40. Негізгі орта білім беру деңгейіндегі білім алушылардың апталық оқу жүктемесінің ең жоғары көлемі 5-сыныпта – 30,5 сағаттан, 6-сыныпта – 30,5 сағаттан, 7-сыныпта – 33,5 сағаттан, 8-сыныпта – 34,5 сағаттан, 9-сыныпта – 36 сағаттан аспауы тиіс."</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункты 43</w:t>
-[...312 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+        <w:t>43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>44 тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "43. Сыныпты екі топқа бөлуге қалалық білім беру ұйымдарында сыныптарда білім алушылар саны – 24 және одан артық, ауылдық жерлерде білім алушылар саны – 20 және одан артық болғанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оқыту қазақ тілінде жүргізілмейтін сыныптарда – қазақ тілі мен әдебиеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шетел тілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көркем еңбек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) информатика бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымдарында қалалық жалпы білім беретін ұйымдарда сыныптардағы білім алушылар саны 24 және одан артық, ауылдық жерлерде білім алушылар саны 20 және одан артық болған жағдайда, оқыту орыс тілінде жүргізілмейтін сыныптарда орыс тілі мен әдебиеті бойынша сыныпты екі топқа бөлуге болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымдарында көркем еңбек бойынша сыныптың толымдылығына қарамастан ұлдар мен қыздарға сыныпты екі топқа бөлуге болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Сыныпты екі топқа бөлуге қалалық білім беру ұйымдарында сыныптарда білім алушылар саны – 24 және одан артық, ауылдықжерлерде білім алушылар саны – 20 және одан артық болғанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оқыту қазақ тілінде жүргізілмейтін сыныптарда – қазақ тілі мен әдебиеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шетел тілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) технология;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) информатика бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымдарында қалалық жалпы білім беретін ұйымдарда сыныптардағы білім алушылар саны 24 және одан артық, ауылдық жерлерде білім алушылар саны 20 және одан артық болған жағдайда, оқыту орыс тілінде жүргізілмейтін сыныптарда орыс тілі мен әдебиеті бойынша сыныпты екі топқа бөлуге болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымдарында технология бойынша сыныптың толымдылығына қарамастан ұлдар мен қыздарға сыныпты екі топқа бөлуге болады.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
+      көрсетілген бұйрықпен бекітілген Жалпы орта білім берудің мемлекеттік жалпыға міндетті </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стандартына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 30</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+        <w:t>30 тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "30. Жалпы орта білім беру деңгейіндегі білім алушылардың апталық оқу жүктемесінің ең жоғары көлемі әр сыныпта аптасына 36 сағаттан аспайды.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункты 33</w:t>
-[...271 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34 тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "33. қалалық білім беру ұйымдарында сыныптарда білім алушылар саны – 24 және одан артық, ауылдық жерлерде білім алушылар саны – 20 және одан артық болғанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оқыту қазақ тілінде жүргізілмейтін сыныптарда – қазақ тілі мен әдебиеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шетел тілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) информатика бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымдарында қалалық жалпы білім беретін ұйымдарда сыныптардағы білім алушылар саны 24 және одан артық, ауылдық жерлерде білім алушылар саны 20 және одан артық болған жағдайда, оқыту орыс тілінде жүргізілмейтін сыныптарда орыс тілі мен әдебиеті бойынша сыныпты екі топқа бөлуге болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      34. Сыныптарды топтарға бөлу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33-тармақта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген пәндерден басқа инвариантты компонент пәндері бойынша сабақтар өткізу кезінде білім алушылар санына қарамастан, қалалық, ауылдық білім беру ұйымдарында, шағын жинақты мектептерде рұқсат етіледі.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Оқу-ағарту министрлігінің Мектепке дейінгі және орта білім комитеті Қазақстан Республикасының заңнамасында белгіленген тәртiппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әдiлет министрлiгiнде мемлекеттiк тiркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Ғылым және жоғары білім министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осы бұйрық мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Заң департаментіне осы тармақтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Оқу-ағарту вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Осы бұйрық 2024 жылғы 1 қыркүйектен бастап қолданысқа енгізілетін Негізгі орта білім берудің мемлекеттік жалпыға міндетті стандартына сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>44-тармағын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоспағанда, алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі және 2022 жылғы 1 қыркүйектен бастап туындаған құқықтық қатынастарға қолданылады.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1456,92 +1685,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-              <w:t>Министр просвещения</w:t>
+              <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t xml:space="preserve">Оқу-ағарту министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1549,51 +1761,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>А. Аймагамбетов</w:t>
+              <w:t>А. Аймағамбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -1602,51 +1814,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>