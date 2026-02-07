--- v0 (2025-10-20)
+++ v1 (2026-02-07)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c2c131b" w14:textId="c2c131b">
+    <w:p w14:paraId="56a127c" w14:textId="56a127c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,307 +76,347 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении правил оказания государственных услуг в сфере дошкольного образования</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 22 маусымда № 20883 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 1) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
+      "Мемлекеттік қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить прилагаемые </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> оказания государственных услуг в сфере дошкольного образования.</w:t>
+      1. Қоса беріліп отырған Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Признать утратившими силу некоторые приказы Министра образования и науки Республики Казахстан согласно </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      2. Осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Білім және ғылым министрінің кейбір бұйрықтарының күші жойылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...15 lines deleted...]
-      3. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті заңнамада белгіленген тәртіпте:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...15 lines deleted...]
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
-[...15 lines deleted...]
-      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықты Қазақстан  Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта. </w:t>
+      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)-тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...15 lines deleted...]
-      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік жасайтын Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
-[...15 lines deleted...]
-      5. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -395,92 +435,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-            </w:r>
+              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министр образования и науки </w:t>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t xml:space="preserve">Білім және ғылым министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -582,3705 +605,3672 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждены приказом</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра образования и науки</w:t>
+              <w:t>Білім және ғылым министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t xml:space="preserve">2020 жылғы 19 маусымдағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 19 июня 2020 года  № 254</w:t>
+              <w:t xml:space="preserve">№ 254 Бұйрықпен </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила оказания государственных услуг в сфере дошкольного образования</w:t>
+        <w:t xml:space="preserve"> Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Правила оказания государственных услуг в сфере дошкольного образования (далее – Правила) разработаны в соответствии с </w:t>
-[...199 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "О браке (супружестве) и семье".</w:t>
+      1. Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституциясы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасы "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Білім туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Педагог мәртебесі туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Арнаулы әлеуметтік қызметтер туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасындағы баланың құқықтары туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кемтар балаларды әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Әскери қызмет және әскери қызметшілердің мәртебесі туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының арнаулы мемлекеттік органдары туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" заңдарына, "Мемлекеттік қызметтер көрсету туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына, "Неке (ерлі-зайыптылық) және отбасы туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленген. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      2. Правила определяют порядок приема (постановку в очередь, выдачу направления, прием документов, зачисление в дошкольную организацию) детей дошкольного возраста на свободные места в дошкольные организации с государственным образовательным заказом независимо от видов, формы собственности и ведомственной подчиненности.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қағидалар түріне, меншік нысанына және ведомстволық бағыныстылығына қарамастан мемлекеттік білім беру тапсырысы орналастырылған мектепке дейінгі ұйымдардағы бос орындарға мектеп жасына дейінгі балаларды қабылдау (кезекке қою, жолдамаларды беру, құжаттарды қабылдау, мектепке дейінгі ұйымға қабылдау) тәртібін айқындайды. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      3. В настоящих Правилах используются основные понятия:</w:t>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z244" w:id="14"/>
-[...15 lines deleted...]
-      1) архив – набор заявлений, снятых с очереди по причине успешного получения направления на зачисление в дошкольную организацию или снятых с очереди по иным причинам, предусмотренным настоящими Правилами;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) архив - мектепке дейінгі ұйымға қабылдауға жолдаманы табысты алуға байланысты немесе осы Қағидаларда көзделген басқа да себептер бойынша кезектен алынған өтініштер жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z245" w:id="15"/>
-[...15 lines deleted...]
-      2) технология блокчейн – способ построения архитектуры хранения и обработки данных по определенным правилам, который позволяет идентифицировать внесение изменений в данные, которые не подлежат корректировке;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) блокчейн технологиясы - түзетуге жатпайтын деректерге өзгерістер енгізуді сәйкестендіруге мүмкіндік беретін белгілі бір қағидалар бойынша деректерді сақтау және өңдеу архитектурасын құру тәсілі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z246" w:id="16"/>
-[...15 lines deleted...]
-      3) свободное место – информация о вакантном месте для зачисления ребенка в дошкольную организацию с указанием дошкольной организации, возрастной группы, языка воспитания и обучения, вида группы (общеразвивающая, специальная), режима работы (полного, неполного, круглосуточного пребывания), режима зачисления (общеустановленный, раннего бронирования, временного пребывания) с указанием даты начала зачисления и наличия ограничений по дате пребывания в дошкольной организации;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бос орын - баланы мектепке дейінгі ұйымға қабылдау үшін мектепке дейінгі ұйым, жас тобы, тәрбиелеу және оқыту тілі, жас кезеңі, топтың түрі (жалпы дамытушы, арнайы), жұмыс тәртібі (толық күн болатын, жарты күн болатын, тәулік бойы болатын), қабылдау тәртібі (жалпыға бірдей белгіленген, ерте брондау, уақытша болу), мектепке дейінгі ұйымға баратын күні бойынша шектеулердің болуын және қабылдаудың басталатын күні көрсетілген бос орын туралы ақпарат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z247" w:id="17"/>
-[...15 lines deleted...]
-      4) бюллетень освободившихся мест – протокол, ежедневно фиксирующий хронологию передачи свободных мест от дошкольных организаций на распределение в систему управления очередью;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) босаған орындар бюллетені – кезектілікті басқару жүйесіне бөлу үшін мектепке дейінгі ұйымдардан бос орындарды беру хронологиясын күн сайын тіркейтін хаттама;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z248" w:id="18"/>
-[...15 lines deleted...]
-      5) принцип "одного заявления" – форма оказания государственной услуги, предусматривающая совокупность нескольких государственных услуг, оказываемых на основании одного заявления;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "бір өтініш" қағидаты – бір өтініш негізінде көрсетілетін бірнеше мемлекеттік қызметтер жиынтығын көздейтін мемлекеттік қызметті көрсету нысаны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z249" w:id="19"/>
-[...15 lines deleted...]
-      6) свободное место режима общеустановленного зачисления – свободное место, срок действия направления по которому начинает исчисляться сразу после получения направления;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жалпыға бірдей белгіленген қабылдау тәртібіндегі бос орын - жолдама алғаннан кейін жолдаманың қолданылу мерзімі бірден есептелетін бос орын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z250" w:id="20"/>
-[...15 lines deleted...]
-      7) свободное место режима раннего бронирования – свободное место, на которое можно получить направление раньше, чем это место фактически освободится; срок исчисления действия направления и процедура зачисления в дошкольную организацию начинается после фактического освобождения места;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ерте брондау тәртібіндегі бос орын – орын нақты босағанға дейін ерте жолдама алуға болатын бос орын; жолдаманың қолданылуын есептеу мерзімі және мектепке дейінгі ұйымға қабылдау рәсімі орын нақты босатылғаннан кейін басталады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z251" w:id="21"/>
-[...15 lines deleted...]
-      8) система управления очередью – информационная система услугодателя, обеспечивающая автоматизированное исполнение бизнес-процессов приема заявлений на постановку в очередь и распределения мест в дошкольных организациях;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) кезектілікті басқару жүйесі – мектепке дейінгі ұйымдарға кезекке қоюға және орындарды бөлуге өтініштерді қабылдаудың бизнес-процестерінің автоматты орындалуын қамтамасыз ететін көрсетілетін қызметті берушінің ақпараттық жүйесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z252" w:id="22"/>
-[...15 lines deleted...]
-      9) номер очередности – положение заявления в очереди относительно других заявлений в этой очереди;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) кезектілік нөмірі – осы кезекте басқа да өтініштерге қатысты кезектегі өтініштер реті;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z253" w:id="23"/>
-[...15 lines deleted...]
-      10) бюллетень отозванных мест – протокол, ежедневно фиксирующий хронологию возврата (отзыва) дошкольными организациями мест, ранее переданных на распределение в систему управления очередью;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) кері қайтарылып алынған орындар бюллетені – кезектілікті басқару жүйесіне мектепке дейінгі ұйымдардан бұрын бөлуге берілген орындарды қайтару (кері қайтарып алу ) хронологиясын күн сайын тіркейтін хаттама;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z254" w:id="24"/>
-[...15 lines deleted...]
-      11) направление на зачисление в дошкольную организацию (далее – направление) – уведомление о временном резервировании за заявителем места в дошкольной организации на период прохождения процесса зачисления в дошкольную организацию и оформления соответствующих документов;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мектепке дейінгі ұйымға қабылдауға жолдама (бұдан әрі – жолдама) – мектепке дейінгі ұйымға қабылдау және тиісті құжаттарды рәсімдеу кезеңінде мектепке дейінгі ұйымнан өтініш берушіге орынның уақытша сақталуы туралы хабарлама;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z255" w:id="25"/>
-[...15 lines deleted...]
-      12) очередь заявлений (далее – очередь) – заявления на зачисление в дошкольную организацию, успешно зарегистрированные в системе управления очередью и упорядоченные относительно друг друга согласно настоящим правилам;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) өтініштер кезегі (бұдан әрі – кезек) - кезектілікті басқару жүйесінде табысты тіркелген және осы Қағидаларға сәйкес бір-біріне қатысты реттелген мектепке дейінгі ұйымға қабылдауға арналған өтініштер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z256" w:id="26"/>
-[...15 lines deleted...]
-      13) проактивная услуга – государственная услуга, оказываемая в электронной форме, предоставляемая по инициативе субъекта оказания услуг, для оказания которой необходимо обязательное согласие субъекта получения услуги, предоставленное посредством абонентского устройства сотовой связи;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) проактивті көрсетілетін қызмет – қызмет көрсету субъектісінің бастамасы бойынша берілетін, қызметті көрсету үшін көрсетілетін қызметті алу субъектісінің ұялы байланыс абоненттік құрылғысы арқылы берілген келісімі міндетті түрде қажет болатын, электрондық нысанда көрсетілетін мемлекеттік қызмет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z257" w:id="27"/>
-[...15 lines deleted...]
-      14) стоп-лист – временный архив, куда перемещаются заявления из очереди, по которым приостановлена возможность получения направлений ввиду выявленных нарушений, допущенных со стороны заявителей;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) тоқтату парағы – өтініш берушілер тарапынан жіберілген тәртіп бұзушылық анықталған жағдайда жолдама алу мүмкіндігі тоқтатылған, кезектен алынған өтініштер орналастырылатын уақытша архив;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z258" w:id="28"/>
-[...15 lines deleted...]
-      15) свободное место временного пребывания – свободное место, которое сохраняется в дошкольной организации за временно выбывшим воспитанником, поэтому имеет ограниченный срок пребывания нового ребенка, зачисленного на это место;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) уақытша болуға арналған бос орын – уақытша кеткен тәрбиеленушінің мектепке дейінгі ұйымда сақталатын бос орны, сондықтан осы орынға қабылданатын баланың келу мерзімі шектеулі болады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z259" w:id="29"/>
-[...15 lines deleted...]
-      16) уведомление – электронные текстовые сообщения, отправляемые системой управления очередью заявителю с целью уведомления о прохождении определенных этапов получения места в дошкольной организации.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) хабарлама – өтініш берушіге мектепке дейінгі ұйымнан орын алудың белгіленген кезеңдерінен өткені туралы хабарлау мақсатында кезектілікті басқару жүйесімен жолданған электронды мәтіндік хабарлама.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:bookmarkStart w:name="z16" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственных услуг</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметтерді көрсету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:bookmarkStart w:name="z17" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 1. Порядок оказания государственной услуги  "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации</w:t>
+        <w:t xml:space="preserve"> 1-параграф. "Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызметін көрсету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z37" w:id="32"/>
-[...15 lines deleted...]
-      4. Государственная услуга "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – государственная услуга по постановке на очередь) оказывается управлениями образования городов республиканского значения и столицы, отделами образования районов, городов областного значения (далее – услугодатель).</w:t>
+    <w:bookmarkStart w:name="z18" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызметін (бұдан әрі - кезекке қою жөніндегі мемлекеттік қызмет) республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардың, облыстық маңызы бар қалалардың білім бөлімдері (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="33"/>
+    <w:bookmarkStart w:name="z19" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Для получения государственной услуги по постановке на очередь физическое лицо (далее - услугополучатель) направляет в канцелярию услугодателя, либо через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) и (или) через веб-портал "электронного правительства" (далее – портал) заявление по форме согласно </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к Правилам, а также документы, указанные в пункте 8 Перечня основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – Перечень требований).</w:t>
+      5. Кезекке қою жөніндегі мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне немесе "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация) арқылы және (немесе) "электрондық үкіметтің" веб-порталы (бұдан әрі - портал) арқылы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес өтініш, сондай-ақ "Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімінің (бұдан әрі – Талаптар тізілімі) 8-тармағында көрсетілген құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Перечень основных требований к оказанию государственной услуги по постановке на очередь, включающий характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги по постановке на очередь приведен в Перечне требований согласно </w:t>
-[...37 lines deleted...]
-      В "личном кабинете" услугополучателя отображается информация о статусе рассмотрения запроса на оказание государственной услуги по постановке на очередь, а также размещается уведомление с указанием даты и времени получения результата государственной услуги по постановке на очередь.</w:t>
+      Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген кезекке қою жөніндегі мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ кезекке қою жөніндегі мемлекеттік қызметтің ерекшеліктері ескерілген басқа мәліметтер осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Талаптар тізілімінде берілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының "жеке кабинетінде" кезекке қою жөніндегі мемлекеттік қызметті көрсетуге сұранымды қарау мәртебесі туралы ақпарат көрінеді, сондай-ақ кезекке қою жөніндегі мемлекеттік көрсетілетін қызметтің нәтижесін алған күні және уақыты көрсетілген хабарлама орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Канцелярия услугодателя, работник Государственной корпорации осуществляют прием заявления по форме согласно </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к Правилам и регистрируют документы, полученные от услугополучателя, проверяют их на полноту; при представлении услугополучателем полного пакета документов осуществляют выдачу уведомления о постановке на очередь с указанием номера очередности (в произвольной форме).</w:t>
+      Көрсетілетін қызметті берушінің кеңсесі, Мемлекеттік корпорацияның қызметкері Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті қабылдауды жүзеге асырады және көрсетілетін қызметті алушыдан алынған құжаттардың дұрыстығын тексере отырып, тіркейді; көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынған жағдайда кезекке қою жөнінде кезектілік нөмірі көрсетілген хабарлама (ерікті түрде) беруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В случае представления услугополучателем неполного пакета документов согласно перечню, предусмотренному пунктом 8 Перечня требований, услугодатель и (или) работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно </w:t>
-[...55 lines deleted...]
-      Выдача услугополучателю готовых документов осуществляется на основании расписки о приеме соответствующих документов при предъявлении документа, удостоверяющего личность (либо ее представителя по нотариально заверенной доверенности).</w:t>
+      Көрсетілетін қызметті алушы Талаптар тізілімінің 8-тармағында қарастырылған тізбеге сәйкес құжаттар топтамасын толық ұсынбаған жағдайда көрсетілетін қызметті беруші және (немесе) Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда құжаттарды қабылдаудан бас тарту жөнінде қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке басты куәландыратын құжаттар жөнінде мәліметтерді көрсетілетін қызметті беруші және Мемлекеттік корпорацияның қызметкері "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушыға дайын құжаттарды беру жеке басты куәландыратын құжатты (немесе нотариалды бекітілген сенімхат бойынша оның өкілін), тиісті құжаттарды қабылдау жөнінде қолхатты көрсету негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:bookmarkStart w:name="z20" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Портал арқылы жүгінген жағдайда мемлекеттік қызметті көрсетуші құжаттарды түскен күні қабылдауды және тіркеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші ұсынылған құжаттардың толықтығын 30 минут бойы тексереді. Толық болмаған жағдайда, көрсетілген мерзімде өтінішті қарастырудан бас тарту жөнінде дәлелді жауап дайындайды, ол өтініш берушінің порталдағы "жеке кабинетіне" электронды құжат түрінде жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылған құжаттардың толықтығы анықталған жағдайда, көрсетілетін қызметті беруші кезекке қою жөнінде кезектілік нөмірі көрсетілген хабарламаны (ерікті түрде) дайындайды және көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ-мен куәландырылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Кезекке қою жөніндегі мемлекеттік қызмет көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасымен көрсетілетін қызметті берушінің және мемлекеттік органдардың ақпараттық жүйелері арқылы көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін www.egov.kz "электрондық үкімет" веб-порталында тіркей отырып, проактивті жолмен көрсетуге болады және оған:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z79" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. В случае обращения через портал услугодатель в день поступления документов осуществляет их прием и регистрацию. </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="36"/>
+      1) көрсетілетін қызметті алушыға кезекке қою жөніндегі мемлекеттік қызметті көрсетуге сұраным жасалған автоматты хабарлама жіберу; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z80" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проактивті қызметті көрсету үшін көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының көмегімен көрсетілетін қызметті алушының келісімін алу, сондай-ақ көрсетілетін қызметті алушыдан басқа қажетті, оның ішінде шектеулі қолжетімді мәліметтерді алу енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z22" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Көрсетілетін қызметті алушының таңдауы бойынша кезекке қою жөніндегі мемлекеттік қызмет "Бала тууды тіркеу, оның ішінде азаматтық хал актілерінің жазбаларына өзгерістер, толықтырулар мен түзетулер енгізу" мемлекеттік қызметімен жиынтықта "бір өтініш" қағидасы бойынша көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушылар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) көрсетілетін қызметті берушіден мемлекеттік көрсетілетін қызметті ұсыну тәртібі туралы толық және анық ақпаратты қолжетімді нысанда алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z82" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік көрсетілетін қызметті қағаз және (немесе) электрондық нысанда алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z83" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын жария талқылауларға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z84" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік қызметтер көрсету саласында бұзылған құқықтарды, заңды мүдделерді қорғау туралы талап арызбен сотқа жүгінеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z85" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) цифрлық құжаттар сервисінен өзіне және отбасының кәмелетке толмаған мүшелеріне қатысты электрондық құжаттарды пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметтер көрсету кезінде көрсетілетін қызметтерді алушылардан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ақпараттық жүйелерден алуға болатын құжаттар мен мәліметтерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z87" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көрсетілетін қызметті берушінің салыстырып-тексеруі үшін түпнұсқалары ұсынылған құжаттардың нотариат куәландырған көшірмелерін талап етуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      При установлении факта полноты представленных документов, услугодатель готовит уведомление о постановке на очередь с указанием номера очередности (в произвольной форме) и направляет услугополучателю в "личный кабинет" в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="37"/>
+      Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің 69-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 4-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) тармақшасында көзделген өтініштер есепке алуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. Государственная услуга по постановке на очередь может оказываться проактивным способом, в том числе без заявления услугополучателя по инициативе услугодателя посредством информационных систем услугодателя и государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя: </w:t>
-[...179 lines deleted...]
-      5) используют электронные документы в отношении себя и несовершеннолетних членов семьи из сервиса цифровых документов.</w:t>
+      9. "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес көрсетілетін қызметті беруші мемлекеттік қызметті көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингісінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z267" w:id="47"/>
-[...15 lines deleted...]
-      При оказании государственных услуг не допускается истребования от услугополучателей:</w:t>
+    <w:bookmarkStart w:name="z24" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Кезекке қою жөніндегі мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым Қазақстан Республикасының заңдарына сәйкес көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z268" w:id="48"/>
-[...15 lines deleted...]
-      1) документов и сведений, которые могут быть получены из информационных систем;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушының көрсетілетін қызметті берушіге келіп түскен шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап бес жұмыс күні ішінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация қызметкерінің әрекеттеріне (әрекетсіздігіне) берілген шағым корпорацияның интернет-ресурсында көрсетілген мекен-жай бойынша Мемлекеттік корпорацияның басшысына жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның мекен-жайына келіп түскен кезекке қою жөніндегі мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z269" w:id="49"/>
-[...15 lines deleted...]
-      2) нотариально засвидетельствованных копий документов, оригиналы которых представлены для сверки услугодателю.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Шағым көрсетілетін қызметті алушының "жеке кабинетінен" портал арқылы жіберілген кезде көрсетілетін қызметті беруші өтінішті өңдеу (жеткізу, тіркеу, орындау туралы белгілер, қарау немесе қараудан бас тарту туралы жауап) барысында жаңартылатын өтініш туралы ақпарат қолжетімді болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z270" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Портал арқылы шағымдану тәртібі туралы ақпаратты мемлекеттік қызметтер көрсету мәселелері бойынша Бірыңғай байланыс орталығы арқылы алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекен-жайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезекке қою жөніндегі көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мектепке дейінгі ұйымдарға қабылдау үшін жалпы кезек елді мекенге (қала, ауыл, кент) тиістілігі бойынша, балалардың туған жылы бойынша және әрбір туған жылы үшін өз кезегі қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Обращения, предусмотренные </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
+      Көру қабілеті, есту қабілеті бұзылған, сөйлеу қабілеті ауыр түрде бұзылған, тірек-қимыл аппараты, зияткерлік дамуы бұзылған, психикалық дамуы тежелген балаларға арналған арнайы мектепке дейінгі ұйымдарға (арнайы бөбекжай-бақшаларға, арнайы балабақшаларға) және мектепке дейінгі ұйымдардағы арнайы топтарға, денсаулығы нашарлаған балалардың барлық санаттарын біріктіретін арнайы мектепке дейінгі ұйымдарға және мектепке дейінгі ұйымдардағы арнайы топтарға кезекке тұру "Тиісті үлгідегі және түрдегі білім беру ұйымдары қызметінің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2022 жылғы 31 тамыздағы № 385 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Арнайы білім беру ұйымдары қызметінің үлгілік қағидаларына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29329) сәйкес елді мекеннің ішінде балалардың туған жылы бойынша әр туған жылы үшін жеке қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған жылдары бойынша кезектің ішіндегі кезек балаларда бар бұзылыстардың түрлері бойынша бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Санаториялық мектепке дейінгі ұйымдарға кезек елді мекеннің ішінде балалардың туған жылы бойынша әр туған жылы үшін жеке оңалту/алдын алу түрлері бойынша қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="51"/>
+    <w:bookmarkStart w:name="z28" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Кезектердегі өтініштер өтініш берушінің өтініш берген күні мен уақыты бойынша орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z29" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Баланың ата-анасы немесе заңды өкілі бір елді мекенде мектеп жасына дейінгі кезеңде кезекке кемінде 3 (үш) рет тұра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z30" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Мемлекеттік мектепке дейінгі ұйымға кезектен тыс немесе бірінші кезекте жолдама алған баланың ата-анасы немесе заңды өкілі басқа мектепке дейінгі ұйымды таңдағанда бір ай өткен соң жалпы кезекке тұрады және жекеменшік мектепке дейінгі ұйымға жолдама алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z31" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ерекше білім берілуіне қажеттілігі бар баланың ата-анасы немесе заңды өкілі растайтын құжаттары болған жағдайда бір мезгілде бірнеше кезекте – жалпы кезекте, арнайы, санаториялық мектепке дейінгі ұйымға кезекте тұра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z32" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Өтініш беру және кезекте болу үшін баланың жасы ағымдағы жылғы 1 қыркүйекте 6 жастан аспайды (психологиялық-медициналық-педагогикалық комиссияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан басқа).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Басқа мектепке дейінгі ұйымды таңдағанда, бала мектепке дейінгі ұйымнан шығарылады және баланың ата-анасы немесе заңды өкілі мектепке дейінгі ұйымға жолдама алуға кезекке тұру үшін өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z34" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="53"/>
+      20. Кезектегі өтініштер: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="55"/>
+      1) "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының Заңының 52-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Арнаулы мемлекеттік органдар туралы" Қазақстан Республикасының Заңының 78-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Құқық қорғау қызметі туралы" Қазақстан Республикасының Заңының 64-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мектепке дейінгі ұйымдардан кезектен тыс орын алуға құқығы бар балалардың ата-аналарының немесе заңды өкілдерінің өтініштері келіп түскенде;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11. Жалоба услугополучателя по вопросам оказания государственной услуги по постановке на очередь, поступившая в адрес услугодателя, Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. </w:t>
-[...59 lines deleted...]
-      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      2) "Педагог мәртебесі туралы" Қазақстан Республикасы Заңының 12-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес педагогтердің балаларының; заңды өкілдері мүгедектер болып табылатын балалардың; ата-анасының қамқорлығынсыз қалған балалардың және жетім балалардың; көп балалы отбасылардан шыққан балалардың; ерекше білім беруді қажет ететін балалардың; мүгедек баласы бар отбасындағы балалардың ата-аналарының немесе заңды өкілдерінің мектепке дейінгі ұйымдардан бірінші кезекте орын алу үшін өтініштері келіп түскенде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтініштің жеңілдік мәртебесі өзгергенде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өтінішті кері қайтарып алу нәтижесінде кезектен алынғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жолдама берілгенде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өтінішті тоқтату парағына, архивке орналастырғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) өтініш беруші мектепке дейінгі ұйымға орын алуға мүдделі болмаған жағдайда жаңартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармаққа өзгеріс енгізілді - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Кезектердегі өтініштер әрбір топтың ішінде бір-біріне қатысты өтініш берген күні мен уақыты бойынша орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z60" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезектен тыс орын алу бойынша өтініштер бірінші кезекте орын алу бойынша өтініштердің алдына қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші кезекте орын алу бойынша өтініштер жалпы негізде берілген өтініштердің арасында "үшеуге біреу" арақатынасында бөлінеді, яғни (басымдығы бар өтініш (бірінші кезекте құқығы) жалпы негізде берілген үш өтініштен кейін орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Өтініш берушінің, баланың жеке басын куәландыратын, заңды өкілдің, бала мен өтініш берушінің арасындағы құқықтарының болуын растайтын барлық ақпаратты, мектепке дейінгі ұйымға орын алудың кезектен тыс немесе бірінші кезекті орын алуға құқығын растайтын ақпаратты көрсетілетін қызметті беруші басқа тәртіпті белгілмеген жағдайда кезекке қоюға жаңа өтініш тіркелген сәтте және мектепке дейінгі ұйымға қабылдауға жолдама алғаннан кейін екі рет тексереді және растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл жағдайда өтініш беруші көрсетілетін қызметті берушіге тексеру үшін тексерілетін құжаттардың түпнұсқаларын тіркеуге өтініш жіберген немесе қабылдауға жолдама алған сәттен бастап 5 жұмыс күнінен кешіктірмей ұсынуы тиіс. Көрсетілетін қызметті беруші ұсынылған құжаттардың дұрыстығын олар ұсынылған сәттен бастап 30 минуттан кешіктірмей, яғни кезекке тұру тәртібімен растауы тиіс. Тек құжаттар расталғаннан кейін өтініш кезекте тіркеледі, өз кезектілігін алады, ал жолдама бойынша қабылдауға бөлінген кезеңді есептеу басталады және ол мектепке дейінгі ұйымға қолжетімді болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Өтініш берушіге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кезекке қоюға өтініш беру, берілген өтінішті өзгерту, кезектен өтінішті қайтарып алу, мектепке дейінгі ұйымға берілген жолдаманы алу және жою, жолдаманың қолданылу мерзімін ұзарту, өтініш пен жолдаманың өзгеруі туралы хабарламаны алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жылына бір рет мектепке дейінгі ұйымға орын алуға мүдделілігін растау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) босаған орындар туралы ақпаратты зерделеу және мектепке дейінгі ұйымға қабылдауға электрондық жолдаманы алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кезектілікті басқару жүйесінде жеке кабинеттегі есептік мәліметтерді сақтау және үшінші тұлғаларға бермеу мүмкіндігі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Тәулік бойы жұмыс істейтін және жаңа бос орындардың пайда болуына қарай өтініш берушілер арасында бос орындарды бөлудің үздіксіз процесін жүзеге асыратын кезектілікті басқару жүйесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кезекке қоюға өтінішті тіркейді (немесе тіркеуден бас тартады), өтінішті тоқтату парағына орналастырады, берілген жолдамалар бойынша мектепке дейінгі ұйымдар тарапынан қабылдаудан бас тартуды қарастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) күн сайын мектепке дейінгі ұйымдардан жас тобы көрсетілген бос орындардың пайда болуы туралы ақпаратты қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) күн сайын сағат 18:00-де (он сегізде) мамандандырылған интернет-ресурста босаған орындар бюллетенін жариялайды (регламенттік уақыт көрсетілетін қызметті берушінің нормативтік актісімен өзгертілуі мүмкін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) күн сайын таңғы сағат 07:00-де (жетіде) ұсынады (регламенттік уақыт көрсетілетін қызметті берушінің нормативтік актісімен өзгертілуі мүмкін, алайда күнделікті сағат 23:59-дан кешіктірілмеуі тиіс), бірінші өтініш берушілер (барлығына бір уақытта) үшін ғана шектеулі мерзімге - 3 (үш) жұмыс күніне жолдама алуға басым қолжетімділікті ашады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өтініш берушілерге өздері таңдаған мектепке дейінгі ұйымға бару үшін электрондық жолдама алуға мүмкіндік береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ерте брондалған орын белгіленген мерзімнен ерте босатылса, оның мәртебесін автоматты түрде бос орын мәртебесіне өзгертеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жинақталатын мәліметтерді рұқсатсыз араласудан қорғауды қамтамасыз ету үшін барлық өтініштер тізіліміне, барлық жолдамалар тізіліміне, босаған орындар бюллетеньдерінің тізіліміне блокчейн технологиясы қолданылады;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В случае несогласия с результатом оказания государственной услуги по постановке на очередь услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке. </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="60"/>
+      8) мамандандырылған интернет-ресурста өтініштер туралы ақпаратты жариялайды және белсендіреді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) 6 (алты) жасқа толған баланың өтінішін (психологиялық-медициналық-педагогикалық консультацияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан, ағымдағы жылдың 1 қыркүйегіне дейін 6 жасқа толмаған балалардан басқа) кезектен алып тастайды және оны барынша мүмкін болатын жасқа жетуіне байланысты архивке орналастырады;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Очередь в специальные дошкольные организации (специальные ясли-сады, специальные детские сады) и специальные группы в дошкольных организациях для детей с нарушениями зрения, слуха, тяжелыми нарушениями речи, опорно-двигательного аппарата, интеллекта, с задержкой психического развития, специальные дошкольные организации и специальные группы в дошкольных организациях, совмещающие все категории детей с нарушениями, согласно </w:t>
-[...57 lines deleted...]
-    </w:p>
+      10) 3 (үш) күннен кейін бөлуден қалған бос орындарды кезектегі бірінші 1000 (бір мың) өтініш берушілер үшін ашады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Мектепке дейінгі ұйымдарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ішкі қажеттіліктерге байланысты міндетті түрде себептерін (күрделі жөндеу, карантин, мемлекеттік тапсырыстың күшінің жойылуы, жабылу) көрсете отырып, бұрын бюллетеньде жарияланған, оның ішінде ерте брондалған бос орындарды және уақытша болатын бос орындарды қайтару;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) өтініш берушіге хабарлама жібере отырып және өтінішті кезекке қайтару арқылы кері қайтарылған бос орындарға берілген жолдаманың күшін жою; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) бос орындар бюллетенінде ерте брондау орындарын жариялау (мемлекеттік білім беру тапсырысы орналастырылған мектепке дейінгі ұйымдарға); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) бос орындар бюллетенінде баланың мектепке дейінгі ұйымнан шығарылу мерзімін көрсете отырып, уақытша болу мерзімінің өтуіне байланысты уақытша болу орындарын жариялау, сонымен бірге уақытша болуға жолдама алған баланың кезегін сақтау мүмкіндігі беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Жалпы кезек үшін жолдама өтініш берушінің бастамасы бойынша кезектілікке, баланың жасына сәйкес беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z41" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Арнайы және санаториялық мектепке дейінгі ұйымға кезек үшін жолдама өтініштердің кезектілігіне сәйкес беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z42" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Ағымдағы жылғы 1 қыркүйекте 6 жастан аспайтын және психологиялық-медициналық-педагогикалық консультацияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан басқа балаларға жолдама беру кезінде баланың жасы күнтізбелік жылғы толық жасы бойынша есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="61"/>
+    <w:bookmarkStart w:name="z43" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Жалпы кезекте бірнеше балаға өтініш берген өтініш берушіге мектепке дейінгі ұйымға жолдама алған сәтте бір мезгілде барлық балаларға бірдей осы ұйымда қажетті орын саны болған жағдайда жолдама алуға мүмкіндік беріледі (өтініш берушінің қалауы бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z44" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Өтініш берушіге жолдама берілген сәттен бастап бір тәуліктен кешіктірмей, берілген жолдаманың күшін өз бастамасы бойынша жоюға, белгіленген мерзімде мектепке дейінгі ұйымға келуге мүмкіндігі болмаған жағдайда (ауруы, емделуі, іссапар, демелыс) қосымша 30 (отыз) күнтізбелік күнге дейін бір рет ұзарту мүмкіндігі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z45" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. "Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызметін көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z46" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. Заявления в очередях располагаются по дате и времени подачи заявления заявителем. </w:t>
-[...82 lines deleted...]
-    <w:bookmarkEnd w:id="65"/>
+      31. "Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызметін (бұдан әрі – балаларды қабылдау жөніндегі мемлекеттік қызмет) барлық түрлердегі мектепке дейінгі ұйымдар (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z47" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32. Балаларды қабылдау бойынша мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне немесе "электрондық үкіметтің" веб-порталы (бұдан әрі - портал) арқылы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тармағында сәйкес құжаттарды ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетудің ерекшеліктері ескерілген басқа мәліметтер Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімінде берілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының "жеке кабинетінде" балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетуге сұранымды қарау мәртебесі туралы ақпарат көрінеді, сондай-ақ балаларды қабылдау жөніндегі мемлекеттік қызметтің нәтижесін алған күні және уақыты көрсетілген хабарлама орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті берушінің кеңсесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тармағында көрсетілген тізбеге сәйкес құжаттарды қабылдауды жүзеге асырады, ұсынылған құжаттардың толықтығын тексереді. Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынған жағдайда мектепке дейінгі ұйым мен ата-анасының біреуі немесе баланың заңды өкілі арасында жасалған келісім шарт негізінде көрсетілетін қызметті беруші баланы мектепке дейінгі ұйымға қабылдауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тармағында көрсетілген тізбеге сәйкес сәйкес құжаттар топтамасын толық ұсынбаған жағдайда көрсетілетін қызметті беруші балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетуден бас тарту жөнінде дәлелді жауап береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Портал арқылы жүгінген жағдайда мемлекеттік қызметті көрсетуші құжаттарды түскен күні қабылдауды және тіркеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші ұсынылған құжаттардың толықтығын 30 минут бойы тексереді. Толық болмаған жағдайда, көрсетілген мерзімде өтінішті қарастырудан бас тарту жөнінде дәлелді жауап дайындайды, ол өтініш берушінің порталдағы "жеке кабинетіне" электронды құжат тұрінде жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылған құжаттардың толықтығы анықталған жағдайда, көрсетілетін қызметті беруші электронды сұранымды толтырады және құжаттардың электронды көшірмелерін тіркейді; электронды сұранымды өңдегеннен (тексергеннен, тіркеуден) кейін көрсетілетін қызметті алушыға электронды сұранымның мәртебесі, балаларды қабылдау жөніндегі мемлекеттік қызметті көрсету мерзімі, ЭЦҚ-мен қол қойылған электронды құжат түріндегі балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетудің нәтижесін – баланы мектепке дейінгі ұйымға қабылдауды немесе мемлекеттік қызметті көрсетуден бас тарту жөнінде дәлелді жауап береді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 32-тармаққа өзгеріс енгізілді - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="66"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="68"/>
+    <w:bookmarkStart w:name="z48" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) поступлении заявлений от родителей или законных представителей детей, имеющих право на внеочередное получение места в дошкольных организациях согласно </w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="69"/>
+      33. "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес көрсетілетін қызметті беруші мемлекеттік қызметті көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингісінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z49" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Көрсетілетін қызметті беруші келесі себептермен баланы қабылдамайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш беруші келісім шарт жасау үшін талап етілетін құжаттарды ұсынбаған немесе құжаттардың қолданылу мерзімі өтіп кетсе (баланың денсаулық паспорты және келісім шарт жасалған күннен 3 (үш) күнтізбелік күннен кешіктірмей берілген баланың денсаулық жағдайы туралы анықтама ұсынбауы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) талап етілген құжаттарға сәйкес балада мектепке дейінгі ұйымға қабылдау үшін медициналық қарсы көрсетілімдері болса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) растайтын құжаттарды ұсынуда өзге де себептердің болуына байланысты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Мектепке дейінгі ұйымдарда тұрақты немесе уақытша болуға құжаттарды қабылдау және балаларды қабылдау оларда бос орындар болған жағдайда жыл бойы жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z51" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Балаларды қабылдау жөніндегі мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым Қазақстан Республикасының заңдарына сәйкес көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) поступлении заявлений от родителей или законных представителей детей педагогов согласно </w:t>
-[...1426 lines deleted...]
-    <w:bookmarkEnd w:id="126"/>
+      Көрсетілетін қызметті алушының көрсетілетін қызметті берушіге келіп түскен шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап бес жұмыс күні ішінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым көрсетілетін қызметті алушының "жеке кабинетінен" портал арқылы жіберілген кезде көрсетілетін қызметті беруші өтінішті өңдеу (жеткізу, тіркеу, орындау туралы белгілер, қарау немесе қараудан бас тарту туралы жауап) барысында жаңартылатын өтініш туралы ақпарат қолжетімді болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Портал арқылы шағымдану тәртібі туралы ақпаратты мемлекеттік қызметтер көрсету мәселелері бойынша Бірыңғай байланыс орталығы арқылы алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекен-жайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балаларды қабылдау жөніндегі мемлекеттік қызметті көрсету нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4314,90 +4304,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t xml:space="preserve">Мектепке дейінгі білім беру </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных услуг</w:t>
+              <w:t xml:space="preserve">қызметтер көрсету </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в сфере дошкольного образования</w:t>
+              <w:t xml:space="preserve">қағидаларына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4418,701 +4421,685 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Услугодателю</w:t>
+              <w:t>Көрсетілетін қызметті берушіге</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(от) ___________________________</w:t>
+              <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+              <w:t>мекенжайында тұратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(далее – Ф.И.О.) (при заполнении в бумажном виде)</w:t>
+              <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бар болса)(бұдан әрі – Т.А.Ә.)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қағаз түрінде толтырған </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(индивидуальный идентификационный номер </w:t>
+              <w:t xml:space="preserve">(жеке сәйкестендіру нөмірі </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(далее – ИИН), проживающего по адресу:</w:t>
+              <w:t>(бұдан әрі – ЖСН)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________________</w:t>
+              <w:t>____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z134" w:id="127"/>
+    <w:bookmarkStart w:name="z53" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                заявление.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z135" w:id="128"/>
+        <w:t xml:space="preserve"> өтініш.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Прошу поставить ребенка в очередь для получения направления в дошкольную </w:t>
-[...379 lines deleted...]
-    <w:bookmarkStart w:name="z148" w:id="141"/>
+      _________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) электронное смс(sms)-уведомление в произвольной форме на следующие номера мобильных телефонов (не более двух номеров): </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z150" w:id="143"/>
+      қала (кенті, ауылы) </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) электронные e-mail уведомления в произвольной форме: </w:t>
-[...82 lines deleted...]
-    <w:bookmarkEnd w:id="147"/>
+      елдімекені аумағында тұратын, ЖСН _________________________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (баланың Т.А.Ә. (бар болса) қағаз түрінде толтырған жағдайда)(бар болғанда) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________ жылы туған баламды мектепке дейінгі ұйымға жолдама алу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшін кезекке қоюды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Хабардар етемін, бала (керегін көрсету): </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскери қызметшінің, оның ішінде қызмет атқару кезінде қаза тапқанның, қайтыс болғанның немесе хабар-ошарсыз кеткеннің баласы (құжаттың көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнаулы мемлекеттік орган қызметкерінің, оның iшiнде қызмет атқару кезінде қаза тапқан, қайтыс болған немесе хабар-ошарсыз кеткен қызметкердің баласы (құжаттың көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заңды өкілдері мүгедек болып табылатындардың баласы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ерекше білім берілуіне қажеттілігі бар бала (құжаттың көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) ата-анасының қамқорлығынсыз қалған бала; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) жетім бала; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) көп балалы отбасыдан шыққан бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) педагогтің баласы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мүгедек баласы бар отбасынан шыққан бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жоғарыда аталған санаттардың біреуіне қатысты емес болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мені берген өтінішімнің жағдайындағы өзгерістер туралы төмендегідей әдістермен хабардар етуіңізді сұраймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) мобильді телефондардың мынадай нөміріне ерікті нысанда жазылған электронды смс(sms)-хабарлама (екі нөмірден көп емес): </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) ерікті нысанда жазылған электронды email хабарлама: __________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бойынша.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Өмірлік жағдайлар өзгергенде, кезектегі өтініштің жай-күйі өзгеруі мүмкін. Кезектегі өтініштер баланың туған жылына (күнтізбелік жыл) қарай өтініш берілген күннің басымдығы тәртібінде топтастырылады). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйедегі заңмен қорғалатын құпиядан тұратын мәліметтерді пайдалануға келісім беретіндігімді растаймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы _______________ Күні _____________</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5146,131 +5133,144 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Мектепке дейінгі білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t>беру саласында мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных услуг в сфере</w:t>
+              <w:t>қызметтер көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дошкольного образования</w:t>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 231</w:t>
+        <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5285,52 +5285,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Перечень основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" </w:t>
+              <w:t>
+"Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5363,87 +5363,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Управления образования городов республиканского значения и столицы, отделы образования районов, городов областного значения.</w:t>
+Республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардың, облыстық маңызы бар қалалардың білім бөлімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5475,142 +5475,142 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги </w:t>
+              <w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
-[...53 lines deleted...]
-3) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+Өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) "электрондық үкіметтің" веб-порталы: www. egov. kz (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5643,87 +5643,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-С момента обращения к услугодателю, в Государственную корпорацию, на портал – 30 минут.</w:t>
+Көрсетілетін қызметті берушіге, Мемлекеттік корпорацияға, порталға жүгінген сәтінен бастап – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5756,87 +5756,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная)/ бумажная/ проактивная/, оказываемая по принципу "одного заявления".</w:t>
+"Бір өтініш" қағидаты бойынша көрсетілетін электрондық (ішінара автоматтандырылған)/қағаз түрінде/ проактивті.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5869,87 +5869,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсетудің нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уведомление о постановке в очередь (в произвольной форме) либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 9 настоящего Перечня основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации".</w:t>
+Кезекке қою туралы хабарлама беру (ерікті нысанда) немесе осы "Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімінің 9-тармағында белгіленген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5982,87 +5982,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Государственная услуга физическим лицам оказывается бесплатно. </w:t>
+              <w:t>
+Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6095,249 +6095,249 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) услугодателя: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы услугодателя с 9:00 часов до 18:30 часов с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
-[...161 lines deleted...]
-3) на портале: www.egov.kz.</w:t>
+1) көрсетілетін қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес мереке күндерін қоспағанда, көрсетілетін қызметті берушінің белгіленген жұмыс кестесі бойынша дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Мемлекеттік корпорацияда және ақпарат объектілерінде: Қазақстан Республикасының еңбек заңнамасына сәйкес мереке күндерін қоспағанда, белгіленген жұмыс кестесі бойынша дүйсенбі мен сенбіні қоса алғанда түскі үзіліссіз сағат 09.00-ден 20.00-ге дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау "электронды" кезек тәртібінде жеделдетіп қызмет көрсетусіз көрсетілетін қызметті алушының таңдауы бойынша жүзеге асырылады, электронды кезекті портал арқылы броньдауға болады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) портал: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанда жүгінгенде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Министрліктің www. edu. gov. kz интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) www. gov4c. kz Мемлекеттік корпорациясында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) www. egov. kz порталында орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6370,473 +6370,449 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+Мемлекеттік қызмет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При обращении к услугодателю или в Государственную корпорацию:</w:t>
+Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға жүгінген кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) заявления по форме, согласно </w:t>
-[...367 lines deleted...]
-Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+1) "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген) бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына (бұдан әрі - Қағидалар) 1 және 5-қосымшаларға сәйкес нысан бойынша өтініштер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) баланың туу туралы куәлігі немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушының (ата-анасының бірінің немесе заңды өкілінің) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнынан берілген, мөр басылған және уәкілетті тұлғаның қолы қойылған анықтама (бар болған жағдайда) (берілген күннен бастап бір ай ішінде жарамды);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) білім беру ұйымы басшысының мөрімен және қолымен расталған педагогтің жұмыс орнынан анықтама (берілген күннен бастап бір ай ішінде жарамды), дипломның сканерленген көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) ерекше білім беруді қажет ететін балалар үшін психологиялық-медициналық-педагогикалық консультацияның қорытындысы (бар болған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) фтизиатр-дәрігердің қорытындысы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжаттар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкері жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкері Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметті көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиясы бар мәліметтерді пайдалануға келісім алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталға жүгінген жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Қағидаларға 1 және 5-қосымшаларға сәйкес нысан бойынша мемлекеттік көрсетілетін қызметті алушының ЭЦҚ қойылған электрондық құжат нысанындағы өтініштері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнынан берілген, мөр басылған және уәкілетті тұлғаның қолы қойылған анықтаманың (бар болған жағдайда) (берілген күннен бастап бір ай ішінде жарамды) сканерленген көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) білім беру ұйымы басшысының мөрімен және қолымен расталған педагогтің жұмыс орнынан анықтама (берілген күннен бастап бір ай ішінде жарамды), дипломның сканерленген көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) ерекше білім беруді қажет ететін балалар үшін психологиялық-медициналық-педагогикалық консультация қорытындысының (бар болғанда) сканерленген көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) фтизиатр дәрігердің жолдамасы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталға жүгінген кезде: электронды сұрау салу көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанында немесе бір реттік пароль енгізу арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді көрсетілетін қызметті алушы тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады. Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6869,161 +6845,253 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
-[...17 lines deleted...]
-2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
-[...37 lines deleted...]
-4) представление услугополучателем неполного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, и (или) документов с истекшим сроком действия.</w:t>
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігінің анықталуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсыну.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7056,231 +7124,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Мемлекеттік қызмет көрсетудің, оның ішінде электронды нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Максимально допустимое время ожидания для сдачи пакета документов услугодателю или в Государственную корпорацию – 15 минут. Максимально допустимое время обслуживания услугодателем или в Государственной корпорации – 30 минут.</w:t>
-[...143 lines deleted...]
-Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
+Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің немесе Мемлекеттік корпорацияның қызмет көрсетуінің рұқсат етілген ең ұзақ уақыты – 30 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай байланыс орталығының 1414, 8 800 080 7777 нөмірлеріне жүгінген, организм функцияларының тіршілік әрекетін шектейтін денсаулығы тұрақты бұзылған көрсетілетін қызметті алушыларға мемлекеттік қызметті көрсету үшін құжат қабылдауды Мемлекеттік корпорацияның қызметкері олардың тұрғылықты жеріне барып жүргізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егер баланың мектепке дейінгі ұйымда болуына кедергі келтіретін медициналық қарсы көрсетілімдер болса, онда ол мектепке дейінгі ұйымға қабылданбайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және мәртебесі туралы ақпаратты қашықтықтан қол жеткізу тәртібінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызметті көрсету мәселелері жөніндегі анықтама қызметтері, сондай-ақ бірыңғай байланыс орталығы арқылы алады. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің www. edu. gov. kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының таңдауы бойынша мемлекеттік қызмет "Бала тууды тіркеу, оның ішінде азаматтық хал актілері жазбаларына өзгерістер, толықтырулар мен түзетулер енгізу" мемлекеттік көрсетілетін қызметімен жиынтықта "бір өтініш" қағидаты бойынша көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7319,440 +7387,330 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Мектепке дейінгі білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t>беру саласында мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных услуг в сфере</w:t>
+              <w:t>қызметтер көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дошкольного образования</w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(фамилия, имя, отчество</w:t>
+              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(при его наличии)</w:t>
+              <w:t>(бар болғанда)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(адрес услугополучателя)</w:t>
+              <w:t xml:space="preserve">(көрсетілетін қызметті </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының мекен-жайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z271" w:id="148"/>
+    <w:bookmarkStart w:name="z56" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                Расписка об отказе в приеме документов</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="148"/>
+        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 231</w:t>
+        <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Руководствуясь </w:t>
-[...207 lines deleted...]
-      Наименование отсутствующих документов:</w:t>
+      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағын басшылыққа ала отырып, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы филиалының № ___ бөлімі (мекенжайын көрсету) Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына 2-қосымшаның 8-тармағында қарастырылған тізбеге сәйкес Сіздің толық емес құжаттар топтамасын ұсынуыңызға және (немесе) жарамдылық мерзімі өткен құжаттарды тапсыруыңызға, атап айтқанда, (жоқ құжаттардың атауы):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7762,193 +7720,267 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ________________________________________.</w:t>
-[...141 lines deleted...]
-      Подпись ____________ "____" _________ 20____ год</w:t>
+      3) ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      байланысты ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік көрсетілетін қызметтің атауын көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік қызметті көрсетуге құжаттарды қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы қолхат әр тарапқа бір-біреуден 2 данада жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орындаушы: ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                        (тегі, аты, әкесінің аты (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қабылдады: ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                        (тегі, аты, әкесінің аты (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы __________________ "____" _________ 20____ жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7984,131 +8016,144 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Мектепке дейінгі білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных услуг в сфере</w:t>
+              <w:t xml:space="preserve">қызметтер көрсету </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дошкольного образования</w:t>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 4 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 231</w:t>
+        <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8124,69 +8169,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень основных требований к оказанию государственной услуги</w:t>
-[...17 lines deleted...]
-"Прием документов и зачисление детей в дошкольные организации"</w:t>
+"Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8219,87 +8246,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дошкольные организации всех видов (далее –услугодатель)</w:t>
+Мектепке дейінгі ұйымдардың барлық түрлері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8332,87 +8359,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги</w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию услугодателя, веб-портал "электронного правительства" (далее – портал).</w:t>
+Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және беру көрсетілетін қызметті берушінің кеңсесі, "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8445,51 +8472,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сроки оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8558,87 +8585,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная)/ бумажная.</w:t>
+Электрондық (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8671,87 +8698,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+Мектепке дейінгі ұйым мен баланың ата-анасының бірі немесе заңды өкілі араcында жасалған келісім шарт негізінде баланы мектепке дейінгі ұйымға қабылдау немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8784,87 +8811,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга физическим лицам оказывается бесплатно.</w:t>
+Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8897,195 +8924,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) услугодателя: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы услугодателя с 9:00 часов до 18:00 часов с перерывом на обед с 13:00 часов до 14:00 часов.</w:t>
-[...107 lines deleted...]
-2) на портале: www.egov.kz.</w:t>
+1) көрсетілетін қызметті берушінің: Қазақстан Республикасының еңбек заңнамасына сәйкес мереке күндерін қоспағанда, дүйсенбі мен жұма аралығында көрсетілетін қызметті берушінің белгілеген жұмыс кестесіне сәйкес сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 18.00-ге дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанан кейін жүгінген кезде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Министрліктің www. edu. gov. kz интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) www. egov. kz. порталында орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9118,455 +9145,511 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+Мемлекеттік қызмет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-к услугодателю:</w:t>
-[...17 lines deleted...]
-1) направление на зачисление (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
+көрсетілетін қызметті берушіге:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) қабылдауға арналған жолдама (берілген күннен бастап бес жұмыс күні ішінде жарамды);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) заявление по форме, согласно </w:t>
-[...55 lines deleted...]
-4) документ, свидетельствующий о рождении ребенка, либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+2) "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген) бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына (бұдан әрі - Қағидалар) 5-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушының (ата-анасының бірінің немесе заңды өкілінің) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) баланың туу туралы куәлігі немесе цифрлық құжаттар сервисінен алынған электрондық құжат (сәйкестендіру үшін);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-5) карта профилактических прививок формы № 065/у, утвержденная </w:t>
-[...73 lines deleted...]
-1) направление на зачисление в дошкольную организацию (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
+5) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 065/е нысанды профилактикалық екпелердің картасы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) заявление по форме, согласно </w:t>
-[...55 lines deleted...]
-4) документ, свидетельствующий о рождении ребенка (для идентификации);</w:t>
+6) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 027/е нысанды анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) психологиялық-медициналық-педагогикалық консультацияның қорытындысы (ерекше білім беруді қажет ететін балалар үшін).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталға:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мектепке дейінгі ұйымға қабылдауға арналған жолдама (берілген күннен бастап бес жұмыс күні ішінде жарамды);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Қағидаларға 5-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ата-анасының немесе заңды өкілдерінің бірінің жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) баланың тууын куәландыратын құжат (сәйкестендіру үшін);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-5) карта профилактических прививок формы № 065/у, утвержденной </w:t>
-[...91 lines deleted...]
-Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+5) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 065/е нысанды профилактикалық екпелердің картасы (электрондық көшірме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 027/е нысанды анықтама (электрондық көшірме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) психологиялық-медициналық-педагогикалық консультацияның қорытындысы (ерекше білім беруді қажет ететін балалар үшін) (бар болғанда сканерленген көшірмесі).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тиісті мемлекеттік органдар шектеу іс-шараларын жүзеге асырған, төтенше жағдайлар енгізілген, белгілі бір аумақта әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар туындаған жағдайларда, осы аумақта тұратын көрсетілетін қызметті алушылар шектеу іс-шараларының алынуына, төтенше жағдайлар қолданысының тоқтатылуына қарай осы тармақтың бірінші абзацының 4), 5) және 6) тармақшаларында және екінші абзацының 4), 5) және 6) тармақшаларында көрсетілген құжаттарды тікелей білім беру ұйымдарына ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9599,161 +9682,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
-[...17 lines deleted...]
-2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
-[...37 lines deleted...]
-4) представление услугополучателем неполного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, и (или) документов с истекшим сроком действия.</w:t>
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9786,177 +9869,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Максимально допустимое время ожидания до момента приема документов – 15 минут.</w:t>
-[...89 lines deleted...]
-Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении. Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
+Құжаттарды тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут. Қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минут. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтер, сондай-ақ Бірыңғай байланыс орталығы арқылы алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің www. edu. gov. kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефондары: 1414, 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9995,131 +10042,162 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>Мектепке дейінгі білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных услуг в сфере</w:t>
+              <w:t xml:space="preserve">қызметтер көрсету </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дошкольного образования</w:t>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 5 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      Ескерту. Қағида 5-қосымшамен толықтырылды - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 231</w:t>
+        <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10155,506 +10233,308 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>(мектепке дейінгі ұйым)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(дошкольная организация)</w:t>
+              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от__________________________</w:t>
-[...25 lines deleted...]
-              <w:t>(при его наличии)</w:t>
+              <w:t>(бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...369 lines deleted...]
-        <w:t xml:space="preserve">        (подпись)              (фамилия, имя, отчество (при его наличии)</w:t>
+        <w:t xml:space="preserve">
+      Мен, ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                        (тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дербес деректерді үшінші тұлғаларға беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дербес деректерді өңдеу процесінде оларды трансшекаралық беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) дербес деректерді жалпыға қолжетімді көздерде таратуды қамти отырып, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсету үшін талап етілетін, "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген) бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына 2 және 4-қосымшаларының 8-тармағына сәйкес қолжетімділігі шектеулі дербес деректерге қол жеткізу үшін келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметтер көрсету кезінде ұсынылатын құжаттардың дұрыстығын растау үшін талап етілетін өзге де мәліметтерді қамтитын қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы келісім мемлекеттік қызмет көрсету нәтижесін алғанға дейін барлық кезең ішінде қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _______________ _______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)             (тегі, аты, әкесінің аты (бар болса)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10690,270 +10570,283 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к приказу</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра образования и науки</w:t>
+              <w:t>Білім және ғылым министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t xml:space="preserve">2020 жылғы 19 маусымдағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 19 июня 2020 года № 254</w:t>
+              <w:t xml:space="preserve">№ 254 бұйрығына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z239" w:id="149"/>
+    <w:bookmarkStart w:name="z59" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень, утративших силу, некоторых приказов Министра образования и науки Республики Казахстан</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z240" w:id="150"/>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z60" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z241" w:id="151"/>
+      1. "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 8 мамырда № 10981 тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылы 8 мамырда, "Егемен Қазақстан" газетінде 2015 жылы 23 шілдеде № 138 (28616) жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z61" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z242" w:id="152"/>
+      2. "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 21 қаңтардағы № 58 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2016 жылы 25 ақпанда № 13255 тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылы 10 наурызда жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z62" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="152"/>
+      3. "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 11 қазандағы № 518 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2017 жылы 3 қарашада № 15966 тіркелген, ҚР НҚА электрондық түрдегі эталондық бақылау банкінде 2017 жылы 15 қарашада жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>