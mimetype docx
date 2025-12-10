--- v0 (2025-10-20)
+++ v1 (2025-12-10)
@@ -14,2399 +14,2678 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
     <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:xvml="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:cppr="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11" xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" xmlns:comp="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 wp14">
   <w:body>
     <!-- Modified by docx4j 6.1.2 (Apache licensed) using ORACLE_JRE JAXB in Sun Microsystems Inc. Java 1.6.0_37 on Linux -->
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:tblpY="182" w:tblpX="7828" w:horzAnchor="page" w:vertAnchor="text" w:rightFromText="180" w:leftFromText="180"/>
-[...1 lines deleted...]
-        <w:tblW w:type="pct" w:w="1388"/>
+        <w:tblW w:type="pct" w:w="1462"/>
+        <w:tblInd w:type="dxa" w:w="6204"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:noVBand="1" w:noHBand="0" w:lastColumn="0" w:firstColumn="1" w:lastRow="0" w:firstRow="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2735"/>
+        <w:gridCol w:w="2881"/>
       </w:tblGrid>
-      <w:tr w:rsidTr="00BA4A3D" w:rsidR="00BA4A3D" w:rsidRPr="00031AF8">
-[...66 lines deleted...]
-      </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:ind w:left="250"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>акимата  Карагандинской области</w:t>
+              <w:t>Қарағанды облысы әкімдігінің</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:ind w:left="250"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>от 17 августа 2022 года</w:t>
+              <w:t>2022 жылғы 17 тамыздағы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:ind w:left="250"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>№ 53/01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidTr="00EE3EF8" w:rsidR="008C0AC2" w:rsidRPr="00031AF8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRDefault="00C44593" w:rsidP="00C44593" w:rsidR="008C0AC2" w:rsidRPr="00031AF8">
+            <w:pPr>
+              <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
+              <w:ind w:hanging="3287" w:left="3287"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C44593">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қаулысына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C44593">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C44593">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w:rsidRDefault="00BA4A3D" w:rsidP="00BA4A3D" w:rsidR="002F2341" w:rsidRPr="002F2341">
-[...20 lines deleted...]
-    <w:p w:rsidRDefault="00722899" w:rsidP="00722899" w:rsidR="00722899" w:rsidRPr="00722899">
+    <w:p w:rsidRDefault="00C44593" w:rsidP="00C44593" w:rsidR="00C44593">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:ind w:left="6096"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722899">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRDefault="00722899" w:rsidP="00722899" w:rsidR="00722899" w:rsidRPr="00722899">
+    <w:p w:rsidRDefault="00C44593" w:rsidP="00C44593" w:rsidR="00C44593" w:rsidRPr="006356EC">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:ind w:left="6096"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722899">
+      <w:r w:rsidRPr="006356EC">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">к постановлению </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Карагандинской области </w:t>
+        <w:t>Қарағанды облысы әкімдігінің</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRDefault="00722899" w:rsidP="00722899" w:rsidR="00722899" w:rsidRPr="00722899">
+    <w:p w:rsidRDefault="00C44593" w:rsidP="00C44593" w:rsidR="00C44593" w:rsidRPr="006356EC">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:ind w:left="6096"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722899">
+      <w:r w:rsidRPr="006356EC">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">от 17 марта 2022 года </w:t>
+        <w:t xml:space="preserve">2022 жылғы 17 наурыздағы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRDefault="00722899" w:rsidP="00722899" w:rsidR="00722899" w:rsidRPr="00722899">
+    <w:p w:rsidRDefault="00C44593" w:rsidP="00C44593" w:rsidR="00C44593" w:rsidRPr="006356EC">
       <w:pPr>
         <w:pStyle w:val="a7"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6096"/>
-        <w:rPr>
-[...51 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009238CD">
+      <w:r w:rsidRPr="006356EC">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Размер родительской платы на дошкольное воспитание и обучение</w:t>
+        <w:t xml:space="preserve">№ 16/01 қаулысына </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRDefault="006A05F2" w:rsidP="006A05F2" w:rsidR="006A05F2">
+    <w:p w:rsidRDefault="00C44593" w:rsidP="00C44593" w:rsidR="00C44593" w:rsidRPr="006356EC">
       <w:pPr>
-        <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:left="6096"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006356EC">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006356EC">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00EE3EF8" w:rsidP="00EE3EF8" w:rsidR="00EE3EF8" w:rsidRPr="00EE3EF8">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:left="6096"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRDefault="006A05F2" w:rsidP="006A05F2" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+    <w:p w:rsidRDefault="00C44593" w:rsidP="00C44593" w:rsidR="00C44593">
       <w:pPr>
         <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006356EC">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі тәрбие мен оқытуға ата-ана төлемақысының мөлшері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00C44593" w:rsidP="00C44593" w:rsidR="00C44593" w:rsidRPr="00E0391E">
+      <w:pPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRDefault="00C44593" w:rsidP="00C44593" w:rsidR="00C44593" w:rsidRPr="006356EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:pos="1335" w:val="left"/>
+          <w:tab w:pos="4818" w:val="center"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="3"/>
+        <w:tblStyle w:val="1"/>
         <w:tblW w:type="dxa" w:w="9639"/>
         <w:tblInd w:type="dxa" w:w="108"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:noVBand="1" w:noHBand="0" w:lastColumn="0" w:firstColumn="1" w:lastRow="0" w:firstRow="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2835"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="1753"/>
+        <w:gridCol w:w="1949"/>
+        <w:gridCol w:w="1780"/>
+        <w:gridCol w:w="1747"/>
       </w:tblGrid>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="00C44593">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>Наименование региона</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аймақтың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6804"/>
+            <w:tcW w:type="dxa" w:w="7229"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>Размер  родительской платы в месяц (тенге)</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Айы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>на ата-ананың ақы төлеу мөлшері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:trPr>
           <w:trHeight w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6804"/>
+            <w:tcW w:type="dxa" w:w="7229"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>Виды дошкольных организаций</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі ұйымдардың түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="00C44593">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәрбиеленушілер саны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>Детский сад/ ясли-сад</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балабақша / бөбекжай</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>(до 3-х лет / от 3-х лет)</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(3 жасқа  дейін / 3 жастан бастап)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>Мини-центр с полным днем пребывания детей  (до 3-х лет / от 3-х лет)</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалар толық күн болатын шағын орталық (3 жасқа дейін / 3 жастан бастап)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> (до 3-х лет / от 3-х лет)</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жеке меншік мектепке дейінгі ұйымдар (3 жасқа дейін / 3 жастан бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>Абайский район</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Абай ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1 961</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10500/11500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10500/11500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10500/11500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>Актогайский район</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақтоғай ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>471</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12000/12500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>город Балхаш</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балқаш қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2 684</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13900/17200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13900/17200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13900/17200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>Бухар-Жырауский район</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұқар жырау ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1 421</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11000/12000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11000/12000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11000/12000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>город Караганда</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қарағанды қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16 983</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16000/17000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16000/17000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16000/17000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>Каркаралинский район</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қарқаралы ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>958</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10500/11500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6400/6500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10500/11500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>Нуринский район</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нұра ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1 003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11000/11500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8000/8500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>Осакаровский район</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Осакаров ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1 073</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11440/14500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8706/9675</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>город Приозерск</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приозерск қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>386</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12600/14200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12600/14200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>город Сарань</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Саран қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1 426</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11000/14000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11000/14000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11000/14000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>город Темиртау</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Теміртау қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5 037</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15000/16000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15000/16000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15000/16000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>город Шахтинск</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шахтинск қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2 325</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16000/17000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16000/17000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16000/17000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+      <w:tr w:rsidTr="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2835"/>
+            <w:tcW w:type="dxa" w:w="2410"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...6 lines deleted...]
-              <w:t>Шетский район</w:t>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шет ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1753"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1 236</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1949"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12000/13000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1843"/>
+            <w:tcW w:type="dxa" w:w="1780"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12000/13000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1559"/>
+            <w:tcW w:type="dxa" w:w="1747"/>
+            <w:tcBorders>
+              <w:top w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:left w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:bottom w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+              <w:right w:space="0" w:sz="4" w:color="000000" w:val="single"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRDefault="006A05F2" w:rsidP="00593718" w:rsidR="006A05F2" w:rsidRPr="00E24D78">
+          <w:p w:rsidRDefault="00C44593" w:rsidP="003A0D7A" w:rsidR="00C44593" w:rsidRPr="006356EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E24D78">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+            <w:r w:rsidRPr="006356EC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12000/13000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRDefault="00722899" w:rsidP="00722899" w:rsidR="00722899" w:rsidRPr="00BB7C24">
+    <w:p w:rsidRDefault="00B9372C" w:rsidP="00C44593" w:rsidR="00B9372C" w:rsidRPr="00453C21">
       <w:pPr>
-        <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Times New Roman" w:hAnsi="Times New Roman" w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="_GoBack" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...21 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2428,54 +2707,54 @@
         <w:t>Министерство юстиции РК - Вице-министр Алмат Курмангазыевич Мадалиев, 17.08.2022 11:49:22, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты подписания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Акимат Карагандинской области - акимата  Карагандинской области Ж. Қасымбек, 17.08.2022 15:32:04, положительный результат проверки ЭЦП</w:t>
+        <w:t>Қарағанды облысының әкімдігі - Қарағанды облысы әкімдігінің Ж. Қасымбек, 17.08.2022 15:32:04, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="006A05F2" w:rsidR="00031AF8" w:rsidRPr="00031AF8">
+    <w:sectPr w:rsidSect="00C44593" w:rsidR="00B9372C" w:rsidRPr="00453C21">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:h="16838" w:w="11906"/>
       <w:pgMar w:gutter="0" w:footer="709" w:header="709" w:left="1418" w:bottom="1134" w:right="851" w:top="1134"/>
       <w:pgNumType w:start="3"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/content-footer.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:xvml="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:cppr="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11" xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" xmlns:comp="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:p>
     <w:pPr>
       <w:spacing w:after="0" w:before="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p>
     <w:pPr>
       <w:spacing w:after="0" w:before="0"/>
@@ -2498,664 +2777,662 @@
 </file>
 
 <file path=word/cover-footer.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:xvml="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:cppr="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11" xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" xmlns:comp="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:p>
     <w:pPr>
       <w:spacing w:after="0" w:before="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p>
     <w:pPr>
       <w:spacing w:after="0" w:before="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  17.08.2022.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006370E2" w:rsidRDefault="006370E2" w:rsidP="00041D3A">
+    <w:p w:rsidR="00A5744E" w:rsidRDefault="00A5744E" w:rsidP="00041D3A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006370E2" w:rsidRDefault="006370E2" w:rsidP="00041D3A">
+    <w:p w:rsidR="00A5744E" w:rsidRDefault="00A5744E" w:rsidP="00041D3A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006370E2" w:rsidRDefault="006370E2" w:rsidP="00041D3A">
+    <w:p w:rsidR="00A5744E" w:rsidRDefault="00A5744E" w:rsidP="00041D3A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006370E2" w:rsidRDefault="006370E2" w:rsidP="00041D3A">
+    <w:p w:rsidR="00A5744E" w:rsidRDefault="00A5744E" w:rsidP="00041D3A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006370E2" w:rsidRDefault="006370E2" w:rsidP="00041D3A">
+    <w:p w:rsidR="00A5744E" w:rsidRDefault="00A5744E" w:rsidP="00041D3A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006370E2" w:rsidRDefault="006370E2" w:rsidP="00041D3A">
+    <w:p w:rsidR="00A5744E" w:rsidRDefault="00A5744E" w:rsidP="00041D3A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-830133484"/>
+      <w:id w:val="-201167607"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00BA4A3D" w:rsidRDefault="00BA4A3D">
+      <w:p w:rsidR="00EE3EF8" w:rsidRDefault="00EE3EF8">
         <w:pPr>
           <w:pStyle w:val="a3"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006A05F2">
+        <w:r w:rsidR="00C44593">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="0060335A" w:rsidRPr="00041D3A" w:rsidRDefault="0060335A">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:xvml="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:cppr="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11" xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" xmlns:comp="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:grammar="clean" w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
     <w:compatSetting w:val="1" w:uri="http://schemas.microsoft.com/office/word" w:name="overrideTableStyleFontSizeAndJustification"/>
     <w:compatSetting w:val="1" w:uri="http://schemas.microsoft.com/office/word" w:name="enableOpenTypeFeatures"/>
     <w:compatSetting w:val="1" w:uri="http://schemas.microsoft.com/office/word" w:name="doNotFlipMirrorIndents"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D00E3"/>
     <w:rsid w:val="0000206C"/>
     <w:rsid w:val="00007F79"/>
     <w:rsid w:val="00010052"/>
     <w:rsid w:val="00021DD5"/>
     <w:rsid w:val="0002200A"/>
     <w:rsid w:val="0003164A"/>
     <w:rsid w:val="00031AF8"/>
     <w:rsid w:val="00035777"/>
     <w:rsid w:val="00036CCF"/>
     <w:rsid w:val="00041D3A"/>
     <w:rsid w:val="00044F59"/>
     <w:rsid w:val="00045734"/>
     <w:rsid w:val="0004684F"/>
     <w:rsid w:val="00054886"/>
     <w:rsid w:val="00057D23"/>
     <w:rsid w:val="0006244E"/>
     <w:rsid w:val="000651AA"/>
     <w:rsid w:val="000827FE"/>
     <w:rsid w:val="00087357"/>
     <w:rsid w:val="000928D8"/>
     <w:rsid w:val="000A7A30"/>
     <w:rsid w:val="000B0593"/>
     <w:rsid w:val="000B4AF4"/>
     <w:rsid w:val="000C4854"/>
-    <w:rsid w:val="000C52C5"/>
     <w:rsid w:val="000F0E9D"/>
     <w:rsid w:val="001203A8"/>
     <w:rsid w:val="00123566"/>
     <w:rsid w:val="001243FE"/>
     <w:rsid w:val="00135099"/>
     <w:rsid w:val="001422EE"/>
     <w:rsid w:val="00142F72"/>
     <w:rsid w:val="00146574"/>
     <w:rsid w:val="00146FF7"/>
     <w:rsid w:val="00150CFB"/>
     <w:rsid w:val="0015259A"/>
     <w:rsid w:val="00155CD9"/>
     <w:rsid w:val="00157773"/>
     <w:rsid w:val="00165D81"/>
     <w:rsid w:val="001666CA"/>
     <w:rsid w:val="00167053"/>
     <w:rsid w:val="001727E1"/>
     <w:rsid w:val="00186D05"/>
     <w:rsid w:val="001A664F"/>
     <w:rsid w:val="001B3971"/>
     <w:rsid w:val="001B448C"/>
     <w:rsid w:val="001B4E09"/>
     <w:rsid w:val="001B564B"/>
     <w:rsid w:val="001C1674"/>
     <w:rsid w:val="001D1725"/>
     <w:rsid w:val="001D40EB"/>
     <w:rsid w:val="001D41E5"/>
     <w:rsid w:val="001D524D"/>
     <w:rsid w:val="001F08CE"/>
     <w:rsid w:val="001F6C69"/>
     <w:rsid w:val="001F715C"/>
     <w:rsid w:val="00201A2B"/>
     <w:rsid w:val="00204BF3"/>
     <w:rsid w:val="002101CC"/>
     <w:rsid w:val="002112CA"/>
     <w:rsid w:val="002164B8"/>
     <w:rsid w:val="00216815"/>
+    <w:rsid w:val="0023024C"/>
     <w:rsid w:val="00230315"/>
     <w:rsid w:val="002432EC"/>
     <w:rsid w:val="00247133"/>
     <w:rsid w:val="00254FB0"/>
     <w:rsid w:val="0026002E"/>
     <w:rsid w:val="002612E9"/>
     <w:rsid w:val="00272B9E"/>
     <w:rsid w:val="002771EE"/>
     <w:rsid w:val="00284D27"/>
     <w:rsid w:val="002856FC"/>
     <w:rsid w:val="00290BBC"/>
     <w:rsid w:val="00290F54"/>
     <w:rsid w:val="00292114"/>
     <w:rsid w:val="002C6A0A"/>
     <w:rsid w:val="002C72FE"/>
     <w:rsid w:val="002D1F1A"/>
     <w:rsid w:val="002D3A55"/>
-    <w:rsid w:val="002D4621"/>
     <w:rsid w:val="002F00EE"/>
-    <w:rsid w:val="002F2341"/>
     <w:rsid w:val="002F2D80"/>
     <w:rsid w:val="002F3E37"/>
     <w:rsid w:val="002F4451"/>
     <w:rsid w:val="002F7A44"/>
     <w:rsid w:val="00304595"/>
     <w:rsid w:val="00307F4F"/>
     <w:rsid w:val="003121E1"/>
     <w:rsid w:val="00317F0F"/>
     <w:rsid w:val="00322AC2"/>
     <w:rsid w:val="00326B94"/>
     <w:rsid w:val="00346622"/>
     <w:rsid w:val="0034710D"/>
     <w:rsid w:val="00347F51"/>
     <w:rsid w:val="00354FC0"/>
     <w:rsid w:val="00357008"/>
     <w:rsid w:val="00374063"/>
     <w:rsid w:val="00375532"/>
-    <w:rsid w:val="003831EC"/>
     <w:rsid w:val="00390524"/>
     <w:rsid w:val="00391617"/>
     <w:rsid w:val="00396CE3"/>
     <w:rsid w:val="003A178D"/>
     <w:rsid w:val="003A4F19"/>
     <w:rsid w:val="003B38EE"/>
     <w:rsid w:val="003B7214"/>
     <w:rsid w:val="003C14D4"/>
     <w:rsid w:val="003E0246"/>
     <w:rsid w:val="003E09C1"/>
     <w:rsid w:val="003E1C70"/>
     <w:rsid w:val="003E4394"/>
     <w:rsid w:val="003F52A9"/>
     <w:rsid w:val="003F6924"/>
     <w:rsid w:val="004061ED"/>
     <w:rsid w:val="00410712"/>
     <w:rsid w:val="00413AFD"/>
     <w:rsid w:val="00413C50"/>
     <w:rsid w:val="00420442"/>
     <w:rsid w:val="00422047"/>
     <w:rsid w:val="0042499A"/>
     <w:rsid w:val="0042612B"/>
     <w:rsid w:val="004340C5"/>
     <w:rsid w:val="0043713C"/>
+    <w:rsid w:val="00441F23"/>
     <w:rsid w:val="00442668"/>
     <w:rsid w:val="00442B26"/>
+    <w:rsid w:val="00453C21"/>
     <w:rsid w:val="00461F95"/>
     <w:rsid w:val="00467CE1"/>
     <w:rsid w:val="00472A09"/>
     <w:rsid w:val="00473629"/>
     <w:rsid w:val="004804D2"/>
     <w:rsid w:val="00483164"/>
     <w:rsid w:val="004839D8"/>
     <w:rsid w:val="00487DA4"/>
     <w:rsid w:val="0049220B"/>
     <w:rsid w:val="004A0A89"/>
     <w:rsid w:val="004A4AE2"/>
     <w:rsid w:val="004A7021"/>
     <w:rsid w:val="004B224A"/>
     <w:rsid w:val="004B76B7"/>
     <w:rsid w:val="004C4DD9"/>
     <w:rsid w:val="004E3105"/>
     <w:rsid w:val="004E5A23"/>
     <w:rsid w:val="00500B33"/>
-    <w:rsid w:val="0050123D"/>
     <w:rsid w:val="00501F24"/>
     <w:rsid w:val="005046BC"/>
     <w:rsid w:val="00506E73"/>
     <w:rsid w:val="00512578"/>
     <w:rsid w:val="005136BF"/>
     <w:rsid w:val="00522B14"/>
     <w:rsid w:val="00535758"/>
     <w:rsid w:val="00552BD3"/>
     <w:rsid w:val="0056197C"/>
     <w:rsid w:val="00564FA3"/>
     <w:rsid w:val="0057137C"/>
     <w:rsid w:val="0057320D"/>
     <w:rsid w:val="0057625D"/>
     <w:rsid w:val="00577DF5"/>
     <w:rsid w:val="00580BF6"/>
     <w:rsid w:val="00581E54"/>
     <w:rsid w:val="005964F5"/>
     <w:rsid w:val="005A125D"/>
     <w:rsid w:val="005A15C6"/>
     <w:rsid w:val="005A5456"/>
     <w:rsid w:val="005B0458"/>
     <w:rsid w:val="005B0C6A"/>
     <w:rsid w:val="005B6140"/>
     <w:rsid w:val="005C1933"/>
     <w:rsid w:val="005D282B"/>
     <w:rsid w:val="005D57A5"/>
     <w:rsid w:val="005D6DCC"/>
     <w:rsid w:val="005E3DEC"/>
     <w:rsid w:val="005E3F3F"/>
     <w:rsid w:val="005F0A9A"/>
     <w:rsid w:val="005F4B3C"/>
     <w:rsid w:val="006016E5"/>
     <w:rsid w:val="0060335A"/>
     <w:rsid w:val="00606EC7"/>
     <w:rsid w:val="00611248"/>
-    <w:rsid w:val="0061306C"/>
     <w:rsid w:val="00615421"/>
     <w:rsid w:val="00620EE3"/>
     <w:rsid w:val="00621837"/>
     <w:rsid w:val="006241F0"/>
     <w:rsid w:val="006256C8"/>
     <w:rsid w:val="0063031C"/>
     <w:rsid w:val="00634179"/>
     <w:rsid w:val="006357D8"/>
-    <w:rsid w:val="006370E2"/>
     <w:rsid w:val="00640081"/>
     <w:rsid w:val="006400C6"/>
     <w:rsid w:val="0065241D"/>
     <w:rsid w:val="00653527"/>
     <w:rsid w:val="00657AAB"/>
     <w:rsid w:val="006617A4"/>
     <w:rsid w:val="00667E65"/>
     <w:rsid w:val="0067016C"/>
     <w:rsid w:val="006719C7"/>
     <w:rsid w:val="00680A78"/>
-    <w:rsid w:val="006A05F2"/>
     <w:rsid w:val="006A0ED2"/>
     <w:rsid w:val="006B7DB4"/>
     <w:rsid w:val="006C4608"/>
     <w:rsid w:val="006C77B9"/>
     <w:rsid w:val="006D1041"/>
     <w:rsid w:val="006D20D4"/>
     <w:rsid w:val="006D7C53"/>
     <w:rsid w:val="006F2CD8"/>
     <w:rsid w:val="007171A1"/>
-    <w:rsid w:val="00722899"/>
     <w:rsid w:val="00723F75"/>
     <w:rsid w:val="00732CB8"/>
+    <w:rsid w:val="0073308C"/>
     <w:rsid w:val="0073390D"/>
     <w:rsid w:val="00736DA5"/>
     <w:rsid w:val="00752A62"/>
     <w:rsid w:val="00754A0F"/>
     <w:rsid w:val="007616A8"/>
     <w:rsid w:val="00771B19"/>
     <w:rsid w:val="0077429D"/>
     <w:rsid w:val="00776485"/>
     <w:rsid w:val="0077719D"/>
     <w:rsid w:val="00780DD2"/>
-    <w:rsid w:val="007866BF"/>
     <w:rsid w:val="007866D9"/>
     <w:rsid w:val="00791CDA"/>
     <w:rsid w:val="007932C8"/>
     <w:rsid w:val="007B3AEB"/>
     <w:rsid w:val="007B58FB"/>
     <w:rsid w:val="007B64F8"/>
     <w:rsid w:val="007B773C"/>
     <w:rsid w:val="007C6CBD"/>
     <w:rsid w:val="007E4CD9"/>
     <w:rsid w:val="007E6E8C"/>
     <w:rsid w:val="007F516F"/>
     <w:rsid w:val="00802FCA"/>
     <w:rsid w:val="00807457"/>
     <w:rsid w:val="00811503"/>
     <w:rsid w:val="0081692F"/>
     <w:rsid w:val="0082092B"/>
     <w:rsid w:val="00833CFA"/>
     <w:rsid w:val="00841A31"/>
     <w:rsid w:val="00851794"/>
     <w:rsid w:val="0085509E"/>
     <w:rsid w:val="00855C9E"/>
     <w:rsid w:val="00857D88"/>
     <w:rsid w:val="00864FF1"/>
     <w:rsid w:val="0087414C"/>
     <w:rsid w:val="00880746"/>
     <w:rsid w:val="0088226F"/>
     <w:rsid w:val="00885416"/>
     <w:rsid w:val="008965E6"/>
     <w:rsid w:val="00897EEC"/>
     <w:rsid w:val="008A3A7F"/>
     <w:rsid w:val="008A47DB"/>
     <w:rsid w:val="008B74EF"/>
     <w:rsid w:val="008C0AC2"/>
     <w:rsid w:val="008C59B0"/>
     <w:rsid w:val="008D3DEE"/>
     <w:rsid w:val="008D4F86"/>
     <w:rsid w:val="008E1523"/>
     <w:rsid w:val="008F0530"/>
     <w:rsid w:val="008F1391"/>
     <w:rsid w:val="008F4222"/>
-    <w:rsid w:val="00901204"/>
     <w:rsid w:val="00906025"/>
     <w:rsid w:val="009127D4"/>
     <w:rsid w:val="009556FA"/>
     <w:rsid w:val="00957B56"/>
     <w:rsid w:val="00961945"/>
     <w:rsid w:val="00966C10"/>
     <w:rsid w:val="00976851"/>
     <w:rsid w:val="009768C9"/>
     <w:rsid w:val="00981952"/>
     <w:rsid w:val="009A0594"/>
     <w:rsid w:val="009B0229"/>
     <w:rsid w:val="009B1B7E"/>
     <w:rsid w:val="009B2073"/>
     <w:rsid w:val="009B40EC"/>
     <w:rsid w:val="009C59D6"/>
     <w:rsid w:val="009D00E3"/>
     <w:rsid w:val="009D40E3"/>
     <w:rsid w:val="009D49AF"/>
     <w:rsid w:val="009D7A50"/>
     <w:rsid w:val="009E0A09"/>
     <w:rsid w:val="009E1BBB"/>
     <w:rsid w:val="009F1EFE"/>
     <w:rsid w:val="00A01509"/>
     <w:rsid w:val="00A113F2"/>
     <w:rsid w:val="00A145A6"/>
     <w:rsid w:val="00A15B32"/>
     <w:rsid w:val="00A258EC"/>
     <w:rsid w:val="00A30B88"/>
     <w:rsid w:val="00A31FE1"/>
     <w:rsid w:val="00A35A1D"/>
     <w:rsid w:val="00A377B6"/>
     <w:rsid w:val="00A45BCB"/>
+    <w:rsid w:val="00A5744E"/>
     <w:rsid w:val="00A5749E"/>
     <w:rsid w:val="00A61FA3"/>
     <w:rsid w:val="00A6700A"/>
     <w:rsid w:val="00A71E9C"/>
     <w:rsid w:val="00A76949"/>
     <w:rsid w:val="00A87989"/>
     <w:rsid w:val="00A934D0"/>
     <w:rsid w:val="00AA7140"/>
     <w:rsid w:val="00AB445B"/>
     <w:rsid w:val="00AC0A07"/>
     <w:rsid w:val="00AC0F3E"/>
     <w:rsid w:val="00AC72AF"/>
     <w:rsid w:val="00AE2117"/>
     <w:rsid w:val="00AE339A"/>
     <w:rsid w:val="00AE3C9E"/>
     <w:rsid w:val="00AE5764"/>
     <w:rsid w:val="00AE7FDE"/>
     <w:rsid w:val="00AF138F"/>
     <w:rsid w:val="00AF1408"/>
     <w:rsid w:val="00B07765"/>
     <w:rsid w:val="00B1032B"/>
     <w:rsid w:val="00B1618C"/>
     <w:rsid w:val="00B324AB"/>
     <w:rsid w:val="00B34D4F"/>
     <w:rsid w:val="00B41AFE"/>
     <w:rsid w:val="00B451D3"/>
     <w:rsid w:val="00B518B3"/>
     <w:rsid w:val="00B66949"/>
     <w:rsid w:val="00B66E9A"/>
     <w:rsid w:val="00B73B3F"/>
     <w:rsid w:val="00B7482B"/>
     <w:rsid w:val="00B8158F"/>
     <w:rsid w:val="00B84AAF"/>
     <w:rsid w:val="00B8654E"/>
+    <w:rsid w:val="00B9181C"/>
     <w:rsid w:val="00B9372C"/>
     <w:rsid w:val="00BA28DE"/>
-    <w:rsid w:val="00BA4A3D"/>
     <w:rsid w:val="00BA4D28"/>
     <w:rsid w:val="00BB3100"/>
-    <w:rsid w:val="00BB7EA0"/>
+    <w:rsid w:val="00BB3967"/>
     <w:rsid w:val="00BC3274"/>
     <w:rsid w:val="00BC519E"/>
     <w:rsid w:val="00BC739D"/>
     <w:rsid w:val="00BD19AA"/>
     <w:rsid w:val="00BD1C36"/>
     <w:rsid w:val="00BD2E2E"/>
     <w:rsid w:val="00BD5CA7"/>
     <w:rsid w:val="00BE1408"/>
     <w:rsid w:val="00BE4488"/>
     <w:rsid w:val="00BF09DD"/>
     <w:rsid w:val="00BF15F9"/>
     <w:rsid w:val="00BF359F"/>
     <w:rsid w:val="00C03C29"/>
     <w:rsid w:val="00C0414B"/>
     <w:rsid w:val="00C14372"/>
     <w:rsid w:val="00C150D3"/>
     <w:rsid w:val="00C1573C"/>
     <w:rsid w:val="00C1680F"/>
     <w:rsid w:val="00C206FF"/>
     <w:rsid w:val="00C23FF7"/>
     <w:rsid w:val="00C2780B"/>
     <w:rsid w:val="00C314E0"/>
+    <w:rsid w:val="00C44593"/>
     <w:rsid w:val="00C44C12"/>
     <w:rsid w:val="00C540D6"/>
     <w:rsid w:val="00C56632"/>
     <w:rsid w:val="00C658C6"/>
     <w:rsid w:val="00C70587"/>
     <w:rsid w:val="00C803E3"/>
     <w:rsid w:val="00C815A1"/>
     <w:rsid w:val="00C94678"/>
     <w:rsid w:val="00C967C6"/>
     <w:rsid w:val="00CA15B1"/>
     <w:rsid w:val="00CB27EC"/>
     <w:rsid w:val="00CB74F5"/>
+    <w:rsid w:val="00CC2610"/>
     <w:rsid w:val="00CC2784"/>
     <w:rsid w:val="00CC7319"/>
     <w:rsid w:val="00CD1075"/>
     <w:rsid w:val="00CD1216"/>
+    <w:rsid w:val="00CD39BC"/>
     <w:rsid w:val="00CD554B"/>
     <w:rsid w:val="00CF2914"/>
     <w:rsid w:val="00CF4340"/>
     <w:rsid w:val="00CF7093"/>
     <w:rsid w:val="00D025CE"/>
     <w:rsid w:val="00D02ABD"/>
     <w:rsid w:val="00D05DC3"/>
     <w:rsid w:val="00D15F1E"/>
     <w:rsid w:val="00D17CB7"/>
-    <w:rsid w:val="00D23AA8"/>
     <w:rsid w:val="00D2542D"/>
     <w:rsid w:val="00D33CE9"/>
     <w:rsid w:val="00D34C38"/>
     <w:rsid w:val="00D36C73"/>
     <w:rsid w:val="00D4166E"/>
     <w:rsid w:val="00D42692"/>
     <w:rsid w:val="00D452DA"/>
     <w:rsid w:val="00D45543"/>
     <w:rsid w:val="00D51D88"/>
     <w:rsid w:val="00D55E8D"/>
     <w:rsid w:val="00D56D90"/>
     <w:rsid w:val="00D57725"/>
     <w:rsid w:val="00D6027B"/>
     <w:rsid w:val="00D60432"/>
     <w:rsid w:val="00D6284C"/>
     <w:rsid w:val="00D645DA"/>
     <w:rsid w:val="00D646A2"/>
     <w:rsid w:val="00D66F09"/>
     <w:rsid w:val="00D71C3B"/>
     <w:rsid w:val="00D926E4"/>
     <w:rsid w:val="00D97F1D"/>
     <w:rsid w:val="00DA52B7"/>
     <w:rsid w:val="00DB5B7B"/>
     <w:rsid w:val="00DB657C"/>
     <w:rsid w:val="00DC5E68"/>
+    <w:rsid w:val="00DC7A79"/>
     <w:rsid w:val="00DD2394"/>
     <w:rsid w:val="00DD3B3E"/>
     <w:rsid w:val="00DE2770"/>
     <w:rsid w:val="00DF1379"/>
     <w:rsid w:val="00DF189D"/>
     <w:rsid w:val="00E00943"/>
     <w:rsid w:val="00E01D0B"/>
     <w:rsid w:val="00E133AF"/>
     <w:rsid w:val="00E20417"/>
     <w:rsid w:val="00E25961"/>
     <w:rsid w:val="00E355AB"/>
     <w:rsid w:val="00E364F6"/>
     <w:rsid w:val="00E43807"/>
     <w:rsid w:val="00E57E03"/>
     <w:rsid w:val="00E70F10"/>
     <w:rsid w:val="00E72F0B"/>
     <w:rsid w:val="00E90A11"/>
     <w:rsid w:val="00EA278F"/>
     <w:rsid w:val="00EA4D27"/>
     <w:rsid w:val="00EB06C4"/>
     <w:rsid w:val="00EB2260"/>
     <w:rsid w:val="00EB2C8C"/>
     <w:rsid w:val="00EB544A"/>
     <w:rsid w:val="00EC23EF"/>
     <w:rsid w:val="00EC4B65"/>
     <w:rsid w:val="00EC65B1"/>
     <w:rsid w:val="00ED49E9"/>
     <w:rsid w:val="00ED5CD5"/>
     <w:rsid w:val="00ED71B9"/>
     <w:rsid w:val="00EE00F6"/>
+    <w:rsid w:val="00EE3EF8"/>
     <w:rsid w:val="00EF1665"/>
     <w:rsid w:val="00EF42D0"/>
     <w:rsid w:val="00F008F3"/>
     <w:rsid w:val="00F02AD6"/>
     <w:rsid w:val="00F10923"/>
     <w:rsid w:val="00F168B8"/>
     <w:rsid w:val="00F24A04"/>
     <w:rsid w:val="00F261E7"/>
     <w:rsid w:val="00F40377"/>
     <w:rsid w:val="00F437E9"/>
     <w:rsid w:val="00F45C04"/>
     <w:rsid w:val="00F506FF"/>
     <w:rsid w:val="00F51B23"/>
     <w:rsid w:val="00F61D48"/>
     <w:rsid w:val="00F61DB8"/>
     <w:rsid w:val="00F71860"/>
     <w:rsid w:val="00F723EC"/>
     <w:rsid w:val="00F8000B"/>
     <w:rsid w:val="00F81C34"/>
     <w:rsid w:val="00F87F4A"/>
     <w:rsid w:val="00F92EEC"/>
     <w:rsid w:val="00F93978"/>
     <w:rsid w:val="00FA4A79"/>
     <w:rsid w:val="00FB0A5D"/>
     <w:rsid w:val="00FC51C0"/>
@@ -3214,51 +3491,51 @@
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3414,51 +3691,50 @@
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00041D3A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B07765"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
     <w:rsid w:val="00B9372C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -5128,71 +5404,72 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006A0ED2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006A0ED2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="3">
-    <w:name w:val="Сетка таблицы3"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a8"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00722899"/>
+    <w:rsid w:val="00EE3EF8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:bidi="ar-SA" w:eastAsia="ru-RU" w:val="ru-RU"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -5204,51 +5481,51 @@
     <w:lsdException w:name="Normal" w:qFormat="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="heading 1" w:qFormat="1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="heading 2" w:qFormat="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 3" w:qFormat="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 4" w:qFormat="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 5" w:qFormat="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 6" w:qFormat="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 7" w:qFormat="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 8" w:qFormat="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 9" w:qFormat="1" w:uiPriority="9"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:qFormat="1" w:uiPriority="35"/>
     <w:lsdException w:name="Title" w:qFormat="1" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Strong" w:qFormat="1" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:qFormat="1" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:qFormat="1" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Quote" w:qFormat="1" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0"/>
@@ -5404,51 +5681,50 @@
         <w:tab w:pos="4677" w:val="center"/>
         <w:tab w:pos="9355" w:val="right"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:customStyle="1" w:styleId="a6" w:type="character">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00041D3A"/>
   </w:style>
   <w:style w:styleId="a7" w:type="paragraph">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B07765"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:styleId="a8" w:type="table">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
     <w:rsid w:val="00B9372C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:type="dxa" w:w="0"/>
       <w:tblBorders>
         <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:type="dxa" w:w="0"/>
         <w:left w:type="dxa" w:w="108"/>
         <w:bottom w:type="dxa" w:w="0"/>
         <w:right w:type="dxa" w:w="108"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -7118,99 +7394,87 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006A0ED2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:customStyle="1" w:styleId="ae" w:type="character">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006A0ED2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:customStyle="1" w:styleId="3" w:type="table">
-    <w:name w:val="Сетка таблицы3"/>
+  <w:style w:customStyle="1" w:styleId="1" w:type="table">
+    <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a8"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00722899"/>
+    <w:rsid w:val="00EE3EF8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:type="dxa" w:w="0"/>
       <w:tblBorders>
-        <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-        <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+        <w:top w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:left w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:bottom w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:right w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:insideH w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:insideV w:color="auto" w:space="0" w:sz="4" w:val="single"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:type="dxa" w:w="0"/>
         <w:left w:type="dxa" w:w="108"/>
         <w:bottom w:type="dxa" w:w="0"/>
         <w:right w:type="dxa" w:w="108"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="217664876">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="227696102">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="531113213">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -7233,63 +7497,50 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1016423187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1255171221">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1381245777">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1446846352">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -7630,78 +7881,78 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:xvml="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:cppr="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11" xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" xmlns:comp="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" StyleName="APA Fifth Edition" SelectedStyle="\APA.XSL"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE327584-C735-4FC9-8D3D-AF7B74EB23ED}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6542C12F-F2FE-418E-BCE7-1044D60A197F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>180</Words>
-  <Characters>1026</Characters>
+  <Words>178</Words>
+  <Characters>1019</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1204</CharactersWithSpaces>
+  <CharactersWithSpaces>1195</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>User</dc:creator>
   <lastModifiedBy>user</lastModifiedBy>
   <lastPrinted>2022-05-04T04:27:00Z</lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <revision>3</revision>
+  <revision>5</revision>
 </coreProperties>
 </file>